--- v0 (2025-10-08)
+++ v1 (2026-01-15)
@@ -422,51 +422,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:R392"/>
+  <dimension ref="A1:R421"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>id</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>category</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>category_code</t>
         </is>
       </c>
       <c r="D1" s="1" t="inlineStr">
         <is>
@@ -3212,26518 +3212,28890 @@
           <t>黑色/白色</t>
         </is>
       </c>
       <c r="N33" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O33" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
       <c r="P33" t="inlineStr">
         <is>
           <t>CCAI255G0020T2</t>
         </is>
       </c>
       <c r="Q33" t="inlineStr"/>
       <c r="R33" t="n">
         <v>32</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="n">
-        <v>28</v>
+        <v>416</v>
       </c>
       <c r="B34" t="inlineStr">
         <is>
-          <t>平板</t>
+          <t>手機</t>
         </is>
       </c>
       <c r="C34" t="inlineStr">
         <is>
-          <t>D</t>
+          <t>H</t>
         </is>
       </c>
       <c r="D34" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E34" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F34" t="inlineStr">
         <is>
-          <t>ipad 4</t>
+          <t>iPhone 17</t>
         </is>
       </c>
       <c r="G34" t="inlineStr">
         <is>
-          <t>00XX4</t>
+          <t>0017X</t>
         </is>
       </c>
       <c r="H34" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
-      <c r="I34" t="inlineStr"/>
+      <c r="I34" t="inlineStr">
+        <is>
+          <t>00+兩位代數(數字)+型號獨有關鍵字(英文)</t>
+        </is>
+      </c>
       <c r="J34" t="inlineStr">
         <is>
-          <t>DAP00XX4</t>
+          <t>HAP0017X</t>
         </is>
       </c>
       <c r="K34" t="inlineStr">
         <is>
-          <t>16G,WIFI/16G,LTE/32G,WIFI/32G,LTE/64G,WIFI/64G,LTE/128G,WIFI/128G,LTE</t>
+          <t>256G/512G</t>
         </is>
       </c>
       <c r="L34" t="inlineStr">
         <is>
-          <t>容量,網路</t>
+          <t>容量</t>
         </is>
       </c>
       <c r="M34" t="inlineStr">
         <is>
-          <t>銀色(白色)/銀色(黑色)</t>
+          <t>薰衣草紫色/薰衣草紫色/霧藍色/白色/黑色</t>
         </is>
       </c>
       <c r="N34" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O34" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
-      <c r="P34" t="inlineStr"/>
-[...4 lines deleted...]
-      </c>
+      <c r="P34" t="inlineStr">
+        <is>
+          <t>CCAI255G0110T0</t>
+        </is>
+      </c>
+      <c r="Q34" t="inlineStr"/>
       <c r="R34" t="n">
         <v>33</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="n">
-        <v>29</v>
+        <v>417</v>
       </c>
       <c r="B35" t="inlineStr">
         <is>
-          <t>平板</t>
+          <t>手機</t>
         </is>
       </c>
       <c r="C35" t="inlineStr">
         <is>
-          <t>D</t>
+          <t>H</t>
         </is>
       </c>
       <c r="D35" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E35" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F35" t="inlineStr">
         <is>
-          <t>ipad 5</t>
+          <t>iPhone Air</t>
         </is>
       </c>
       <c r="G35" t="inlineStr">
         <is>
-          <t>00XX5</t>
+          <t>0017A</t>
         </is>
       </c>
       <c r="H35" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
-      <c r="I35" t="inlineStr"/>
+      <c r="I35" t="inlineStr">
+        <is>
+          <t>00+兩位代數(數字)+型號獨有關鍵字(英文)</t>
+        </is>
+      </c>
       <c r="J35" t="inlineStr">
         <is>
-          <t>DAP00XX5</t>
+          <t>HAP0017A</t>
         </is>
       </c>
       <c r="K35" t="inlineStr">
         <is>
-          <t>32G,WIFI/32G,LTE/128G,WIFI/128G,LTE</t>
+          <t>256GB/512GB/1TB</t>
         </is>
       </c>
       <c r="L35" t="inlineStr">
         <is>
-          <t>容量,網路</t>
+          <t>容量</t>
         </is>
       </c>
       <c r="M35" t="inlineStr">
         <is>
-          <t>太空灰/銀色/金色</t>
+          <t>天藍色/淺金色/雲白色/太空黑色</t>
         </is>
       </c>
       <c r="N35" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O35" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
-      <c r="P35" t="inlineStr"/>
-[...4 lines deleted...]
-      </c>
+      <c r="P35" t="inlineStr">
+        <is>
+          <t>CCAI255G0080T4</t>
+        </is>
+      </c>
+      <c r="Q35" t="inlineStr"/>
       <c r="R35" t="n">
         <v>34</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="n">
-        <v>30</v>
+        <v>418</v>
       </c>
       <c r="B36" t="inlineStr">
         <is>
-          <t>平板</t>
+          <t>手機</t>
         </is>
       </c>
       <c r="C36" t="inlineStr">
         <is>
-          <t>D</t>
+          <t>H</t>
         </is>
       </c>
       <c r="D36" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E36" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F36" t="inlineStr">
         <is>
-          <t>ipad 6</t>
+          <t>iPhone 17 Pro</t>
         </is>
       </c>
       <c r="G36" t="inlineStr">
         <is>
-          <t>00XX6</t>
+          <t>0017P</t>
         </is>
       </c>
       <c r="H36" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
-      <c r="I36" t="inlineStr"/>
+      <c r="I36" t="inlineStr">
+        <is>
+          <t>00+兩位代數(數字)+型號獨有關鍵字(英文)</t>
+        </is>
+      </c>
       <c r="J36" t="inlineStr">
         <is>
-          <t>DAP00XX6</t>
+          <t>HAP0017P</t>
         </is>
       </c>
       <c r="K36" t="inlineStr">
         <is>
-          <t>32G,WIFI/32G,LTE/128G,WIFI/128G,LTE</t>
+          <t>256GB/512GB/ 1TB</t>
         </is>
       </c>
       <c r="L36" t="inlineStr">
         <is>
-          <t>容量,網路</t>
+          <t>容量</t>
         </is>
       </c>
       <c r="M36" t="inlineStr">
         <is>
-          <t>太空灰/銀色/玫瑰金</t>
+          <t>銀色/宇宙橙色/藏藍色</t>
         </is>
       </c>
       <c r="N36" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O36" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
       <c r="P36" t="inlineStr">
         <is>
-          <t>WIFI：CCAI18LP0710T2 LTE：CCAI18Z10060T7</t>
-[...6 lines deleted...]
-      </c>
+          <t>CCAI255G0090T7</t>
+        </is>
+      </c>
+      <c r="Q36" t="inlineStr"/>
       <c r="R36" t="n">
         <v>35</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="n">
-        <v>31</v>
+        <v>419</v>
       </c>
       <c r="B37" t="inlineStr">
         <is>
-          <t>平板</t>
+          <t>手機</t>
         </is>
       </c>
       <c r="C37" t="inlineStr">
         <is>
-          <t>D</t>
+          <t>H</t>
         </is>
       </c>
       <c r="D37" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E37" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F37" t="inlineStr">
         <is>
-          <t>ipad 7</t>
+          <t xml:space="preserve"> iPhone 17 Pro Max</t>
         </is>
       </c>
       <c r="G37" t="inlineStr">
         <is>
-          <t>00XX7</t>
+          <t>0017M</t>
         </is>
       </c>
       <c r="H37" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
-      <c r="I37" t="inlineStr"/>
+      <c r="I37" t="inlineStr">
+        <is>
+          <t>00+兩位代數(數字)+型號獨有關鍵字(英文)</t>
+        </is>
+      </c>
       <c r="J37" t="inlineStr">
         <is>
-          <t>DAP00XX7</t>
+          <t>HAP0017M</t>
         </is>
       </c>
       <c r="K37" t="inlineStr">
         <is>
-          <t>32G,WIFI/32G,LTE/128G,WIFI/128G,LTE</t>
+          <t>256GB/512GB/ 1TB</t>
         </is>
       </c>
       <c r="L37" t="inlineStr">
         <is>
-          <t>容量,網路</t>
+          <t>容量</t>
         </is>
       </c>
       <c r="M37" t="inlineStr">
         <is>
-          <t>太空灰/銀色/玫瑰金</t>
+          <t>銀色/宇宙橙色/藏藍色</t>
         </is>
       </c>
       <c r="N37" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O37" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
       <c r="P37" t="inlineStr">
         <is>
-          <t>WIFI：CCAI19LP2170T1 LTE：CCAI194G0280T2</t>
-[...6 lines deleted...]
-      </c>
+          <t>CCAI255G0100T0</t>
+        </is>
+      </c>
+      <c r="Q37" t="inlineStr"/>
       <c r="R37" t="n">
         <v>36</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="n">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="B38" t="inlineStr">
         <is>
           <t>平板</t>
         </is>
       </c>
       <c r="C38" t="inlineStr">
         <is>
           <t>D</t>
         </is>
       </c>
       <c r="D38" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E38" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F38" t="inlineStr">
         <is>
-          <t>ipad 8</t>
+          <t>ipad 4</t>
         </is>
       </c>
       <c r="G38" t="inlineStr">
         <is>
-          <t>00XX8</t>
+          <t>00XX4</t>
         </is>
       </c>
       <c r="H38" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I38" t="inlineStr"/>
       <c r="J38" t="inlineStr">
         <is>
-          <t>DAP00XX8</t>
+          <t>DAP00XX4</t>
         </is>
       </c>
       <c r="K38" t="inlineStr">
         <is>
-          <t>32G,WIFI/32G,LTE/128G,WIFI/128G,LTE</t>
+          <t>16G,WIFI/16G,LTE/32G,WIFI/32G,LTE/64G,WIFI/64G,LTE/128G,WIFI/128G,LTE</t>
         </is>
       </c>
       <c r="L38" t="inlineStr">
         <is>
           <t>容量,網路</t>
         </is>
       </c>
       <c r="M38" t="inlineStr">
         <is>
-          <t>太空灰/銀色/玫瑰金</t>
+          <t>銀色(白色)/銀色(黑色)</t>
         </is>
       </c>
       <c r="N38" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O38" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
-      <c r="P38" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="P38" t="inlineStr"/>
       <c r="Q38" t="inlineStr">
         <is>
           <t>R33057</t>
         </is>
       </c>
       <c r="R38" t="n">
         <v>37</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="n">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="B39" t="inlineStr">
         <is>
           <t>平板</t>
         </is>
       </c>
       <c r="C39" t="inlineStr">
         <is>
           <t>D</t>
         </is>
       </c>
       <c r="D39" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E39" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F39" t="inlineStr">
         <is>
-          <t>ipad 9</t>
+          <t>ipad 5</t>
         </is>
       </c>
       <c r="G39" t="inlineStr">
         <is>
-          <t>00XX9</t>
+          <t>00XX5</t>
         </is>
       </c>
       <c r="H39" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I39" t="inlineStr"/>
       <c r="J39" t="inlineStr">
         <is>
-          <t>DAP00XX9</t>
+          <t>DAP00XX5</t>
         </is>
       </c>
       <c r="K39" t="inlineStr">
         <is>
-          <t>64G,WIFI/64G,LTE/256G,WIFI/256G,LTE</t>
+          <t>32G,WIFI/32G,LTE/128G,WIFI/128G,LTE</t>
         </is>
       </c>
       <c r="L39" t="inlineStr">
         <is>
           <t>容量,網路</t>
         </is>
       </c>
       <c r="M39" t="inlineStr">
         <is>
-          <t>太空灰/銀色</t>
+          <t>太空灰/銀色/金色</t>
         </is>
       </c>
       <c r="N39" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O39" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
-      <c r="P39" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="P39" t="inlineStr"/>
       <c r="Q39" t="inlineStr">
         <is>
           <t>R33057</t>
         </is>
       </c>
       <c r="R39" t="n">
         <v>38</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="n">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="B40" t="inlineStr">
         <is>
           <t>平板</t>
         </is>
       </c>
       <c r="C40" t="inlineStr">
         <is>
           <t>D</t>
         </is>
       </c>
       <c r="D40" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E40" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F40" t="inlineStr">
         <is>
-          <t>ipad 10</t>
+          <t>ipad 6</t>
         </is>
       </c>
       <c r="G40" t="inlineStr">
         <is>
-          <t>00X10</t>
+          <t>00XX6</t>
         </is>
       </c>
       <c r="H40" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I40" t="inlineStr"/>
       <c r="J40" t="inlineStr">
         <is>
-          <t>DAP00X10</t>
+          <t>DAP00XX6</t>
         </is>
       </c>
       <c r="K40" t="inlineStr">
         <is>
-          <t>64G,WIFI/64G,LTE/256G,WIFI/256G,LTE</t>
+          <t>32G,WIFI/32G,LTE/128G,WIFI/128G,LTE</t>
         </is>
       </c>
       <c r="L40" t="inlineStr">
         <is>
           <t>容量,網路</t>
         </is>
       </c>
       <c r="M40" t="inlineStr">
         <is>
-          <t>銀色/藍色/粉紅色/黃色</t>
+          <t>太空灰/銀色/玫瑰金</t>
         </is>
       </c>
       <c r="N40" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O40" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
       <c r="P40" t="inlineStr">
         <is>
-          <t>WIFI：CCAI22LP1320T4 LTE：CCAI225G0130T8</t>
+          <t>WIFI：CCAI18LP0710T2 LTE：CCAI18Z10060T7</t>
         </is>
       </c>
       <c r="Q40" t="inlineStr">
         <is>
           <t>R33057</t>
         </is>
       </c>
       <c r="R40" t="n">
         <v>39</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="n">
-        <v>164</v>
+        <v>31</v>
       </c>
       <c r="B41" t="inlineStr">
         <is>
           <t>平板</t>
         </is>
       </c>
       <c r="C41" t="inlineStr">
         <is>
           <t>D</t>
         </is>
       </c>
       <c r="D41" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E41" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F41" t="inlineStr">
         <is>
-          <t>iPad（A16）</t>
+          <t>ipad 7</t>
         </is>
       </c>
       <c r="G41" t="inlineStr">
         <is>
-          <t>00A16</t>
+          <t>00XX7</t>
         </is>
       </c>
       <c r="H41" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I41" t="inlineStr"/>
       <c r="J41" t="inlineStr">
         <is>
-          <t>DAP00A16</t>
+          <t>DAP00XX7</t>
         </is>
       </c>
       <c r="K41" t="inlineStr">
         <is>
-          <t>128G,WIFI/128G,LTE/256G,WIFI/256G,LTE/512G,WIFI/512G,LTE</t>
+          <t>32G,WIFI/32G,LTE/128G,WIFI/128G,LTE</t>
         </is>
       </c>
       <c r="L41" t="inlineStr">
         <is>
           <t>容量,網路</t>
         </is>
       </c>
       <c r="M41" t="inlineStr">
         <is>
-          <t>銀色/藍色/粉紅色/黃色</t>
+          <t>太空灰/銀色/玫瑰金</t>
         </is>
       </c>
       <c r="N41" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O41" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
       <c r="P41" t="inlineStr">
         <is>
-          <t>WIFI：CCAI25LP0300T4 LTE：CCAI255G0040T5</t>
+          <t>WIFI：CCAI19LP2170T1 LTE：CCAI194G0280T2</t>
         </is>
       </c>
       <c r="Q41" t="inlineStr">
         <is>
           <t>R33057</t>
         </is>
       </c>
       <c r="R41" t="n">
         <v>40</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="n">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="B42" t="inlineStr">
         <is>
           <t>平板</t>
         </is>
       </c>
       <c r="C42" t="inlineStr">
         <is>
           <t>D</t>
         </is>
       </c>
       <c r="D42" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E42" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F42" t="inlineStr">
         <is>
-          <t>ipad air 1</t>
+          <t>ipad 8</t>
         </is>
       </c>
       <c r="G42" t="inlineStr">
         <is>
-          <t>00A01</t>
+          <t>00XX8</t>
         </is>
       </c>
       <c r="H42" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I42" t="inlineStr"/>
       <c r="J42" t="inlineStr">
         <is>
-          <t>DAP00A01</t>
+          <t>DAP00XX8</t>
         </is>
       </c>
       <c r="K42" t="inlineStr">
         <is>
-          <t>16G,WIFI/16G,LTE/32G,WIFI/32G,LTE/64G,WIFI/64G,LTE/128G,WIFI/128G,LTE</t>
+          <t>32G,WIFI/32G,LTE/128G,WIFI/128G,LTE</t>
         </is>
       </c>
       <c r="L42" t="inlineStr">
         <is>
           <t>容量,網路</t>
         </is>
       </c>
       <c r="M42" t="inlineStr">
         <is>
-          <t>太空灰/銀色</t>
+          <t>太空灰/銀色/玫瑰金</t>
         </is>
       </c>
       <c r="N42" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O42" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
-      <c r="P42" t="inlineStr"/>
+      <c r="P42" t="inlineStr">
+        <is>
+          <t>WIFI：CCAI20LP2250T1 LTE：CCAI204G0460T6</t>
+        </is>
+      </c>
       <c r="Q42" t="inlineStr">
         <is>
           <t>R33057</t>
         </is>
       </c>
       <c r="R42" t="n">
-        <v>42</v>
+        <v>41</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="n">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="B43" t="inlineStr">
         <is>
           <t>平板</t>
         </is>
       </c>
       <c r="C43" t="inlineStr">
         <is>
           <t>D</t>
         </is>
       </c>
       <c r="D43" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E43" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F43" t="inlineStr">
         <is>
-          <t>ipad air 2</t>
+          <t>ipad 9</t>
         </is>
       </c>
       <c r="G43" t="inlineStr">
         <is>
-          <t>00A02</t>
+          <t>00XX9</t>
         </is>
       </c>
       <c r="H43" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I43" t="inlineStr"/>
       <c r="J43" t="inlineStr">
         <is>
-          <t>DAP00A02</t>
+          <t>DAP00XX9</t>
         </is>
       </c>
       <c r="K43" t="inlineStr">
         <is>
-          <t>16G,WIFI/16G,LTE/32G,WIFI/32G,LTE/64G,WIFI/64G,LTE/128G,WIFI/128G,LTE</t>
+          <t>64G,WIFI/64G,LTE/256G,WIFI/256G,LTE</t>
         </is>
       </c>
       <c r="L43" t="inlineStr">
         <is>
           <t>容量,網路</t>
         </is>
       </c>
       <c r="M43" t="inlineStr">
         <is>
-          <t>太空灰/銀色/金色</t>
+          <t>太空灰/銀色</t>
         </is>
       </c>
       <c r="N43" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O43" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
-      <c r="P43" t="inlineStr"/>
+      <c r="P43" t="inlineStr">
+        <is>
+          <t>WIFI：CCAI21LP1590T2 LTE：CCAI214G0160T2</t>
+        </is>
+      </c>
       <c r="Q43" t="inlineStr">
         <is>
           <t>R33057</t>
         </is>
       </c>
       <c r="R43" t="n">
-        <v>43</v>
+        <v>42</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="n">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="B44" t="inlineStr">
         <is>
           <t>平板</t>
         </is>
       </c>
       <c r="C44" t="inlineStr">
         <is>
           <t>D</t>
         </is>
       </c>
       <c r="D44" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E44" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F44" t="inlineStr">
         <is>
-          <t>ipad air 3</t>
+          <t>ipad 10</t>
         </is>
       </c>
       <c r="G44" t="inlineStr">
         <is>
-          <t>00A03</t>
+          <t>00X10</t>
         </is>
       </c>
       <c r="H44" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I44" t="inlineStr"/>
       <c r="J44" t="inlineStr">
         <is>
-          <t>DAP00A03</t>
+          <t>DAP00X10</t>
         </is>
       </c>
       <c r="K44" t="inlineStr">
         <is>
           <t>64G,WIFI/64G,LTE/256G,WIFI/256G,LTE</t>
         </is>
       </c>
       <c r="L44" t="inlineStr">
         <is>
           <t>容量,網路</t>
         </is>
       </c>
       <c r="M44" t="inlineStr">
         <is>
-          <t>太空灰/銀色</t>
+          <t>銀色/藍色/粉紅色/黃色</t>
         </is>
       </c>
       <c r="N44" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O44" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
       <c r="P44" t="inlineStr">
         <is>
-          <t>WIFI：CCAI19LP0740T3 LTE：CCAI194G0080T7</t>
+          <t>WIFI：CCAI22LP1320T4 LTE：CCAI225G0130T8</t>
         </is>
       </c>
       <c r="Q44" t="inlineStr">
         <is>
           <t>R33057</t>
         </is>
       </c>
       <c r="R44" t="n">
-        <v>44</v>
+        <v>43</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="n">
-        <v>38</v>
+        <v>164</v>
       </c>
       <c r="B45" t="inlineStr">
         <is>
           <t>平板</t>
         </is>
       </c>
       <c r="C45" t="inlineStr">
         <is>
           <t>D</t>
         </is>
       </c>
       <c r="D45" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E45" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F45" t="inlineStr">
         <is>
-          <t>ipad air 4</t>
+          <t>iPad（A16）</t>
         </is>
       </c>
       <c r="G45" t="inlineStr">
         <is>
-          <t>00A04</t>
+          <t>00A16</t>
         </is>
       </c>
       <c r="H45" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I45" t="inlineStr"/>
       <c r="J45" t="inlineStr">
         <is>
-          <t>DAP00A04</t>
+          <t>DAP00A16</t>
         </is>
       </c>
       <c r="K45" t="inlineStr">
         <is>
-          <t>64G,WIFI/64G,LTE/256G,WIFI/256G,LTE</t>
+          <t>128G,WIFI/128G,LTE/256G,WIFI/256G,LTE/512G,WIFI/512G,LTE</t>
         </is>
       </c>
       <c r="L45" t="inlineStr">
         <is>
           <t>容量,網路</t>
         </is>
       </c>
       <c r="M45" t="inlineStr">
         <is>
-          <t>太空灰色/銀色/玫瑰金色/綠色/天藍色</t>
+          <t>銀色/藍色/粉紅色/黃色</t>
         </is>
       </c>
       <c r="N45" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O45" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
       <c r="P45" t="inlineStr">
         <is>
-          <t>WIFI：CCAI20LP2260T1 LTE：CCAI204G0470T9</t>
+          <t>WIFI：CCAI25LP0300T4 LTE：CCAI255G0040T5</t>
         </is>
       </c>
       <c r="Q45" t="inlineStr">
         <is>
           <t>R33057</t>
         </is>
       </c>
       <c r="R45" t="n">
-        <v>45</v>
+        <v>44</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="n">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="B46" t="inlineStr">
         <is>
           <t>平板</t>
         </is>
       </c>
       <c r="C46" t="inlineStr">
         <is>
           <t>D</t>
         </is>
       </c>
       <c r="D46" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E46" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F46" t="inlineStr">
         <is>
-          <t>ipad air 5</t>
+          <t>ipad air 1</t>
         </is>
       </c>
       <c r="G46" t="inlineStr">
         <is>
-          <t>00A05</t>
+          <t>00A01</t>
         </is>
       </c>
       <c r="H46" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I46" t="inlineStr"/>
       <c r="J46" t="inlineStr">
         <is>
-          <t>DAP00A05</t>
+          <t>DAP00A01</t>
         </is>
       </c>
       <c r="K46" t="inlineStr">
         <is>
-          <t>64G,WIFI/64G,LTE/256G,WIFI/256G,LTE</t>
+          <t>16G,WIFI/16G,LTE/32G,WIFI/32G,LTE/64G,WIFI/64G,LTE/128G,WIFI/128G,LTE</t>
         </is>
       </c>
       <c r="L46" t="inlineStr">
         <is>
           <t>容量,網路</t>
         </is>
       </c>
       <c r="M46" t="inlineStr">
         <is>
-          <t>太空灰色/藍色/粉紅色/紫色/星光色</t>
+          <t>太空灰/銀色</t>
         </is>
       </c>
       <c r="N46" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O46" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
-      <c r="P46" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="P46" t="inlineStr"/>
       <c r="Q46" t="inlineStr">
         <is>
           <t>R33057</t>
         </is>
       </c>
       <c r="R46" t="n">
-        <v>46</v>
+        <v>45</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="n">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="B47" t="inlineStr">
         <is>
           <t>平板</t>
         </is>
       </c>
       <c r="C47" t="inlineStr">
         <is>
           <t>D</t>
         </is>
       </c>
       <c r="D47" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E47" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F47" t="inlineStr">
         <is>
-          <t>iPad Air（11 吋，M2）</t>
+          <t>ipad air 2</t>
         </is>
       </c>
       <c r="G47" t="inlineStr">
         <is>
-          <t>A11M2</t>
+          <t>00A02</t>
         </is>
       </c>
       <c r="H47" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I47" t="inlineStr"/>
       <c r="J47" t="inlineStr">
         <is>
-          <t>DAPA11M2</t>
+          <t>DAP00A02</t>
         </is>
       </c>
       <c r="K47" t="inlineStr">
         <is>
-          <t>128G,WIFI/128G,LTE/256G,WIFI/256G,LTE/512G,WIFI/512G,LTE/1TB,WIFI/1TB,LTE</t>
+          <t>16G,WIFI/16G,LTE/32G,WIFI/32G,LTE/64G,WIFI/64G,LTE/128G,WIFI/128G,LTE</t>
         </is>
       </c>
       <c r="L47" t="inlineStr">
         <is>
           <t>容量,網路</t>
         </is>
       </c>
       <c r="M47" t="inlineStr">
         <is>
-          <t>太空灰色/星光色/藍色/紫色</t>
+          <t>太空灰/銀色/金色</t>
         </is>
       </c>
       <c r="N47" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O47" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
-      <c r="P47" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="P47" t="inlineStr"/>
       <c r="Q47" t="inlineStr">
         <is>
           <t>R33057</t>
         </is>
       </c>
       <c r="R47" t="n">
-        <v>47</v>
+        <v>46</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="n">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="B48" t="inlineStr">
         <is>
           <t>平板</t>
         </is>
       </c>
       <c r="C48" t="inlineStr">
         <is>
           <t>D</t>
         </is>
       </c>
       <c r="D48" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E48" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F48" t="inlineStr">
         <is>
-          <t>iPad Air（13 吋，M2）</t>
+          <t>ipad air 3</t>
         </is>
       </c>
       <c r="G48" t="inlineStr">
         <is>
-          <t>A13M2</t>
+          <t>00A03</t>
         </is>
       </c>
       <c r="H48" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I48" t="inlineStr"/>
       <c r="J48" t="inlineStr">
         <is>
-          <t>DAPA13M2</t>
+          <t>DAP00A03</t>
         </is>
       </c>
       <c r="K48" t="inlineStr">
         <is>
-          <t>128G,WIFI/128G,LTE/256G,WIFI/256G,LTE/512G,WIFI/512G,LTE/1TB,WIFI/1TB,LTE</t>
+          <t>64G,WIFI/64G,LTE/256G,WIFI/256G,LTE</t>
         </is>
       </c>
       <c r="L48" t="inlineStr">
         <is>
           <t>容量,網路</t>
         </is>
       </c>
       <c r="M48" t="inlineStr">
         <is>
-          <t>太空灰色/星光色/藍色/紫色</t>
+          <t>太空灰/銀色</t>
         </is>
       </c>
       <c r="N48" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O48" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
       <c r="P48" t="inlineStr">
         <is>
-          <t>WIFI：CCAI24LP0460T5 LTE：CCAI245G0050T0</t>
+          <t>WIFI：CCAI19LP0740T3 LTE：CCAI194G0080T7</t>
         </is>
       </c>
       <c r="Q48" t="inlineStr">
         <is>
           <t>R33057</t>
         </is>
       </c>
       <c r="R48" t="n">
-        <v>48</v>
+        <v>47</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="n">
-        <v>163</v>
+        <v>38</v>
       </c>
       <c r="B49" t="inlineStr">
         <is>
           <t>平板</t>
         </is>
       </c>
       <c r="C49" t="inlineStr">
         <is>
           <t>D</t>
         </is>
       </c>
       <c r="D49" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E49" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F49" t="inlineStr">
         <is>
-          <t>iPad Air（11 吋，M3）</t>
+          <t>ipad air 4</t>
         </is>
       </c>
       <c r="G49" t="inlineStr">
         <is>
-          <t>A11M3</t>
+          <t>00A04</t>
         </is>
       </c>
       <c r="H49" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I49" t="inlineStr"/>
       <c r="J49" t="inlineStr">
         <is>
-          <t>DAPA11M3</t>
+          <t>DAP00A04</t>
         </is>
       </c>
       <c r="K49" t="inlineStr">
         <is>
-          <t>128G,WIFI/128G,LTE/256G,WIFI/256G,LTE/512G,WIFI/512G,LTE/1TB,WIFI/1TB,LTE</t>
+          <t>64G,WIFI/64G,LTE/256G,WIFI/256G,LTE</t>
         </is>
       </c>
       <c r="L49" t="inlineStr">
         <is>
           <t>容量,網路</t>
         </is>
       </c>
       <c r="M49" t="inlineStr">
         <is>
-          <t>藍色/紫色/星光色/太空灰色</t>
+          <t>太空灰色/銀色/玫瑰金色/綠色/天藍色</t>
         </is>
       </c>
       <c r="N49" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O49" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
       <c r="P49" t="inlineStr">
         <is>
-          <t>WIFI：CCAI25LP0320T0 LTE：CCAI255G0030T2</t>
+          <t>WIFI：CCAI20LP2260T1 LTE：CCAI204G0470T9</t>
         </is>
       </c>
       <c r="Q49" t="inlineStr">
         <is>
           <t>R33057</t>
         </is>
       </c>
       <c r="R49" t="n">
-        <v>49</v>
+        <v>48</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="n">
-        <v>162</v>
+        <v>39</v>
       </c>
       <c r="B50" t="inlineStr">
         <is>
           <t>平板</t>
         </is>
       </c>
       <c r="C50" t="inlineStr">
         <is>
           <t>D</t>
         </is>
       </c>
       <c r="D50" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E50" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F50" t="inlineStr">
         <is>
-          <t>iPad Air（13 吋，M3）</t>
+          <t>ipad air 5</t>
         </is>
       </c>
       <c r="G50" t="inlineStr">
         <is>
-          <t>A13M3</t>
+          <t>00A05</t>
         </is>
       </c>
       <c r="H50" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I50" t="inlineStr"/>
       <c r="J50" t="inlineStr">
         <is>
-          <t>DAPA13M3</t>
+          <t>DAP00A05</t>
         </is>
       </c>
       <c r="K50" t="inlineStr">
         <is>
-          <t>128G,WIFI/128G,LTE/256G,WIFI/256G,LTE/512G,WIFI/512G,LTE/1TB,WIFI/1TB,LTE</t>
+          <t>64G,WIFI/64G,LTE/256G,WIFI/256G,LTE</t>
         </is>
       </c>
       <c r="L50" t="inlineStr">
         <is>
           <t>容量,網路</t>
         </is>
       </c>
       <c r="M50" t="inlineStr">
         <is>
-          <t>藍色/紫色/星光色/太空灰色</t>
+          <t>太空灰色/藍色/粉紅色/紫色/星光色</t>
         </is>
       </c>
       <c r="N50" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O50" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
       <c r="P50" t="inlineStr">
         <is>
-          <t>WIFI：CCAI25LP0310T7 LTE：CCAI255G0050T8</t>
+          <t>WIFI：CCAI22LP0330T2 LTE：CCAI225G0020T1</t>
         </is>
       </c>
       <c r="Q50" t="inlineStr">
         <is>
           <t>R33057</t>
         </is>
       </c>
       <c r="R50" t="n">
-        <v>50</v>
+        <v>49</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="n">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="B51" t="inlineStr">
         <is>
           <t>平板</t>
         </is>
       </c>
       <c r="C51" t="inlineStr">
         <is>
           <t>D</t>
         </is>
       </c>
       <c r="D51" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E51" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F51" t="inlineStr">
         <is>
-          <t>ipad mini 2</t>
+          <t>iPad Air（11 吋，M2）</t>
         </is>
       </c>
       <c r="G51" t="inlineStr">
         <is>
-          <t>00M02</t>
+          <t>A11M2</t>
         </is>
       </c>
       <c r="H51" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I51" t="inlineStr"/>
       <c r="J51" t="inlineStr">
         <is>
-          <t>DAP00M02</t>
+          <t>DAPA11M2</t>
         </is>
       </c>
       <c r="K51" t="inlineStr">
         <is>
-          <t>16G,WIFI/16G,LTE/32G,WIFI/32G,LTE/64G,WIFI/64G,LTE/128G,WIFI/128G,LTE</t>
+          <t>128G,WIFI/128G,LTE/256G,WIFI/256G,LTE/512G,WIFI/512G,LTE/1TB,WIFI/1TB,LTE</t>
         </is>
       </c>
       <c r="L51" t="inlineStr">
         <is>
           <t>容量,網路</t>
         </is>
       </c>
       <c r="M51" t="inlineStr">
         <is>
-          <t>太空灰/銀色</t>
+          <t>太空灰色/星光色/藍色/紫色</t>
         </is>
       </c>
       <c r="N51" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O51" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
-      <c r="P51" t="inlineStr"/>
+      <c r="P51" t="inlineStr">
+        <is>
+          <t>WIFI：CCAI24LP0470T8 LTE：CCAI245G0040T0</t>
+        </is>
+      </c>
       <c r="Q51" t="inlineStr">
         <is>
           <t>R33057</t>
         </is>
       </c>
       <c r="R51" t="n">
-        <v>51</v>
+        <v>50</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="n">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="B52" t="inlineStr">
         <is>
           <t>平板</t>
         </is>
       </c>
       <c r="C52" t="inlineStr">
         <is>
           <t>D</t>
         </is>
       </c>
       <c r="D52" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E52" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F52" t="inlineStr">
         <is>
-          <t>ipad mini 4</t>
+          <t>iPad Air（13 吋，M2）</t>
         </is>
       </c>
       <c r="G52" t="inlineStr">
         <is>
-          <t>00M04</t>
+          <t>A13M2</t>
         </is>
       </c>
       <c r="H52" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I52" t="inlineStr"/>
       <c r="J52" t="inlineStr">
         <is>
-          <t>DAP00M04</t>
+          <t>DAPA13M2</t>
         </is>
       </c>
       <c r="K52" t="inlineStr">
         <is>
-          <t>16G,WIFI/16G,LTE/32G,WIFI/32G,LTE/64G,WIFI/64G,LTE/128G,WIFI/128G,LTE</t>
+          <t>128G,WIFI/128G,LTE/256G,WIFI/256G,LTE/512G,WIFI/512G,LTE/1TB,WIFI/1TB,LTE</t>
         </is>
       </c>
       <c r="L52" t="inlineStr">
         <is>
           <t>容量,網路</t>
         </is>
       </c>
       <c r="M52" t="inlineStr">
         <is>
-          <t>太空灰/銀色/金色</t>
+          <t>太空灰色/星光色/藍色/紫色</t>
         </is>
       </c>
       <c r="N52" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O52" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
-      <c r="P52" t="inlineStr"/>
+      <c r="P52" t="inlineStr">
+        <is>
+          <t>WIFI：CCAI24LP0460T5 LTE：CCAI245G0050T0</t>
+        </is>
+      </c>
       <c r="Q52" t="inlineStr">
         <is>
           <t>R33057</t>
         </is>
       </c>
       <c r="R52" t="n">
-        <v>52</v>
+        <v>51</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="n">
-        <v>44</v>
+        <v>163</v>
       </c>
       <c r="B53" t="inlineStr">
         <is>
           <t>平板</t>
         </is>
       </c>
       <c r="C53" t="inlineStr">
         <is>
           <t>D</t>
         </is>
       </c>
       <c r="D53" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E53" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F53" t="inlineStr">
         <is>
-          <t>ipad mini 5</t>
+          <t>iPad Air（11 吋，M3）</t>
         </is>
       </c>
       <c r="G53" t="inlineStr">
         <is>
-          <t>00M05</t>
+          <t>A11M3</t>
         </is>
       </c>
       <c r="H53" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I53" t="inlineStr"/>
       <c r="J53" t="inlineStr">
         <is>
-          <t>DAP00M05</t>
+          <t>DAPA11M3</t>
         </is>
       </c>
       <c r="K53" t="inlineStr">
         <is>
-          <t>64G,WIFI/64G,LTE/256G,WIFI/256G,LTE</t>
+          <t>128G,WIFI/128G,LTE/256G,WIFI/256G,LTE/512G,WIFI/512G,LTE/1TB,WIFI/1TB,LTE</t>
         </is>
       </c>
       <c r="L53" t="inlineStr">
         <is>
           <t>容量,網路</t>
         </is>
       </c>
       <c r="M53" t="inlineStr">
         <is>
-          <t>太空灰色/銀色/金色</t>
+          <t>藍色/紫色/星光色/太空灰色</t>
         </is>
       </c>
       <c r="N53" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O53" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
       <c r="P53" t="inlineStr">
         <is>
-          <t>WIFI：CCAI19LP0750T6 LTE：CCAI194G0070T4</t>
+          <t>WIFI：CCAI25LP0320T0 LTE：CCAI255G0030T2</t>
         </is>
       </c>
       <c r="Q53" t="inlineStr">
         <is>
           <t>R33057</t>
         </is>
       </c>
       <c r="R53" t="n">
-        <v>53</v>
+        <v>52</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="n">
-        <v>45</v>
+        <v>162</v>
       </c>
       <c r="B54" t="inlineStr">
         <is>
           <t>平板</t>
         </is>
       </c>
       <c r="C54" t="inlineStr">
         <is>
           <t>D</t>
         </is>
       </c>
       <c r="D54" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E54" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F54" t="inlineStr">
         <is>
-          <t>ipad mini 6</t>
+          <t>iPad Air（13 吋，M3）</t>
         </is>
       </c>
       <c r="G54" t="inlineStr">
         <is>
-          <t>00M06</t>
+          <t>A13M3</t>
         </is>
       </c>
       <c r="H54" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I54" t="inlineStr"/>
       <c r="J54" t="inlineStr">
         <is>
-          <t>DAP00M06</t>
+          <t>DAPA13M3</t>
         </is>
       </c>
       <c r="K54" t="inlineStr">
         <is>
-          <t>64G,WIFI/64G,LTE/256G,WIFI/256G,LTE</t>
+          <t>128G,WIFI/128G,LTE/256G,WIFI/256G,LTE/512G,WIFI/512G,LTE/1TB,WIFI/1TB,LTE</t>
         </is>
       </c>
       <c r="L54" t="inlineStr">
         <is>
           <t>容量,網路</t>
         </is>
       </c>
       <c r="M54" t="inlineStr">
         <is>
-          <t>太空灰色/粉紅色/紫色/星光色</t>
+          <t>藍色/紫色/星光色/太空灰色</t>
         </is>
       </c>
       <c r="N54" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O54" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
       <c r="P54" t="inlineStr">
         <is>
-          <t>WIFI：CCAI21LP1600T2 LTE：CCAI215G0150T6</t>
+          <t>WIFI：CCAI25LP0310T7 LTE：CCAI255G0050T8</t>
         </is>
       </c>
       <c r="Q54" t="inlineStr">
         <is>
           <t>R33057</t>
         </is>
       </c>
       <c r="R54" t="n">
-        <v>54</v>
+        <v>53</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="n">
-        <v>165</v>
+        <v>42</v>
       </c>
       <c r="B55" t="inlineStr">
         <is>
           <t>平板</t>
         </is>
       </c>
       <c r="C55" t="inlineStr">
         <is>
           <t>D</t>
         </is>
       </c>
       <c r="D55" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E55" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F55" t="inlineStr">
         <is>
-          <t>iPad mini (A17 Pro)</t>
+          <t>ipad mini 2</t>
         </is>
       </c>
       <c r="G55" t="inlineStr">
         <is>
-          <t>MA17P</t>
+          <t>00M02</t>
         </is>
       </c>
       <c r="H55" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I55" t="inlineStr"/>
       <c r="J55" t="inlineStr">
         <is>
-          <t>DAPMA17P</t>
+          <t>DAP00M02</t>
         </is>
       </c>
       <c r="K55" t="inlineStr">
         <is>
-          <t>128G,WIFI/128G,LTE/256G,WIFI/256G,LTE/512G,WIFI/512G,LTE</t>
+          <t>16G,WIFI/16G,LTE/32G,WIFI/32G,LTE/64G,WIFI/64G,LTE/128G,WIFI/128G,LTE</t>
         </is>
       </c>
       <c r="L55" t="inlineStr">
         <is>
           <t>容量,網路</t>
         </is>
       </c>
       <c r="M55" t="inlineStr">
         <is>
-          <t>藍色/紫色/星光色/太空灰色</t>
+          <t>太空灰/銀色</t>
         </is>
       </c>
       <c r="N55" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O55" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
-      <c r="P55" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="P55" t="inlineStr"/>
       <c r="Q55" t="inlineStr">
         <is>
           <t>R33057</t>
         </is>
       </c>
       <c r="R55" t="n">
-        <v>55</v>
+        <v>54</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="n">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="B56" t="inlineStr">
         <is>
           <t>平板</t>
         </is>
       </c>
       <c r="C56" t="inlineStr">
         <is>
           <t>D</t>
         </is>
       </c>
       <c r="D56" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E56" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F56" t="inlineStr">
         <is>
-          <t>ipad pro 11 1st 2018</t>
+          <t>ipad mini 4</t>
         </is>
       </c>
       <c r="G56" t="inlineStr">
         <is>
-          <t>P1118</t>
+          <t>00M04</t>
         </is>
       </c>
       <c r="H56" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I56" t="inlineStr"/>
       <c r="J56" t="inlineStr">
         <is>
-          <t>DAPP1118</t>
+          <t>DAP00M04</t>
         </is>
       </c>
       <c r="K56" t="inlineStr">
         <is>
-          <t>64G,WIFI/64G,LTE/256G,WIFI/256G,LTE/512G,WIFI/512G,LTE/1TB,WIFI/1TB,LTE</t>
+          <t>16G,WIFI/16G,LTE/32G,WIFI/32G,LTE/64G,WIFI/64G,LTE/128G,WIFI/128G,LTE</t>
         </is>
       </c>
       <c r="L56" t="inlineStr">
         <is>
           <t>容量,網路</t>
         </is>
       </c>
       <c r="M56" t="inlineStr">
         <is>
-          <t>太空灰/銀色</t>
+          <t>太空灰/銀色/金色</t>
         </is>
       </c>
       <c r="N56" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O56" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
-      <c r="P56" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="P56" t="inlineStr"/>
       <c r="Q56" t="inlineStr">
         <is>
           <t>R33057</t>
         </is>
       </c>
       <c r="R56" t="n">
-        <v>56</v>
+        <v>55</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="n">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="B57" t="inlineStr">
         <is>
           <t>平板</t>
         </is>
       </c>
       <c r="C57" t="inlineStr">
         <is>
           <t>D</t>
         </is>
       </c>
       <c r="D57" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E57" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F57" t="inlineStr">
         <is>
-          <t>ipad pro 11 2nd 2020</t>
+          <t>ipad mini 5</t>
         </is>
       </c>
       <c r="G57" t="inlineStr">
         <is>
-          <t>P1120</t>
+          <t>00M05</t>
         </is>
       </c>
       <c r="H57" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I57" t="inlineStr"/>
       <c r="J57" t="inlineStr">
         <is>
-          <t>DAPP1120</t>
+          <t>DAP00M05</t>
         </is>
       </c>
       <c r="K57" t="inlineStr">
         <is>
-          <t>128G,WIFI/128G,LTE/256G,WIFI/256G,LTE/512G,WIFI/512G,LTE/1TB,WIFI/1TB,LTE</t>
+          <t>64G,WIFI/64G,LTE/256G,WIFI/256G,LTE</t>
         </is>
       </c>
       <c r="L57" t="inlineStr">
         <is>
           <t>容量,網路</t>
         </is>
       </c>
       <c r="M57" t="inlineStr">
         <is>
-          <t>太空灰/銀色</t>
+          <t>太空灰色/銀色/金色</t>
         </is>
       </c>
       <c r="N57" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O57" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
       <c r="P57" t="inlineStr">
         <is>
-          <t>WIFI：CCAI20LP0630T1 LTE：CCAI204G0160T7</t>
+          <t>WIFI：CCAI19LP0750T6 LTE：CCAI194G0070T4</t>
         </is>
       </c>
       <c r="Q57" t="inlineStr">
         <is>
           <t>R33057</t>
         </is>
       </c>
       <c r="R57" t="n">
-        <v>57</v>
+        <v>56</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="n">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="B58" t="inlineStr">
         <is>
           <t>平板</t>
         </is>
       </c>
       <c r="C58" t="inlineStr">
         <is>
           <t>D</t>
         </is>
       </c>
       <c r="D58" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E58" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F58" t="inlineStr">
         <is>
-          <t>ipad pro 11 3rd 2021</t>
+          <t>ipad mini 6</t>
         </is>
       </c>
       <c r="G58" t="inlineStr">
         <is>
-          <t>P1121</t>
+          <t>00M06</t>
         </is>
       </c>
       <c r="H58" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I58" t="inlineStr"/>
       <c r="J58" t="inlineStr">
         <is>
-          <t>DAPP1121</t>
+          <t>DAP00M06</t>
         </is>
       </c>
       <c r="K58" t="inlineStr">
         <is>
-          <t>128G,WIFI/128G,LTE/256G,WIFI/256G,LTE/512G,WIFI/512G,LTE/1TB,WIFI/1TB,LTE/2TB,WIFI/2TB,LTE</t>
+          <t>64G,WIFI/64G,LTE/256G,WIFI/256G,LTE</t>
         </is>
       </c>
       <c r="L58" t="inlineStr">
         <is>
           <t>容量,網路</t>
         </is>
       </c>
       <c r="M58" t="inlineStr">
         <is>
-          <t>太空灰/銀色</t>
+          <t>太空灰色/粉紅色/紫色/星光色</t>
         </is>
       </c>
       <c r="N58" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O58" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
       <c r="P58" t="inlineStr">
         <is>
-          <t>WIFI：CCAI21LP0650T2 LTE：CCAI215G0060T5</t>
+          <t>WIFI：CCAI21LP1600T2 LTE：CCAI215G0150T6</t>
         </is>
       </c>
       <c r="Q58" t="inlineStr">
         <is>
           <t>R33057</t>
         </is>
       </c>
       <c r="R58" t="n">
-        <v>58</v>
+        <v>57</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="n">
-        <v>49</v>
+        <v>165</v>
       </c>
       <c r="B59" t="inlineStr">
         <is>
           <t>平板</t>
         </is>
       </c>
       <c r="C59" t="inlineStr">
         <is>
           <t>D</t>
         </is>
       </c>
       <c r="D59" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E59" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F59" t="inlineStr">
         <is>
-          <t>ipad pro 11 4th 2022</t>
+          <t>iPad mini (A17 Pro)</t>
         </is>
       </c>
       <c r="G59" t="inlineStr">
         <is>
-          <t>P1122</t>
+          <t>MA17P</t>
         </is>
       </c>
       <c r="H59" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I59" t="inlineStr"/>
       <c r="J59" t="inlineStr">
         <is>
-          <t>DAPP1122</t>
+          <t>DAPMA17P</t>
         </is>
       </c>
       <c r="K59" t="inlineStr">
         <is>
-          <t>128G,WIFI/128G,LTE/256G,WIFI/256G,LTE/512G,WIFI/512G,LTE/1TB,WIFI/1TB,LTE/2TB,WIFI/2TB,LTE</t>
+          <t>128G,WIFI/128G,LTE/256G,WIFI/256G,LTE/512G,WIFI/512G,LTE</t>
         </is>
       </c>
       <c r="L59" t="inlineStr">
         <is>
           <t>容量,網路</t>
         </is>
       </c>
       <c r="M59" t="inlineStr">
         <is>
-          <t>太空灰/銀色</t>
+          <t>藍色/紫色/星光色/太空灰色</t>
         </is>
       </c>
       <c r="N59" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O59" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
       <c r="P59" t="inlineStr">
         <is>
-          <t>WIFI：CCAI22LP1390T2 LTE：CCAI225G0110T2</t>
+          <t>WIFI：CCAI24LP1100T6 LTE：CCAI245G0120T8</t>
         </is>
       </c>
       <c r="Q59" t="inlineStr">
         <is>
           <t>R33057</t>
         </is>
       </c>
       <c r="R59" t="n">
-        <v>59</v>
+        <v>58</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="n">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="B60" t="inlineStr">
         <is>
           <t>平板</t>
         </is>
       </c>
       <c r="C60" t="inlineStr">
         <is>
           <t>D</t>
         </is>
       </c>
       <c r="D60" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E60" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F60" t="inlineStr">
         <is>
-          <t>iPad Pro（11 吋，M4）</t>
+          <t>ipad pro 11 1st 2018</t>
         </is>
       </c>
       <c r="G60" t="inlineStr">
         <is>
-          <t>P1124</t>
+          <t>P1118</t>
         </is>
       </c>
       <c r="H60" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I60" t="inlineStr"/>
       <c r="J60" t="inlineStr">
         <is>
-          <t>DAPP1124</t>
+          <t>DAPP1118</t>
         </is>
       </c>
       <c r="K60" t="inlineStr">
         <is>
-          <t>256G,WIFI/256G,LTE/512G,WIFI/512G,LTE/1TB,WIFI/1TB,LTE/2TB,WIFI/2TB,LTE</t>
+          <t>64G,WIFI/64G,LTE/256G,WIFI/256G,LTE/512G,WIFI/512G,LTE/1TB,WIFI/1TB,LTE</t>
         </is>
       </c>
       <c r="L60" t="inlineStr">
         <is>
           <t>容量,網路</t>
         </is>
       </c>
       <c r="M60" t="inlineStr">
         <is>
           <t>太空灰/銀色</t>
         </is>
       </c>
       <c r="N60" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O60" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
       <c r="P60" t="inlineStr">
         <is>
-          <t>WIFI：CCAI24LP0450T2 LTE：CCAI245G0060T3</t>
+          <t>WIFI：CCAI18LP2160T0 LTE：CCAI184G0210T2</t>
         </is>
       </c>
       <c r="Q60" t="inlineStr">
         <is>
           <t>R33057</t>
         </is>
       </c>
       <c r="R60" t="n">
-        <v>60</v>
+        <v>59</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="n">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="B61" t="inlineStr">
         <is>
           <t>平板</t>
         </is>
       </c>
       <c r="C61" t="inlineStr">
         <is>
           <t>D</t>
         </is>
       </c>
       <c r="D61" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E61" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F61" t="inlineStr">
         <is>
-          <t>ipad pro 12.9 2nd 2017</t>
+          <t>ipad pro 11 2nd 2020</t>
         </is>
       </c>
       <c r="G61" t="inlineStr">
         <is>
-          <t>P1317</t>
+          <t>P1120</t>
         </is>
       </c>
       <c r="H61" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I61" t="inlineStr"/>
       <c r="J61" t="inlineStr">
         <is>
-          <t>DAPP1317</t>
+          <t>DAPP1120</t>
         </is>
       </c>
       <c r="K61" t="inlineStr">
         <is>
-          <t>64G,WIFI/64G,LTE/256G,WIFI/256G,LTE/512G,WIFI/512G,LTE</t>
+          <t>128G,WIFI/128G,LTE/256G,WIFI/256G,LTE/512G,WIFI/512G,LTE/1TB,WIFI/1TB,LTE</t>
         </is>
       </c>
       <c r="L61" t="inlineStr">
         <is>
           <t>容量,網路</t>
         </is>
       </c>
       <c r="M61" t="inlineStr">
         <is>
           <t>太空灰/銀色</t>
         </is>
       </c>
       <c r="N61" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O61" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
       <c r="P61" t="inlineStr">
         <is>
-          <t>WIFI：CCAI17LP0920T2 LTE：CCAI17Z10170T6</t>
+          <t>WIFI：CCAI20LP0630T1 LTE：CCAI204G0160T7</t>
         </is>
       </c>
       <c r="Q61" t="inlineStr">
         <is>
           <t>R33057</t>
         </is>
       </c>
       <c r="R61" t="n">
-        <v>61</v>
+        <v>60</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="n">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="B62" t="inlineStr">
         <is>
           <t>平板</t>
         </is>
       </c>
       <c r="C62" t="inlineStr">
         <is>
           <t>D</t>
         </is>
       </c>
       <c r="D62" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E62" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F62" t="inlineStr">
         <is>
-          <t>ipad pro 12.9 3rd 2018</t>
+          <t>ipad pro 11 3rd 2021</t>
         </is>
       </c>
       <c r="G62" t="inlineStr">
         <is>
-          <t>P1318</t>
+          <t>P1121</t>
         </is>
       </c>
       <c r="H62" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I62" t="inlineStr"/>
       <c r="J62" t="inlineStr">
         <is>
-          <t>DAPP1318</t>
+          <t>DAPP1121</t>
         </is>
       </c>
       <c r="K62" t="inlineStr">
         <is>
-          <t>64G,WIFI/64G,LTE/256G,WIFI/256G,LTE/512G,WIFI/512G,LTE/1TB,WIFI/1TB,LTE</t>
+          <t>128G,WIFI/128G,LTE/256G,WIFI/256G,LTE/512G,WIFI/512G,LTE/1TB,WIFI/1TB,LTE/2TB,WIFI/2TB,LTE</t>
         </is>
       </c>
       <c r="L62" t="inlineStr">
         <is>
           <t>容量,網路</t>
         </is>
       </c>
       <c r="M62" t="inlineStr">
         <is>
           <t>太空灰/銀色</t>
         </is>
       </c>
       <c r="N62" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O62" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
       <c r="P62" t="inlineStr">
         <is>
-          <t>WIFI：CCAI18LP2170T3 LTE：CCAI184G0200T9</t>
+          <t>WIFI：CCAI21LP0650T2 LTE：CCAI215G0060T5</t>
         </is>
       </c>
       <c r="Q62" t="inlineStr">
         <is>
           <t>R33057</t>
         </is>
       </c>
       <c r="R62" t="n">
-        <v>62</v>
+        <v>61</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="n">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="B63" t="inlineStr">
         <is>
           <t>平板</t>
         </is>
       </c>
       <c r="C63" t="inlineStr">
         <is>
           <t>D</t>
         </is>
       </c>
       <c r="D63" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E63" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F63" t="inlineStr">
         <is>
-          <t>ipad pro 12.9 4th 2020</t>
+          <t>ipad pro 11 4th 2022</t>
         </is>
       </c>
       <c r="G63" t="inlineStr">
         <is>
-          <t>P1320</t>
+          <t>P1122</t>
         </is>
       </c>
       <c r="H63" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I63" t="inlineStr"/>
       <c r="J63" t="inlineStr">
         <is>
-          <t>DAPP1320</t>
+          <t>DAPP1122</t>
         </is>
       </c>
       <c r="K63" t="inlineStr">
         <is>
-          <t>128G,WIFI/128G,LTE/256G,WIFI/256G,LTE/512G,WIFI/512G,LTE/1TB,WIFI/1TB,LTE</t>
+          <t>128G,WIFI/128G,LTE/256G,WIFI/256G,LTE/512G,WIFI/512G,LTE/1TB,WIFI/1TB,LTE/2TB,WIFI/2TB,LTE</t>
         </is>
       </c>
       <c r="L63" t="inlineStr">
         <is>
           <t>容量,網路</t>
         </is>
       </c>
       <c r="M63" t="inlineStr">
         <is>
           <t>太空灰/銀色</t>
         </is>
       </c>
       <c r="N63" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O63" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
       <c r="P63" t="inlineStr">
         <is>
-          <t>WIFI：CCAI20LP0620T8 LTE：CCAI204G0170T0</t>
+          <t>WIFI：CCAI22LP1390T2 LTE：CCAI225G0110T2</t>
         </is>
       </c>
       <c r="Q63" t="inlineStr">
         <is>
           <t>R33057</t>
         </is>
       </c>
       <c r="R63" t="n">
-        <v>63</v>
+        <v>62</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="n">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="B64" t="inlineStr">
         <is>
           <t>平板</t>
         </is>
       </c>
       <c r="C64" t="inlineStr">
         <is>
           <t>D</t>
         </is>
       </c>
       <c r="D64" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E64" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F64" t="inlineStr">
         <is>
-          <t>ipad pro 12.9 5th 2021</t>
+          <t>iPad Pro（11 吋，M4）</t>
         </is>
       </c>
       <c r="G64" t="inlineStr">
         <is>
-          <t>P1321</t>
+          <t>P1124</t>
         </is>
       </c>
       <c r="H64" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I64" t="inlineStr"/>
       <c r="J64" t="inlineStr">
         <is>
-          <t>DAPP1321</t>
+          <t>DAPP1124</t>
         </is>
       </c>
       <c r="K64" t="inlineStr">
         <is>
-          <t>128G,WIFI/128G,LTE/256G,WIFI/256G,LTE/512G,WIFI/512G,LTE/1TB,WIFI/1TB,LTE/2TB,WIFI/2TB,LTE</t>
+          <t>256G,WIFI/256G,LTE/512G,WIFI/512G,LTE/1TB,WIFI/1TB,LTE/2TB,WIFI/2TB,LTE</t>
         </is>
       </c>
       <c r="L64" t="inlineStr">
         <is>
           <t>容量,網路</t>
         </is>
       </c>
       <c r="M64" t="inlineStr">
         <is>
           <t>太空灰/銀色</t>
         </is>
       </c>
       <c r="N64" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O64" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
       <c r="P64" t="inlineStr">
         <is>
-          <t>WIFI：CCAI21LP0640T9 LTE：CCAI215G0050T2</t>
+          <t>WIFI：CCAI24LP0450T2 LTE：CCAI245G0060T3</t>
         </is>
       </c>
       <c r="Q64" t="inlineStr">
         <is>
           <t>R33057</t>
         </is>
       </c>
       <c r="R64" t="n">
-        <v>64</v>
+        <v>63</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="n">
-        <v>55</v>
+        <v>408</v>
       </c>
       <c r="B65" t="inlineStr">
         <is>
           <t>平板</t>
         </is>
       </c>
       <c r="C65" t="inlineStr">
         <is>
           <t>D</t>
         </is>
       </c>
       <c r="D65" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E65" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F65" t="inlineStr">
         <is>
-          <t>ipad pro 12.9 6th 2022</t>
+          <t>iPad Pro（11 吋，M5）</t>
         </is>
       </c>
       <c r="G65" t="inlineStr">
         <is>
-          <t>P1322</t>
+          <t>P1125</t>
         </is>
       </c>
       <c r="H65" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I65" t="inlineStr"/>
       <c r="J65" t="inlineStr">
         <is>
-          <t>DAPP1322</t>
+          <t>DAPP1125</t>
         </is>
       </c>
       <c r="K65" t="inlineStr">
         <is>
-          <t>128G,WIFI/128G,LTE/256G,WIFI/256G,LTE/512G,WIFI/512G,LTE/1TB,WIFI/1TB,LTE/2TB,WIFI/2TB,LTE</t>
+          <t>256G,WIFI/256G,LTE/512G,WIFI/512G,LTE/1TB,WIFI/1TB,LTE/2TB,WIFI/2TB,LTE</t>
         </is>
       </c>
       <c r="L65" t="inlineStr">
         <is>
           <t>容量,網路</t>
         </is>
       </c>
       <c r="M65" t="inlineStr">
         <is>
           <t>太空灰/銀色</t>
         </is>
       </c>
       <c r="N65" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O65" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
       <c r="P65" t="inlineStr">
         <is>
-          <t>WIFI：CCAI22LP1400T2 LTE：CCAI225G0120T5</t>
+          <t>WIFI：CCAI25LP1130T0 LTE：CCAI255G0130T6</t>
         </is>
       </c>
       <c r="Q65" t="inlineStr">
         <is>
           <t>R33057</t>
         </is>
       </c>
       <c r="R65" t="n">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="n">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="B66" t="inlineStr">
         <is>
           <t>平板</t>
         </is>
       </c>
       <c r="C66" t="inlineStr">
         <is>
           <t>D</t>
         </is>
       </c>
       <c r="D66" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E66" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F66" t="inlineStr">
         <is>
-          <t>iPad Pro（13 吋，M4）</t>
+          <t>ipad pro 12.9 2nd 2017</t>
         </is>
       </c>
       <c r="G66" t="inlineStr">
         <is>
-          <t>P1324</t>
+          <t>P1317</t>
         </is>
       </c>
       <c r="H66" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I66" t="inlineStr"/>
       <c r="J66" t="inlineStr">
         <is>
-          <t>DAPP1324</t>
+          <t>DAPP1317</t>
         </is>
       </c>
       <c r="K66" t="inlineStr">
         <is>
-          <t>256G,WIFI/256G,LTE/512G,WIFI/512G,LTE/1TB,WIFI/1TB,LTE/2TB,WIFI/2TB,LTE</t>
+          <t>64G,WIFI/64G,LTE/256G,WIFI/256G,LTE/512G,WIFI/512G,LTE</t>
         </is>
       </c>
       <c r="L66" t="inlineStr">
         <is>
           <t>容量,網路</t>
         </is>
       </c>
       <c r="M66" t="inlineStr">
         <is>
           <t>太空灰/銀色</t>
         </is>
       </c>
       <c r="N66" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O66" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
       <c r="P66" t="inlineStr">
         <is>
-          <t>WIFI：CCAI24LP0430T9 LTE：CCAI245G0030T7</t>
+          <t>WIFI：CCAI17LP0920T2 LTE：CCAI17Z10170T6</t>
         </is>
       </c>
       <c r="Q66" t="inlineStr">
         <is>
           <t>R33057</t>
         </is>
       </c>
       <c r="R66" t="n">
-        <v>66</v>
+        <v>65</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="n">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="B67" t="inlineStr">
         <is>
-          <t>手錶</t>
+          <t>平板</t>
         </is>
       </c>
       <c r="C67" t="inlineStr">
         <is>
-          <t>W</t>
+          <t>D</t>
         </is>
       </c>
       <c r="D67" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E67" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F67" t="inlineStr">
         <is>
-          <t>Apple Watch Series 4（GPS）鋁金屬</t>
+          <t>ipad pro 12.9 3rd 2018</t>
         </is>
       </c>
       <c r="G67" t="inlineStr">
         <is>
-          <t>S4XGA</t>
+          <t>P1318</t>
         </is>
       </c>
       <c r="H67" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I67" t="inlineStr"/>
       <c r="J67" t="inlineStr">
         <is>
-          <t>WAPS4XGA</t>
+          <t>DAPP1318</t>
         </is>
       </c>
       <c r="K67" t="inlineStr">
         <is>
-          <t>40mm/44mm</t>
+          <t>64G,WIFI/64G,LTE/256G,WIFI/256G,LTE/512G,WIFI/512G,LTE/1TB,WIFI/1TB,LTE</t>
         </is>
       </c>
       <c r="L67" t="inlineStr">
         <is>
-          <t>尺寸</t>
+          <t>容量,網路</t>
         </is>
       </c>
       <c r="M67" t="inlineStr">
         <is>
-          <t>太空灰色/金色/銀色</t>
+          <t>太空灰/銀色</t>
         </is>
       </c>
       <c r="N67" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O67" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
       <c r="P67" t="inlineStr">
         <is>
-          <t>A1977：CCAI18LP1360T3 A1978：CCAI18LP1370T6</t>
+          <t>WIFI：CCAI18LP2170T3 LTE：CCAI184G0200T9</t>
         </is>
       </c>
       <c r="Q67" t="inlineStr">
         <is>
-          <t>D33057</t>
+          <t>R33057</t>
         </is>
       </c>
       <c r="R67" t="n">
-        <v>67</v>
+        <v>66</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="n">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="B68" t="inlineStr">
         <is>
-          <t>手錶</t>
+          <t>平板</t>
         </is>
       </c>
       <c r="C68" t="inlineStr">
         <is>
-          <t>W</t>
+          <t>D</t>
         </is>
       </c>
       <c r="D68" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E68" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F68" t="inlineStr">
         <is>
-          <t>Apple Watch 4 Nike+（GPS）</t>
+          <t>ipad pro 12.9 4th 2020</t>
         </is>
       </c>
       <c r="G68" t="inlineStr">
         <is>
-          <t>S4NGA</t>
+          <t>P1320</t>
         </is>
       </c>
       <c r="H68" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I68" t="inlineStr"/>
       <c r="J68" t="inlineStr">
         <is>
-          <t>WAPS4NGA</t>
+          <t>DAPP1320</t>
         </is>
       </c>
       <c r="K68" t="inlineStr">
         <is>
-          <t>40mm/44mm</t>
+          <t>128G,WIFI/128G,LTE/256G,WIFI/256G,LTE/512G,WIFI/512G,LTE/1TB,WIFI/1TB,LTE</t>
         </is>
       </c>
       <c r="L68" t="inlineStr">
         <is>
-          <t>尺寸</t>
+          <t>容量,網路</t>
         </is>
       </c>
       <c r="M68" t="inlineStr">
         <is>
-          <t>太空灰色/銀色</t>
+          <t>太空灰/銀色</t>
         </is>
       </c>
       <c r="N68" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O68" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
       <c r="P68" t="inlineStr">
         <is>
-          <t>A1977：CCAI18LP1360T3 A1978：CCAI18LP1370T6</t>
+          <t>WIFI：CCAI20LP0620T8 LTE：CCAI204G0170T0</t>
         </is>
       </c>
       <c r="Q68" t="inlineStr">
         <is>
-          <t>D33057</t>
+          <t>R33057</t>
         </is>
       </c>
       <c r="R68" t="n">
-        <v>68</v>
+        <v>67</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="n">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="B69" t="inlineStr">
         <is>
-          <t>手錶</t>
+          <t>平板</t>
         </is>
       </c>
       <c r="C69" t="inlineStr">
         <is>
-          <t>W</t>
+          <t>D</t>
         </is>
       </c>
       <c r="D69" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E69" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F69" t="inlineStr">
         <is>
-          <t>Apple Watch Series 4（GPS + 行動網路）鋁金屬</t>
+          <t>ipad pro 12.9 5th 2021</t>
         </is>
       </c>
       <c r="G69" t="inlineStr">
         <is>
-          <t>S4XLA</t>
+          <t>P1321</t>
         </is>
       </c>
       <c r="H69" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I69" t="inlineStr"/>
       <c r="J69" t="inlineStr">
         <is>
-          <t>WAPS4XLA</t>
+          <t>DAPP1321</t>
         </is>
       </c>
       <c r="K69" t="inlineStr">
         <is>
-          <t>40mm/44mm</t>
+          <t>128G,WIFI/128G,LTE/256G,WIFI/256G,LTE/512G,WIFI/512G,LTE/1TB,WIFI/1TB,LTE/2TB,WIFI/2TB,LTE</t>
         </is>
       </c>
       <c r="L69" t="inlineStr">
         <is>
-          <t>尺寸</t>
+          <t>容量,網路</t>
         </is>
       </c>
       <c r="M69" t="inlineStr">
         <is>
-          <t>太空灰色/金色/銀色</t>
+          <t>太空灰/銀色</t>
         </is>
       </c>
       <c r="N69" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O69" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
       <c r="P69" t="inlineStr">
         <is>
-          <t>A2007：CCAI184G0140T4 A2008：CCAI184G0150T7</t>
+          <t>WIFI：CCAI21LP0640T9 LTE：CCAI215G0050T2</t>
         </is>
       </c>
       <c r="Q69" t="inlineStr">
         <is>
-          <t>D33057</t>
+          <t>R33057</t>
         </is>
       </c>
       <c r="R69" t="n">
-        <v>69</v>
+        <v>68</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="n">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="B70" t="inlineStr">
         <is>
-          <t>手錶</t>
+          <t>平板</t>
         </is>
       </c>
       <c r="C70" t="inlineStr">
         <is>
-          <t>W</t>
+          <t>D</t>
         </is>
       </c>
       <c r="D70" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E70" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F70" t="inlineStr">
         <is>
-          <t>Apple Watch 4 Nike+（GPS + 行動網路）</t>
+          <t>ipad pro 12.9 6th 2022</t>
         </is>
       </c>
       <c r="G70" t="inlineStr">
         <is>
-          <t>S4NLA</t>
+          <t>P1322</t>
         </is>
       </c>
       <c r="H70" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I70" t="inlineStr"/>
       <c r="J70" t="inlineStr">
         <is>
-          <t>WAPS4NLA</t>
+          <t>DAPP1322</t>
         </is>
       </c>
       <c r="K70" t="inlineStr">
         <is>
-          <t>40mm/44mm</t>
+          <t>128G,WIFI/128G,LTE/256G,WIFI/256G,LTE/512G,WIFI/512G,LTE/1TB,WIFI/1TB,LTE/2TB,WIFI/2TB,LTE</t>
         </is>
       </c>
       <c r="L70" t="inlineStr">
         <is>
-          <t>尺寸</t>
+          <t>容量,網路</t>
         </is>
       </c>
       <c r="M70" t="inlineStr">
         <is>
-          <t>太空灰色/銀色</t>
+          <t>太空灰/銀色</t>
         </is>
       </c>
       <c r="N70" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O70" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
       <c r="P70" t="inlineStr">
         <is>
-          <t>A2007：CCAI184G0140T4 A2008：CCAI184G0150T7</t>
+          <t>WIFI：CCAI22LP1400T2 LTE：CCAI225G0120T5</t>
         </is>
       </c>
       <c r="Q70" t="inlineStr">
         <is>
-          <t>D33057</t>
+          <t>R33057</t>
         </is>
       </c>
       <c r="R70" t="n">
-        <v>70</v>
+        <v>69</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="n">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="B71" t="inlineStr">
         <is>
-          <t>手錶</t>
+          <t>平板</t>
         </is>
       </c>
       <c r="C71" t="inlineStr">
         <is>
-          <t>W</t>
+          <t>D</t>
         </is>
       </c>
       <c r="D71" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E71" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F71" t="inlineStr">
         <is>
-          <t>Apple Watch Series 4（GPS + 行動網路）不鏽鋼</t>
+          <t>iPad Pro（13 吋，M4）</t>
         </is>
       </c>
       <c r="G71" t="inlineStr">
         <is>
-          <t>S4XLS</t>
+          <t>P1324</t>
         </is>
       </c>
       <c r="H71" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I71" t="inlineStr"/>
       <c r="J71" t="inlineStr">
         <is>
-          <t>WAPS4XLS</t>
+          <t>DAPP1324</t>
         </is>
       </c>
       <c r="K71" t="inlineStr">
         <is>
-          <t>40mm/44mm</t>
+          <t>256G,WIFI/256G,LTE/512G,WIFI/512G,LTE/1TB,WIFI/1TB,LTE/2TB,WIFI/2TB,LTE</t>
         </is>
       </c>
       <c r="L71" t="inlineStr">
         <is>
-          <t>尺寸</t>
+          <t>容量,網路</t>
         </is>
       </c>
       <c r="M71" t="inlineStr">
         <is>
-          <t>太空灰色/金色/銀色</t>
+          <t>太空灰/銀色</t>
         </is>
       </c>
       <c r="N71" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O71" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
       <c r="P71" t="inlineStr">
         <is>
-          <t>A2007：CCAI184G0140T4 A2008：CCAI184G0150T7</t>
+          <t>WIFI：CCAI24LP0430T9 LTE：CCAI245G0030T7</t>
         </is>
       </c>
       <c r="Q71" t="inlineStr">
         <is>
-          <t>D33057</t>
+          <t>R33057</t>
         </is>
       </c>
       <c r="R71" t="n">
-        <v>71</v>
+        <v>70</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="n">
-        <v>62</v>
+        <v>409</v>
       </c>
       <c r="B72" t="inlineStr">
         <is>
-          <t>手錶</t>
+          <t>平板</t>
         </is>
       </c>
       <c r="C72" t="inlineStr">
         <is>
-          <t>W</t>
+          <t>D</t>
         </is>
       </c>
       <c r="D72" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E72" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F72" t="inlineStr">
         <is>
-          <t>Apple Watch Hermès（GPS + 行動網路）</t>
+          <t>iPad Pro（13 吋，M5）</t>
         </is>
       </c>
       <c r="G72" t="inlineStr">
         <is>
-          <t>S4HLS</t>
+          <t>P1325</t>
         </is>
       </c>
       <c r="H72" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I72" t="inlineStr"/>
       <c r="J72" t="inlineStr">
         <is>
-          <t>WAPS4HLS</t>
+          <t>DAPP1325</t>
         </is>
       </c>
       <c r="K72" t="inlineStr">
         <is>
-          <t>40mm/44mm</t>
+          <t>256G,WIFI/256G,LTE/512G,WIFI/512G,LTE/1TB,WIFI/1TB,LTE/2TB,WIFI/2TB,LTE</t>
         </is>
       </c>
       <c r="L72" t="inlineStr">
         <is>
-          <t>尺寸</t>
+          <t>容量,網路</t>
         </is>
       </c>
       <c r="M72" t="inlineStr">
         <is>
-          <t>太空灰色</t>
+          <t>太空灰/銀色</t>
         </is>
       </c>
       <c r="N72" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O72" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
       <c r="P72" t="inlineStr">
         <is>
-          <t>A2007：CCAI184G0140T4 A2008：CCAI184G0150T7</t>
+          <t>WIFI：CCAI25LP1120T7 LTE：CCAI255G0140T9</t>
         </is>
       </c>
       <c r="Q72" t="inlineStr">
         <is>
-          <t>D33057</t>
+          <t>R33057</t>
         </is>
       </c>
       <c r="R72" t="n">
-        <v>72</v>
+        <v>71</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="n">
-        <v>63</v>
+        <v>57</v>
       </c>
       <c r="B73" t="inlineStr">
         <is>
           <t>手錶</t>
         </is>
       </c>
       <c r="C73" t="inlineStr">
         <is>
           <t>W</t>
         </is>
       </c>
       <c r="D73" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E73" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F73" t="inlineStr">
         <is>
-          <t>Apple Watch Series 5（GPS）</t>
+          <t>Apple Watch Series 4（GPS）鋁金屬</t>
         </is>
       </c>
       <c r="G73" t="inlineStr">
         <is>
-          <t>S5XGA</t>
+          <t>S4XGA</t>
         </is>
       </c>
       <c r="H73" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I73" t="inlineStr"/>
       <c r="J73" t="inlineStr">
         <is>
-          <t>WAPS5XGA</t>
+          <t>WAPS4XGA</t>
         </is>
       </c>
       <c r="K73" t="inlineStr">
         <is>
           <t>40mm/44mm</t>
         </is>
       </c>
       <c r="L73" t="inlineStr">
         <is>
           <t>尺寸</t>
         </is>
       </c>
       <c r="M73" t="inlineStr">
         <is>
           <t>太空灰色/金色/銀色</t>
         </is>
       </c>
       <c r="N73" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O73" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
       <c r="P73" t="inlineStr">
         <is>
-          <t>A2092：CCAI19LP1780T7 A2093：CCAI19LP1790T0</t>
+          <t>A1977：CCAI18LP1360T3 A1978：CCAI18LP1370T6</t>
         </is>
       </c>
       <c r="Q73" t="inlineStr">
         <is>
           <t>D33057</t>
         </is>
       </c>
       <c r="R73" t="n">
-        <v>73</v>
+        <v>72</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="n">
-        <v>64</v>
+        <v>58</v>
       </c>
       <c r="B74" t="inlineStr">
         <is>
           <t>手錶</t>
         </is>
       </c>
       <c r="C74" t="inlineStr">
         <is>
           <t>W</t>
         </is>
       </c>
       <c r="D74" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E74" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F74" t="inlineStr">
         <is>
-          <t>Apple Watch 5 Nike（GPS）</t>
+          <t>Apple Watch 4 Nike+（GPS）</t>
         </is>
       </c>
       <c r="G74" t="inlineStr">
         <is>
-          <t>S5NGA</t>
+          <t>S4NGA</t>
         </is>
       </c>
       <c r="H74" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I74" t="inlineStr"/>
       <c r="J74" t="inlineStr">
         <is>
-          <t>WAPS5NGA</t>
+          <t>WAPS4NGA</t>
         </is>
       </c>
       <c r="K74" t="inlineStr">
         <is>
           <t>40mm/44mm</t>
         </is>
       </c>
       <c r="L74" t="inlineStr">
         <is>
           <t>尺寸</t>
         </is>
       </c>
       <c r="M74" t="inlineStr">
         <is>
           <t>太空灰色/銀色</t>
         </is>
       </c>
       <c r="N74" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O74" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
       <c r="P74" t="inlineStr">
         <is>
-          <t>A2092：CCAI19LP1780T7 A2093：CCAI19LP1790T0</t>
+          <t>A1977：CCAI18LP1360T3 A1978：CCAI18LP1370T6</t>
         </is>
       </c>
       <c r="Q74" t="inlineStr">
         <is>
           <t>D33057</t>
         </is>
       </c>
       <c r="R74" t="n">
-        <v>74</v>
+        <v>73</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="n">
-        <v>65</v>
+        <v>59</v>
       </c>
       <c r="B75" t="inlineStr">
         <is>
           <t>手錶</t>
         </is>
       </c>
       <c r="C75" t="inlineStr">
         <is>
           <t>W</t>
         </is>
       </c>
       <c r="D75" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E75" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F75" t="inlineStr">
         <is>
-          <t>Apple Watch Series 5（GPS + 行動網路）鋁金屬</t>
+          <t>Apple Watch Series 4（GPS + 行動網路）鋁金屬</t>
         </is>
       </c>
       <c r="G75" t="inlineStr">
         <is>
-          <t>S5XLA</t>
+          <t>S4XLA</t>
         </is>
       </c>
       <c r="H75" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I75" t="inlineStr"/>
       <c r="J75" t="inlineStr">
         <is>
-          <t>WAPS5XLA</t>
+          <t>WAPS4XLA</t>
         </is>
       </c>
       <c r="K75" t="inlineStr">
         <is>
           <t>40mm/44mm</t>
         </is>
       </c>
       <c r="L75" t="inlineStr">
         <is>
           <t>尺寸</t>
         </is>
       </c>
       <c r="M75" t="inlineStr">
         <is>
           <t>太空灰色/金色/銀色</t>
         </is>
       </c>
       <c r="N75" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O75" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
       <c r="P75" t="inlineStr">
         <is>
-          <t>A2156：CCAI194G0260T9 A2157：CCAI194G0250T6</t>
+          <t>A2007：CCAI184G0140T4 A2008：CCAI184G0150T7</t>
         </is>
       </c>
       <c r="Q75" t="inlineStr">
         <is>
           <t>D33057</t>
         </is>
       </c>
       <c r="R75" t="n">
-        <v>75</v>
+        <v>74</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="n">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="B76" t="inlineStr">
         <is>
           <t>手錶</t>
         </is>
       </c>
       <c r="C76" t="inlineStr">
         <is>
           <t>W</t>
         </is>
       </c>
       <c r="D76" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E76" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F76" t="inlineStr">
         <is>
-          <t>Apple Watch 5 Nike（GPS + 行動網路）</t>
+          <t>Apple Watch 4 Nike+（GPS + 行動網路）</t>
         </is>
       </c>
       <c r="G76" t="inlineStr">
         <is>
-          <t>S5NLA</t>
+          <t>S4NLA</t>
         </is>
       </c>
       <c r="H76" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I76" t="inlineStr"/>
       <c r="J76" t="inlineStr">
         <is>
-          <t>WAPS5NLA</t>
+          <t>WAPS4NLA</t>
         </is>
       </c>
       <c r="K76" t="inlineStr">
         <is>
           <t>40mm/44mm</t>
         </is>
       </c>
       <c r="L76" t="inlineStr">
         <is>
           <t>尺寸</t>
         </is>
       </c>
       <c r="M76" t="inlineStr">
         <is>
-          <t>午夜色/星光色</t>
+          <t>太空灰色/銀色</t>
         </is>
       </c>
       <c r="N76" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O76" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
       <c r="P76" t="inlineStr">
         <is>
-          <t>A2156：CCAI194G0260T9 A2157：CCAI194G0250T6</t>
+          <t>A2007：CCAI184G0140T4 A2008：CCAI184G0150T7</t>
         </is>
       </c>
       <c r="Q76" t="inlineStr">
         <is>
           <t>D33057</t>
         </is>
       </c>
       <c r="R76" t="n">
-        <v>76</v>
+        <v>75</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="n">
-        <v>67</v>
+        <v>61</v>
       </c>
       <c r="B77" t="inlineStr">
         <is>
           <t>手錶</t>
         </is>
       </c>
       <c r="C77" t="inlineStr">
         <is>
           <t>W</t>
         </is>
       </c>
       <c r="D77" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E77" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F77" t="inlineStr">
         <is>
-          <t>Apple Watch Series 5（GPS + 行動網路）不鏽鋼</t>
+          <t>Apple Watch Series 4（GPS + 行動網路）不鏽鋼</t>
         </is>
       </c>
       <c r="G77" t="inlineStr">
         <is>
-          <t>S5XLS</t>
+          <t>S4XLS</t>
         </is>
       </c>
       <c r="H77" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I77" t="inlineStr"/>
       <c r="J77" t="inlineStr">
         <is>
-          <t>WAPS5XLS</t>
+          <t>WAPS4XLS</t>
         </is>
       </c>
       <c r="K77" t="inlineStr">
         <is>
           <t>40mm/44mm</t>
         </is>
       </c>
       <c r="L77" t="inlineStr">
         <is>
           <t>尺寸</t>
         </is>
       </c>
       <c r="M77" t="inlineStr">
         <is>
           <t>太空灰色/金色/銀色</t>
         </is>
       </c>
       <c r="N77" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O77" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
       <c r="P77" t="inlineStr">
         <is>
-          <t>A2156：CCAI194G0260T9 A2157：CCAI194G0250T6</t>
+          <t>A2007：CCAI184G0140T4 A2008：CCAI184G0150T7</t>
         </is>
       </c>
       <c r="Q77" t="inlineStr">
         <is>
           <t>D33057</t>
         </is>
       </c>
       <c r="R77" t="n">
-        <v>77</v>
+        <v>76</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="n">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="B78" t="inlineStr">
         <is>
           <t>手錶</t>
         </is>
       </c>
       <c r="C78" t="inlineStr">
         <is>
           <t>W</t>
         </is>
       </c>
       <c r="D78" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E78" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F78" t="inlineStr">
         <is>
-          <t>Apple Watch 5 Hermès（GPS + 行動網路）</t>
+          <t>Apple Watch Hermès（GPS + 行動網路）</t>
         </is>
       </c>
       <c r="G78" t="inlineStr">
         <is>
-          <t>S5HLS</t>
+          <t>S4HLS</t>
         </is>
       </c>
       <c r="H78" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I78" t="inlineStr"/>
       <c r="J78" t="inlineStr">
         <is>
-          <t>WAPS5HLS</t>
+          <t>WAPS4HLS</t>
         </is>
       </c>
       <c r="K78" t="inlineStr">
         <is>
           <t>40mm/44mm</t>
         </is>
       </c>
       <c r="L78" t="inlineStr">
         <is>
           <t>尺寸</t>
         </is>
       </c>
       <c r="M78" t="inlineStr">
         <is>
-          <t>太空灰色/銀色</t>
+          <t>太空灰色</t>
         </is>
       </c>
       <c r="N78" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O78" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
       <c r="P78" t="inlineStr">
         <is>
-          <t>A2156：CCAI194G0260T9 A2157：CCAI194G0250T6</t>
+          <t>A2007：CCAI184G0140T4 A2008：CCAI184G0150T7</t>
         </is>
       </c>
       <c r="Q78" t="inlineStr">
         <is>
           <t>D33057</t>
         </is>
       </c>
       <c r="R78" t="n">
-        <v>78</v>
+        <v>77</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="n">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="B79" t="inlineStr">
         <is>
           <t>手錶</t>
         </is>
       </c>
       <c r="C79" t="inlineStr">
         <is>
           <t>W</t>
         </is>
       </c>
       <c r="D79" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E79" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F79" t="inlineStr">
         <is>
-          <t>Apple Watch 5 Edition（GPS + 行動網路）鈦金屬</t>
+          <t>Apple Watch Series 5（GPS）</t>
         </is>
       </c>
       <c r="G79" t="inlineStr">
         <is>
-          <t>S5ELT</t>
+          <t>S5XGA</t>
         </is>
       </c>
       <c r="H79" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I79" t="inlineStr"/>
       <c r="J79" t="inlineStr">
         <is>
-          <t>WAPS5ELT</t>
+          <t>WAPS5XGA</t>
         </is>
       </c>
       <c r="K79" t="inlineStr">
         <is>
           <t>40mm/44mm</t>
         </is>
       </c>
       <c r="L79" t="inlineStr">
         <is>
           <t>尺寸</t>
         </is>
       </c>
       <c r="M79" t="inlineStr">
         <is>
-          <t>深色/淺色</t>
+          <t>太空灰色/金色/銀色</t>
         </is>
       </c>
       <c r="N79" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O79" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
       <c r="P79" t="inlineStr">
         <is>
-          <t>A2156：CCAI194G0260T9 A2157：CCAI194G0250T6</t>
+          <t>A2092：CCAI19LP1780T7 A2093：CCAI19LP1790T0</t>
         </is>
       </c>
       <c r="Q79" t="inlineStr">
         <is>
           <t>D33057</t>
         </is>
       </c>
       <c r="R79" t="n">
-        <v>79</v>
+        <v>78</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="n">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="B80" t="inlineStr">
         <is>
           <t>手錶</t>
         </is>
       </c>
       <c r="C80" t="inlineStr">
         <is>
           <t>W</t>
         </is>
       </c>
       <c r="D80" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E80" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F80" t="inlineStr">
         <is>
-          <t>Apple Watch 5 Edition（GPS + 行動網路）精密陶瓷</t>
+          <t>Apple Watch 5 Nike（GPS）</t>
         </is>
       </c>
       <c r="G80" t="inlineStr">
         <is>
-          <t>S5ELC</t>
+          <t>S5NGA</t>
         </is>
       </c>
       <c r="H80" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I80" t="inlineStr"/>
       <c r="J80" t="inlineStr">
         <is>
-          <t>WAPS5ELC</t>
+          <t>WAPS5NGA</t>
         </is>
       </c>
       <c r="K80" t="inlineStr">
         <is>
           <t>40mm/44mm</t>
         </is>
       </c>
       <c r="L80" t="inlineStr">
         <is>
           <t>尺寸</t>
         </is>
       </c>
       <c r="M80" t="inlineStr">
         <is>
-          <t>白色</t>
+          <t>太空灰色/銀色</t>
         </is>
       </c>
       <c r="N80" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O80" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
       <c r="P80" t="inlineStr">
         <is>
-          <t>A2156：CCAI194G0260T9 A2157：CCAI194G0250T6</t>
+          <t>A2092：CCAI19LP1780T7 A2093：CCAI19LP1790T0</t>
         </is>
       </c>
       <c r="Q80" t="inlineStr">
         <is>
           <t>D33057</t>
         </is>
       </c>
       <c r="R80" t="n">
-        <v>80</v>
+        <v>79</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="n">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="B81" t="inlineStr">
         <is>
           <t>手錶</t>
         </is>
       </c>
       <c r="C81" t="inlineStr">
         <is>
           <t>W</t>
         </is>
       </c>
       <c r="D81" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E81" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F81" t="inlineStr">
         <is>
-          <t>Apple Watch SE（GPS）</t>
+          <t>Apple Watch Series 5（GPS + 行動網路）鋁金屬</t>
         </is>
       </c>
       <c r="G81" t="inlineStr">
         <is>
-          <t>SE1GA</t>
+          <t>S5XLA</t>
         </is>
       </c>
       <c r="H81" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I81" t="inlineStr"/>
       <c r="J81" t="inlineStr">
         <is>
-          <t>WAPSE1GA</t>
+          <t>WAPS5XLA</t>
         </is>
       </c>
       <c r="K81" t="inlineStr">
         <is>
           <t>40mm/44mm</t>
         </is>
       </c>
       <c r="L81" t="inlineStr">
         <is>
           <t>尺寸</t>
         </is>
       </c>
       <c r="M81" t="inlineStr">
         <is>
           <t>太空灰色/金色/銀色</t>
         </is>
       </c>
       <c r="N81" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O81" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
       <c r="P81" t="inlineStr">
         <is>
-          <t>A2351：CCAI20LP1850T4 A2352：CCAI20LP1860T7</t>
+          <t>A2156：CCAI194G0260T9 A2157：CCAI194G0250T6</t>
         </is>
       </c>
       <c r="Q81" t="inlineStr">
         <is>
           <t>D33057</t>
         </is>
       </c>
       <c r="R81" t="n">
-        <v>81</v>
+        <v>80</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="n">
-        <v>72</v>
+        <v>66</v>
       </c>
       <c r="B82" t="inlineStr">
         <is>
           <t>手錶</t>
         </is>
       </c>
       <c r="C82" t="inlineStr">
         <is>
           <t>W</t>
         </is>
       </c>
       <c r="D82" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E82" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F82" t="inlineStr">
         <is>
-          <t>Apple Watch SE Nike（GPS）</t>
+          <t>Apple Watch 5 Nike（GPS + 行動網路）</t>
         </is>
       </c>
       <c r="G82" t="inlineStr">
         <is>
-          <t>SENGA</t>
+          <t>S5NLA</t>
         </is>
       </c>
       <c r="H82" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I82" t="inlineStr"/>
       <c r="J82" t="inlineStr">
         <is>
-          <t>WAPSENGA</t>
+          <t>WAPS5NLA</t>
         </is>
       </c>
       <c r="K82" t="inlineStr">
         <is>
           <t>40mm/44mm</t>
         </is>
       </c>
       <c r="L82" t="inlineStr">
         <is>
           <t>尺寸</t>
         </is>
       </c>
       <c r="M82" t="inlineStr">
         <is>
-          <t>太空灰色/銀色</t>
+          <t>午夜色/星光色</t>
         </is>
       </c>
       <c r="N82" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O82" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
       <c r="P82" t="inlineStr">
         <is>
-          <t>A2351：CCAI20LP1850T4 A2352：CCAI20LP1860T7</t>
+          <t>A2156：CCAI194G0260T9 A2157：CCAI194G0250T6</t>
         </is>
       </c>
       <c r="Q82" t="inlineStr">
         <is>
           <t>D33057</t>
         </is>
       </c>
       <c r="R82" t="n">
-        <v>82</v>
+        <v>81</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="n">
-        <v>73</v>
+        <v>67</v>
       </c>
       <c r="B83" t="inlineStr">
         <is>
           <t>手錶</t>
         </is>
       </c>
       <c r="C83" t="inlineStr">
         <is>
           <t>W</t>
         </is>
       </c>
       <c r="D83" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E83" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F83" t="inlineStr">
         <is>
-          <t>Apple Watch SE（GPS + 行動網路）鋁金屬</t>
+          <t>Apple Watch Series 5（GPS + 行動網路）不鏽鋼</t>
         </is>
       </c>
       <c r="G83" t="inlineStr">
         <is>
-          <t>SE1LS</t>
+          <t>S5XLS</t>
         </is>
       </c>
       <c r="H83" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I83" t="inlineStr"/>
       <c r="J83" t="inlineStr">
         <is>
+          <t>WAPS5XLS</t>
+        </is>
+      </c>
+      <c r="K83" t="inlineStr">
+        <is>
+          <t>40mm/44mm</t>
+        </is>
+      </c>
+      <c r="L83" t="inlineStr">
+        <is>
+          <t>尺寸</t>
+        </is>
+      </c>
+      <c r="M83" t="inlineStr">
+        <is>
+          <t>太空灰色/金色/銀色</t>
+        </is>
+      </c>
+      <c r="N83" t="inlineStr">
+        <is>
+          <t>顏色</t>
+        </is>
+      </c>
+      <c r="O83" t="inlineStr">
+        <is>
+          <t>AC</t>
+        </is>
+      </c>
+      <c r="P83" t="inlineStr">
+        <is>
+          <t>A2156：CCAI194G0260T9 A2157：CCAI194G0250T6</t>
+        </is>
+      </c>
+      <c r="Q83" t="inlineStr">
+        <is>
+          <t>D33057</t>
+        </is>
+      </c>
+      <c r="R83" t="n">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" t="n">
+        <v>68</v>
+      </c>
+      <c r="B84" t="inlineStr">
+        <is>
+          <t>手錶</t>
+        </is>
+      </c>
+      <c r="C84" t="inlineStr">
+        <is>
+          <t>W</t>
+        </is>
+      </c>
+      <c r="D84" t="inlineStr">
+        <is>
+          <t>Apple</t>
+        </is>
+      </c>
+      <c r="E84" t="inlineStr">
+        <is>
+          <t>AP</t>
+        </is>
+      </c>
+      <c r="F84" t="inlineStr">
+        <is>
+          <t>Apple Watch 5 Hermès（GPS + 行動網路）</t>
+        </is>
+      </c>
+      <c r="G84" t="inlineStr">
+        <is>
+          <t>S5HLS</t>
+        </is>
+      </c>
+      <c r="H84" t="inlineStr">
+        <is>
+          <t>型號關鍵字命名</t>
+        </is>
+      </c>
+      <c r="I84" t="inlineStr"/>
+      <c r="J84" t="inlineStr">
+        <is>
+          <t>WAPS5HLS</t>
+        </is>
+      </c>
+      <c r="K84" t="inlineStr">
+        <is>
+          <t>40mm/44mm</t>
+        </is>
+      </c>
+      <c r="L84" t="inlineStr">
+        <is>
+          <t>尺寸</t>
+        </is>
+      </c>
+      <c r="M84" t="inlineStr">
+        <is>
+          <t>太空灰色/銀色</t>
+        </is>
+      </c>
+      <c r="N84" t="inlineStr">
+        <is>
+          <t>顏色</t>
+        </is>
+      </c>
+      <c r="O84" t="inlineStr">
+        <is>
+          <t>AC</t>
+        </is>
+      </c>
+      <c r="P84" t="inlineStr">
+        <is>
+          <t>A2156：CCAI194G0260T9 A2157：CCAI194G0250T6</t>
+        </is>
+      </c>
+      <c r="Q84" t="inlineStr">
+        <is>
+          <t>D33057</t>
+        </is>
+      </c>
+      <c r="R84" t="n">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" t="n">
+        <v>69</v>
+      </c>
+      <c r="B85" t="inlineStr">
+        <is>
+          <t>手錶</t>
+        </is>
+      </c>
+      <c r="C85" t="inlineStr">
+        <is>
+          <t>W</t>
+        </is>
+      </c>
+      <c r="D85" t="inlineStr">
+        <is>
+          <t>Apple</t>
+        </is>
+      </c>
+      <c r="E85" t="inlineStr">
+        <is>
+          <t>AP</t>
+        </is>
+      </c>
+      <c r="F85" t="inlineStr">
+        <is>
+          <t>Apple Watch 5 Edition（GPS + 行動網路）鈦金屬</t>
+        </is>
+      </c>
+      <c r="G85" t="inlineStr">
+        <is>
+          <t>S5ELT</t>
+        </is>
+      </c>
+      <c r="H85" t="inlineStr">
+        <is>
+          <t>型號關鍵字命名</t>
+        </is>
+      </c>
+      <c r="I85" t="inlineStr"/>
+      <c r="J85" t="inlineStr">
+        <is>
+          <t>WAPS5ELT</t>
+        </is>
+      </c>
+      <c r="K85" t="inlineStr">
+        <is>
+          <t>40mm/44mm</t>
+        </is>
+      </c>
+      <c r="L85" t="inlineStr">
+        <is>
+          <t>尺寸</t>
+        </is>
+      </c>
+      <c r="M85" t="inlineStr">
+        <is>
+          <t>深色/淺色</t>
+        </is>
+      </c>
+      <c r="N85" t="inlineStr">
+        <is>
+          <t>顏色</t>
+        </is>
+      </c>
+      <c r="O85" t="inlineStr">
+        <is>
+          <t>AC</t>
+        </is>
+      </c>
+      <c r="P85" t="inlineStr">
+        <is>
+          <t>A2156：CCAI194G0260T9 A2157：CCAI194G0250T6</t>
+        </is>
+      </c>
+      <c r="Q85" t="inlineStr">
+        <is>
+          <t>D33057</t>
+        </is>
+      </c>
+      <c r="R85" t="n">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" t="n">
+        <v>70</v>
+      </c>
+      <c r="B86" t="inlineStr">
+        <is>
+          <t>手錶</t>
+        </is>
+      </c>
+      <c r="C86" t="inlineStr">
+        <is>
+          <t>W</t>
+        </is>
+      </c>
+      <c r="D86" t="inlineStr">
+        <is>
+          <t>Apple</t>
+        </is>
+      </c>
+      <c r="E86" t="inlineStr">
+        <is>
+          <t>AP</t>
+        </is>
+      </c>
+      <c r="F86" t="inlineStr">
+        <is>
+          <t>Apple Watch 5 Edition（GPS + 行動網路）精密陶瓷</t>
+        </is>
+      </c>
+      <c r="G86" t="inlineStr">
+        <is>
+          <t>S5ELC</t>
+        </is>
+      </c>
+      <c r="H86" t="inlineStr">
+        <is>
+          <t>型號關鍵字命名</t>
+        </is>
+      </c>
+      <c r="I86" t="inlineStr"/>
+      <c r="J86" t="inlineStr">
+        <is>
+          <t>WAPS5ELC</t>
+        </is>
+      </c>
+      <c r="K86" t="inlineStr">
+        <is>
+          <t>40mm/44mm</t>
+        </is>
+      </c>
+      <c r="L86" t="inlineStr">
+        <is>
+          <t>尺寸</t>
+        </is>
+      </c>
+      <c r="M86" t="inlineStr">
+        <is>
+          <t>白色</t>
+        </is>
+      </c>
+      <c r="N86" t="inlineStr">
+        <is>
+          <t>顏色</t>
+        </is>
+      </c>
+      <c r="O86" t="inlineStr">
+        <is>
+          <t>AC</t>
+        </is>
+      </c>
+      <c r="P86" t="inlineStr">
+        <is>
+          <t>A2156：CCAI194G0260T9 A2157：CCAI194G0250T6</t>
+        </is>
+      </c>
+      <c r="Q86" t="inlineStr">
+        <is>
+          <t>D33057</t>
+        </is>
+      </c>
+      <c r="R86" t="n">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" t="n">
+        <v>71</v>
+      </c>
+      <c r="B87" t="inlineStr">
+        <is>
+          <t>手錶</t>
+        </is>
+      </c>
+      <c r="C87" t="inlineStr">
+        <is>
+          <t>W</t>
+        </is>
+      </c>
+      <c r="D87" t="inlineStr">
+        <is>
+          <t>Apple</t>
+        </is>
+      </c>
+      <c r="E87" t="inlineStr">
+        <is>
+          <t>AP</t>
+        </is>
+      </c>
+      <c r="F87" t="inlineStr">
+        <is>
+          <t>Apple Watch SE（GPS）</t>
+        </is>
+      </c>
+      <c r="G87" t="inlineStr">
+        <is>
+          <t>SE1GA</t>
+        </is>
+      </c>
+      <c r="H87" t="inlineStr">
+        <is>
+          <t>型號關鍵字命名</t>
+        </is>
+      </c>
+      <c r="I87" t="inlineStr"/>
+      <c r="J87" t="inlineStr">
+        <is>
+          <t>WAPSE1GA</t>
+        </is>
+      </c>
+      <c r="K87" t="inlineStr">
+        <is>
+          <t>40mm/44mm</t>
+        </is>
+      </c>
+      <c r="L87" t="inlineStr">
+        <is>
+          <t>尺寸</t>
+        </is>
+      </c>
+      <c r="M87" t="inlineStr">
+        <is>
+          <t>太空灰色/金色/銀色</t>
+        </is>
+      </c>
+      <c r="N87" t="inlineStr">
+        <is>
+          <t>顏色</t>
+        </is>
+      </c>
+      <c r="O87" t="inlineStr">
+        <is>
+          <t>AC</t>
+        </is>
+      </c>
+      <c r="P87" t="inlineStr">
+        <is>
+          <t>A2351：CCAI20LP1850T4 A2352：CCAI20LP1860T7</t>
+        </is>
+      </c>
+      <c r="Q87" t="inlineStr">
+        <is>
+          <t>D33057</t>
+        </is>
+      </c>
+      <c r="R87" t="n">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" t="n">
+        <v>72</v>
+      </c>
+      <c r="B88" t="inlineStr">
+        <is>
+          <t>手錶</t>
+        </is>
+      </c>
+      <c r="C88" t="inlineStr">
+        <is>
+          <t>W</t>
+        </is>
+      </c>
+      <c r="D88" t="inlineStr">
+        <is>
+          <t>Apple</t>
+        </is>
+      </c>
+      <c r="E88" t="inlineStr">
+        <is>
+          <t>AP</t>
+        </is>
+      </c>
+      <c r="F88" t="inlineStr">
+        <is>
+          <t>Apple Watch SE Nike（GPS）</t>
+        </is>
+      </c>
+      <c r="G88" t="inlineStr">
+        <is>
+          <t>SENGA</t>
+        </is>
+      </c>
+      <c r="H88" t="inlineStr">
+        <is>
+          <t>型號關鍵字命名</t>
+        </is>
+      </c>
+      <c r="I88" t="inlineStr"/>
+      <c r="J88" t="inlineStr">
+        <is>
+          <t>WAPSENGA</t>
+        </is>
+      </c>
+      <c r="K88" t="inlineStr">
+        <is>
+          <t>40mm/44mm</t>
+        </is>
+      </c>
+      <c r="L88" t="inlineStr">
+        <is>
+          <t>尺寸</t>
+        </is>
+      </c>
+      <c r="M88" t="inlineStr">
+        <is>
+          <t>太空灰色/銀色</t>
+        </is>
+      </c>
+      <c r="N88" t="inlineStr">
+        <is>
+          <t>顏色</t>
+        </is>
+      </c>
+      <c r="O88" t="inlineStr">
+        <is>
+          <t>AC</t>
+        </is>
+      </c>
+      <c r="P88" t="inlineStr">
+        <is>
+          <t>A2351：CCAI20LP1850T4 A2352：CCAI20LP1860T7</t>
+        </is>
+      </c>
+      <c r="Q88" t="inlineStr">
+        <is>
+          <t>D33057</t>
+        </is>
+      </c>
+      <c r="R88" t="n">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" t="n">
+        <v>73</v>
+      </c>
+      <c r="B89" t="inlineStr">
+        <is>
+          <t>手錶</t>
+        </is>
+      </c>
+      <c r="C89" t="inlineStr">
+        <is>
+          <t>W</t>
+        </is>
+      </c>
+      <c r="D89" t="inlineStr">
+        <is>
+          <t>Apple</t>
+        </is>
+      </c>
+      <c r="E89" t="inlineStr">
+        <is>
+          <t>AP</t>
+        </is>
+      </c>
+      <c r="F89" t="inlineStr">
+        <is>
+          <t>Apple Watch SE（GPS + 行動網路）鋁金屬</t>
+        </is>
+      </c>
+      <c r="G89" t="inlineStr">
+        <is>
+          <t>SE1LS</t>
+        </is>
+      </c>
+      <c r="H89" t="inlineStr">
+        <is>
+          <t>型號關鍵字命名</t>
+        </is>
+      </c>
+      <c r="I89" t="inlineStr"/>
+      <c r="J89" t="inlineStr">
+        <is>
           <t>WAPSE1LS</t>
         </is>
       </c>
-      <c r="K83" t="inlineStr">
+      <c r="K89" t="inlineStr">
         <is>
           <t>40mm/44mm</t>
         </is>
       </c>
-      <c r="L83" t="inlineStr">
+      <c r="L89" t="inlineStr">
         <is>
           <t>尺寸</t>
         </is>
       </c>
-      <c r="M83" t="inlineStr">
+      <c r="M89" t="inlineStr">
         <is>
           <t>太空灰色/金色/銀色</t>
         </is>
       </c>
-      <c r="N83" t="inlineStr">
-[...4 lines deleted...]
-      <c r="O83" t="inlineStr">
+      <c r="N89" t="inlineStr">
+        <is>
+          <t>顏色</t>
+        </is>
+      </c>
+      <c r="O89" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
-      <c r="P83" t="inlineStr">
+      <c r="P89" t="inlineStr">
         <is>
           <t>A2355：CCAI204G0330T6
 A2356：CCAI204G0340T9</t>
         </is>
       </c>
-      <c r="Q83" t="inlineStr">
+      <c r="Q89" t="inlineStr">
         <is>
           <t>D33057</t>
         </is>
       </c>
-      <c r="R83" t="n">
-[...4 lines deleted...]
-      <c r="A84" t="n">
+      <c r="R89" t="n">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" t="n">
         <v>74</v>
       </c>
-      <c r="B84" t="inlineStr">
+      <c r="B90" t="inlineStr">
         <is>
           <t>手錶</t>
         </is>
       </c>
-      <c r="C84" t="inlineStr">
+      <c r="C90" t="inlineStr">
         <is>
           <t>W</t>
         </is>
       </c>
-      <c r="D84" t="inlineStr">
+      <c r="D90" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
-      <c r="E84" t="inlineStr">
+      <c r="E90" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
-      <c r="F84" t="inlineStr">
+      <c r="F90" t="inlineStr">
         <is>
           <t>Apple Watch SE Nike（GPS + 行動網路）</t>
         </is>
       </c>
-      <c r="G84" t="inlineStr">
+      <c r="G90" t="inlineStr">
         <is>
           <t>SENLA</t>
         </is>
       </c>
-      <c r="H84" t="inlineStr">
+      <c r="H90" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
-      <c r="I84" t="inlineStr"/>
-      <c r="J84" t="inlineStr">
+      <c r="I90" t="inlineStr"/>
+      <c r="J90" t="inlineStr">
         <is>
           <t>WAPSENLA</t>
         </is>
       </c>
-      <c r="K84" t="inlineStr">
+      <c r="K90" t="inlineStr">
         <is>
           <t>40mm/44mm</t>
         </is>
       </c>
-      <c r="L84" t="inlineStr">
+      <c r="L90" t="inlineStr">
         <is>
           <t>尺寸</t>
         </is>
       </c>
-      <c r="M84" t="inlineStr">
+      <c r="M90" t="inlineStr">
         <is>
           <t>太空灰色/銀色</t>
         </is>
       </c>
-      <c r="N84" t="inlineStr">
-[...4 lines deleted...]
-      <c r="O84" t="inlineStr">
+      <c r="N90" t="inlineStr">
+        <is>
+          <t>顏色</t>
+        </is>
+      </c>
+      <c r="O90" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
-      <c r="P84" t="inlineStr">
+      <c r="P90" t="inlineStr">
         <is>
           <t>A2355：CCAI204G0330T6
 A2356：CCAI204G0340T9</t>
         </is>
       </c>
-      <c r="Q84" t="inlineStr">
+      <c r="Q90" t="inlineStr">
         <is>
           <t>D33057</t>
         </is>
       </c>
-      <c r="R84" t="n">
-[...419 lines deleted...]
-      <c r="R89" t="n">
+      <c r="R90" t="n">
         <v>89</v>
-      </c>
-[...82 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="n">
-        <v>81</v>
+        <v>75</v>
       </c>
       <c r="B91" t="inlineStr">
         <is>
           <t>手錶</t>
         </is>
       </c>
       <c r="C91" t="inlineStr">
         <is>
           <t>W</t>
         </is>
       </c>
       <c r="D91" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E91" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F91" t="inlineStr">
         <is>
-          <t>Apple Watch 6 Edition（GPS + 行動網路）鈦金屬</t>
+          <t>Apple Watch Series 6（GPS）</t>
         </is>
       </c>
       <c r="G91" t="inlineStr">
         <is>
-          <t>S6HLT</t>
+          <t>S6XGA</t>
         </is>
       </c>
       <c r="H91" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I91" t="inlineStr"/>
       <c r="J91" t="inlineStr">
         <is>
-          <t>WAPS6HLT</t>
+          <t>WAPS6XGA</t>
         </is>
       </c>
       <c r="K91" t="inlineStr">
         <is>
           <t>40mm/44mm</t>
         </is>
       </c>
       <c r="L91" t="inlineStr">
         <is>
           <t>尺寸</t>
         </is>
       </c>
       <c r="M91" t="inlineStr">
         <is>
-          <t>太空灰色/銀色</t>
+          <t>太空灰色/金色/銀色/紅色/藍色</t>
         </is>
       </c>
       <c r="N91" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O91" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
       <c r="P91" t="inlineStr">
         <is>
-          <t>A2375：CCAI204G0350T2 A2376：CCAI204G0320T3</t>
+          <t>A2291：CCAI20LP1830T1 A2292：CCAI20LP1840T1</t>
         </is>
       </c>
       <c r="Q91" t="inlineStr">
         <is>
           <t>D33057</t>
         </is>
       </c>
       <c r="R91" t="n">
-        <v>91</v>
+        <v>90</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="n">
-        <v>82</v>
+        <v>76</v>
       </c>
       <c r="B92" t="inlineStr">
         <is>
           <t>手錶</t>
         </is>
       </c>
       <c r="C92" t="inlineStr">
         <is>
           <t>W</t>
         </is>
       </c>
       <c r="D92" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E92" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F92" t="inlineStr">
         <is>
-          <t>Apple Watch Series 7（GPS）</t>
+          <t>Apple Watch 6 Nike（GPS）</t>
         </is>
       </c>
       <c r="G92" t="inlineStr">
         <is>
-          <t>S7XGA</t>
+          <t>S6NGA</t>
         </is>
       </c>
       <c r="H92" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I92" t="inlineStr"/>
       <c r="J92" t="inlineStr">
         <is>
-          <t>WAPS7XGA</t>
+          <t>WAPS6NGA</t>
         </is>
       </c>
       <c r="K92" t="inlineStr">
         <is>
-          <t>41mm/45mm</t>
+          <t>40mm/44mm</t>
         </is>
       </c>
       <c r="L92" t="inlineStr">
         <is>
           <t>尺寸</t>
         </is>
       </c>
       <c r="M92" t="inlineStr">
         <is>
-          <t>午夜色/星光色/綠色/藍色/紅色</t>
+          <t>太空灰色/銀色</t>
         </is>
       </c>
       <c r="N92" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O92" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
       <c r="P92" t="inlineStr">
         <is>
-          <t>A2473：CCAI21LP1310T6 A2474：CCAI21LP1300T3</t>
+          <t>A2291：CCAI20LP1830T1 A2292：CCAI20LP1840T1</t>
         </is>
       </c>
       <c r="Q92" t="inlineStr">
         <is>
           <t>D33057</t>
         </is>
       </c>
       <c r="R92" t="n">
-        <v>92</v>
+        <v>91</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="n">
-        <v>83</v>
+        <v>77</v>
       </c>
       <c r="B93" t="inlineStr">
         <is>
           <t>手錶</t>
         </is>
       </c>
       <c r="C93" t="inlineStr">
         <is>
           <t>W</t>
         </is>
       </c>
       <c r="D93" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E93" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F93" t="inlineStr">
         <is>
-          <t>Apple Watch 7 Nike（GPS）</t>
+          <t>Apple Watch Series 6（GPS + 行動網路）鋁金屬</t>
         </is>
       </c>
       <c r="G93" t="inlineStr">
         <is>
-          <t>S7NGA</t>
+          <t>S6XLA</t>
         </is>
       </c>
       <c r="H93" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I93" t="inlineStr"/>
       <c r="J93" t="inlineStr">
         <is>
-          <t>WAPS7NGA</t>
+          <t>WAPS6XLA</t>
         </is>
       </c>
       <c r="K93" t="inlineStr">
         <is>
-          <t>41mm/45mm</t>
+          <t>40mm/44mm</t>
         </is>
       </c>
       <c r="L93" t="inlineStr">
         <is>
           <t>尺寸</t>
         </is>
       </c>
       <c r="M93" t="inlineStr">
         <is>
-          <t>午夜色/星光色</t>
+          <t>太空灰色/金色/銀色/紅色/藍色</t>
         </is>
       </c>
       <c r="N93" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O93" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
       <c r="P93" t="inlineStr">
         <is>
-          <t>A2473：CCAI21LP1310T6 A2474：CCAI21LP1300T3</t>
+          <t>A2375：CCAI204G0350T2 A2376：CCAI204G0320T3</t>
         </is>
       </c>
       <c r="Q93" t="inlineStr">
         <is>
           <t>D33057</t>
         </is>
       </c>
       <c r="R93" t="n">
-        <v>93</v>
+        <v>92</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="n">
-        <v>84</v>
+        <v>78</v>
       </c>
       <c r="B94" t="inlineStr">
         <is>
           <t>手錶</t>
         </is>
       </c>
       <c r="C94" t="inlineStr">
         <is>
           <t>W</t>
         </is>
       </c>
       <c r="D94" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E94" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F94" t="inlineStr">
         <is>
-          <t>Apple Watch Series 7（GPS + 行動網路）鋁金屬</t>
+          <t>Apple Watch 6 Nike（GPS + 行動網路）</t>
         </is>
       </c>
       <c r="G94" t="inlineStr">
         <is>
-          <t>S7XLA</t>
+          <t>S6NLA</t>
         </is>
       </c>
       <c r="H94" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I94" t="inlineStr"/>
       <c r="J94" t="inlineStr">
         <is>
-          <t>WAPS7XLA</t>
+          <t>WAPS6NLA</t>
         </is>
       </c>
       <c r="K94" t="inlineStr">
         <is>
-          <t>41mm/45mm</t>
+          <t>40mm/44mm</t>
         </is>
       </c>
       <c r="L94" t="inlineStr">
         <is>
           <t>尺寸</t>
         </is>
       </c>
       <c r="M94" t="inlineStr">
         <is>
-          <t>午夜色/星光色/綠色/藍色/紅色</t>
+          <t>太空灰色/銀色</t>
         </is>
       </c>
       <c r="N94" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O94" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
       <c r="P94" t="inlineStr">
         <is>
-          <t>A2476：CCAI214G0140T9 A2478：CCAI214G0150T2</t>
+          <t>A2375：CCAI204G0350T2 A2376：CCAI204G0320T3</t>
         </is>
       </c>
       <c r="Q94" t="inlineStr">
         <is>
           <t>D33057</t>
         </is>
       </c>
       <c r="R94" t="n">
-        <v>94</v>
+        <v>93</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="n">
-        <v>85</v>
+        <v>79</v>
       </c>
       <c r="B95" t="inlineStr">
         <is>
           <t>手錶</t>
         </is>
       </c>
       <c r="C95" t="inlineStr">
         <is>
           <t>W</t>
         </is>
       </c>
       <c r="D95" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E95" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F95" t="inlineStr">
         <is>
-          <t>Apple Watch 7 Nike（GPS + 行動網路）</t>
+          <t>Apple Watch Series 6（GPS + 行動網路）不鏽鋼</t>
         </is>
       </c>
       <c r="G95" t="inlineStr">
         <is>
-          <t>S7NLA</t>
+          <t>S6ZLS</t>
         </is>
       </c>
       <c r="H95" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I95" t="inlineStr"/>
       <c r="J95" t="inlineStr">
         <is>
-          <t>WAPS7NLA</t>
+          <t>WAPS6ZLS</t>
         </is>
       </c>
       <c r="K95" t="inlineStr">
         <is>
-          <t>41mm/45mm</t>
+          <t>40mm/44mm</t>
         </is>
       </c>
       <c r="L95" t="inlineStr">
         <is>
           <t>尺寸</t>
         </is>
       </c>
       <c r="M95" t="inlineStr">
         <is>
-          <t>午夜色/星光色</t>
+          <t>石墨色/金色/銀色</t>
         </is>
       </c>
       <c r="N95" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O95" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
       <c r="P95" t="inlineStr">
         <is>
-          <t>A2476：CCAI214G0140T9 A2478：CCAI214G0150T2</t>
+          <t>A2375：CCAI204G0350T2 A2376：CCAI204G0320T3</t>
         </is>
       </c>
       <c r="Q95" t="inlineStr">
         <is>
           <t>D33057</t>
         </is>
       </c>
       <c r="R95" t="n">
-        <v>95</v>
+        <v>94</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="n">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="B96" t="inlineStr">
         <is>
           <t>手錶</t>
         </is>
       </c>
       <c r="C96" t="inlineStr">
         <is>
           <t>W</t>
         </is>
       </c>
       <c r="D96" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E96" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F96" t="inlineStr">
         <is>
-          <t>Apple Watch Series 7（GPS + 行動網路）不鏽鋼</t>
+          <t>Apple Watch 6 Hermès（GPS + 行動網路）</t>
         </is>
       </c>
       <c r="G96" t="inlineStr">
         <is>
-          <t>S7XLS</t>
+          <t>S6HLA</t>
         </is>
       </c>
       <c r="H96" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I96" t="inlineStr"/>
       <c r="J96" t="inlineStr">
         <is>
-          <t>WAPS7XLS</t>
+          <t>WAPS6HLA</t>
         </is>
       </c>
       <c r="K96" t="inlineStr">
         <is>
-          <t>41mm/45mm</t>
+          <t>40mm/44mm</t>
         </is>
       </c>
       <c r="L96" t="inlineStr">
         <is>
           <t>尺寸</t>
         </is>
       </c>
       <c r="M96" t="inlineStr">
         <is>
-          <t>石墨色/金色/銀色</t>
+          <t>太空灰色/銀色</t>
         </is>
       </c>
       <c r="N96" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O96" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
       <c r="P96" t="inlineStr">
         <is>
-          <t>A2476：CCAI214G0140T9 A2478：CCAI214G0150T2</t>
+          <t>A2375：CCAI204G0350T2 A2376：CCAI204G0320T3</t>
         </is>
       </c>
       <c r="Q96" t="inlineStr">
         <is>
           <t>D33057</t>
         </is>
       </c>
       <c r="R96" t="n">
-        <v>96</v>
+        <v>95</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="n">
-        <v>87</v>
+        <v>81</v>
       </c>
       <c r="B97" t="inlineStr">
         <is>
           <t>手錶</t>
         </is>
       </c>
       <c r="C97" t="inlineStr">
         <is>
           <t>W</t>
         </is>
       </c>
       <c r="D97" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E97" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F97" t="inlineStr">
         <is>
-          <t>Apple Watch 7 Hermès（GPS + 行動網路）</t>
+          <t>Apple Watch 6 Edition（GPS + 行動網路）鈦金屬</t>
         </is>
       </c>
       <c r="G97" t="inlineStr">
         <is>
-          <t>S7HLA</t>
+          <t>S6HLT</t>
         </is>
       </c>
       <c r="H97" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I97" t="inlineStr"/>
       <c r="J97" t="inlineStr">
         <is>
-          <t>WAPS7HLA</t>
+          <t>WAPS6HLT</t>
         </is>
       </c>
       <c r="K97" t="inlineStr">
         <is>
-          <t>41mm/45mm</t>
+          <t>40mm/44mm</t>
         </is>
       </c>
       <c r="L97" t="inlineStr">
         <is>
           <t>尺寸</t>
         </is>
       </c>
       <c r="M97" t="inlineStr">
         <is>
           <t>太空灰色/銀色</t>
         </is>
       </c>
       <c r="N97" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O97" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
       <c r="P97" t="inlineStr">
         <is>
-          <t>A2476：CCAI214G0140T9 A2478：CCAI214G0150T2</t>
+          <t>A2375：CCAI204G0350T2 A2376：CCAI204G0320T3</t>
         </is>
       </c>
       <c r="Q97" t="inlineStr">
         <is>
           <t>D33057</t>
         </is>
       </c>
       <c r="R97" t="n">
-        <v>97</v>
+        <v>96</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="n">
-        <v>88</v>
+        <v>82</v>
       </c>
       <c r="B98" t="inlineStr">
         <is>
           <t>手錶</t>
         </is>
       </c>
       <c r="C98" t="inlineStr">
         <is>
           <t>W</t>
         </is>
       </c>
       <c r="D98" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E98" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F98" t="inlineStr">
         <is>
-          <t>Apple Watch 7 Edition（GPS + 行動網路）鈦金屬</t>
+          <t>Apple Watch Series 7（GPS）</t>
         </is>
       </c>
       <c r="G98" t="inlineStr">
         <is>
-          <t>S7ELT</t>
+          <t>S7XGA</t>
         </is>
       </c>
       <c r="H98" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I98" t="inlineStr"/>
       <c r="J98" t="inlineStr">
         <is>
-          <t>WAPS7ELT</t>
+          <t>WAPS7XGA</t>
         </is>
       </c>
       <c r="K98" t="inlineStr">
         <is>
           <t>41mm/45mm</t>
         </is>
       </c>
       <c r="L98" t="inlineStr">
         <is>
           <t>尺寸</t>
         </is>
       </c>
       <c r="M98" t="inlineStr">
         <is>
-          <t>太空灰色/銀色</t>
+          <t>午夜色/星光色/綠色/藍色/紅色</t>
         </is>
       </c>
       <c r="N98" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O98" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
       <c r="P98" t="inlineStr">
         <is>
-          <t>A2476：CCAI214G0140T9 A2478：CCAI214G0150T2</t>
+          <t>A2473：CCAI21LP1310T6 A2474：CCAI21LP1300T3</t>
         </is>
       </c>
       <c r="Q98" t="inlineStr">
         <is>
           <t>D33057</t>
         </is>
       </c>
       <c r="R98" t="n">
-        <v>98</v>
+        <v>97</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="n">
-        <v>89</v>
+        <v>83</v>
       </c>
       <c r="B99" t="inlineStr">
         <is>
           <t>手錶</t>
         </is>
       </c>
       <c r="C99" t="inlineStr">
         <is>
           <t>W</t>
         </is>
       </c>
       <c r="D99" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E99" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F99" t="inlineStr">
         <is>
-          <t>Apple Watch SE（第 2 代）（GPS）</t>
+          <t>Apple Watch 7 Nike（GPS）</t>
         </is>
       </c>
       <c r="G99" t="inlineStr">
         <is>
-          <t>SE2GA</t>
+          <t>S7NGA</t>
         </is>
       </c>
       <c r="H99" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I99" t="inlineStr"/>
       <c r="J99" t="inlineStr">
         <is>
-          <t>WAPSE2GA</t>
+          <t>WAPS7NGA</t>
         </is>
       </c>
       <c r="K99" t="inlineStr">
         <is>
           <t>41mm/45mm</t>
         </is>
       </c>
       <c r="L99" t="inlineStr">
         <is>
           <t>尺寸</t>
         </is>
       </c>
       <c r="M99" t="inlineStr">
         <is>
-          <t>午夜色/星光色/銀色</t>
+          <t>午夜色/星光色</t>
         </is>
       </c>
       <c r="N99" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O99" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
       <c r="P99" t="inlineStr">
         <is>
-          <t>A2722：CCAI22LP0980T2 A2723：CCAI22LP0990T5</t>
+          <t>A2473：CCAI21LP1310T6 A2474：CCAI21LP1300T3</t>
         </is>
       </c>
       <c r="Q99" t="inlineStr">
         <is>
           <t>D33057</t>
         </is>
       </c>
       <c r="R99" t="n">
-        <v>99</v>
+        <v>98</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="n">
-        <v>90</v>
+        <v>84</v>
       </c>
       <c r="B100" t="inlineStr">
         <is>
           <t>手錶</t>
         </is>
       </c>
       <c r="C100" t="inlineStr">
         <is>
           <t>W</t>
         </is>
       </c>
       <c r="D100" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E100" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F100" t="inlineStr">
         <is>
-          <t>Apple Watch SE（第 2 代）（GPS + 行動網路）</t>
+          <t>Apple Watch Series 7（GPS + 行動網路）鋁金屬</t>
         </is>
       </c>
       <c r="G100" t="inlineStr">
         <is>
-          <t>SE2LA</t>
+          <t>S7XLA</t>
         </is>
       </c>
       <c r="H100" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I100" t="inlineStr"/>
       <c r="J100" t="inlineStr">
         <is>
-          <t>WAPSE2LA</t>
+          <t>WAPS7XLA</t>
         </is>
       </c>
       <c r="K100" t="inlineStr">
         <is>
           <t>41mm/45mm</t>
         </is>
       </c>
       <c r="L100" t="inlineStr">
         <is>
           <t>尺寸</t>
         </is>
       </c>
       <c r="M100" t="inlineStr">
         <is>
-          <t>午夜色/星光色/銀色</t>
+          <t>午夜色/星光色/綠色/藍色/紅色</t>
         </is>
       </c>
       <c r="N100" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O100" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
       <c r="P100" t="inlineStr">
         <is>
-          <t>A2724：CCAI224G0060T6 A2725：CCAI224G0050T3</t>
+          <t>A2476：CCAI214G0140T9 A2478：CCAI214G0150T2</t>
         </is>
       </c>
       <c r="Q100" t="inlineStr">
         <is>
           <t>D33057</t>
         </is>
       </c>
       <c r="R100" t="n">
-        <v>100</v>
+        <v>99</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="n">
-        <v>91</v>
+        <v>85</v>
       </c>
       <c r="B101" t="inlineStr">
         <is>
           <t>手錶</t>
         </is>
       </c>
       <c r="C101" t="inlineStr">
         <is>
           <t>W</t>
         </is>
       </c>
       <c r="D101" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E101" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F101" t="inlineStr">
         <is>
-          <t>Apple Watch Series 8（GPS）</t>
+          <t>Apple Watch 7 Nike（GPS + 行動網路）</t>
         </is>
       </c>
       <c r="G101" t="inlineStr">
         <is>
-          <t>S8XGA</t>
+          <t>S7NLA</t>
         </is>
       </c>
       <c r="H101" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I101" t="inlineStr"/>
       <c r="J101" t="inlineStr">
         <is>
-          <t>WAPS8XGA</t>
+          <t>WAPS7NLA</t>
         </is>
       </c>
       <c r="K101" t="inlineStr">
         <is>
           <t>41mm/45mm</t>
         </is>
       </c>
       <c r="L101" t="inlineStr">
         <is>
           <t>尺寸</t>
         </is>
       </c>
       <c r="M101" t="inlineStr">
         <is>
-          <t>午夜色/星光色/銀色/紅色</t>
+          <t>午夜色/星光色</t>
         </is>
       </c>
       <c r="N101" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O101" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
       <c r="P101" t="inlineStr">
         <is>
-          <t>A2770：CCAI22LP1000T2 A2771：CCAI22LP1010T2</t>
+          <t>A2476：CCAI214G0140T9 A2478：CCAI214G0150T2</t>
         </is>
       </c>
       <c r="Q101" t="inlineStr">
         <is>
           <t>D33057</t>
         </is>
       </c>
       <c r="R101" t="n">
-        <v>101</v>
+        <v>100</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="n">
-        <v>92</v>
+        <v>86</v>
       </c>
       <c r="B102" t="inlineStr">
         <is>
           <t>手錶</t>
         </is>
       </c>
       <c r="C102" t="inlineStr">
         <is>
           <t>W</t>
         </is>
       </c>
       <c r="D102" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E102" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F102" t="inlineStr">
         <is>
-          <t>Apple Watch Series 8（GPS + 行動網路）鋁金屬</t>
+          <t>Apple Watch Series 7（GPS + 行動網路）不鏽鋼</t>
         </is>
       </c>
       <c r="G102" t="inlineStr">
         <is>
-          <t>S8XLA</t>
+          <t>S7XLS</t>
         </is>
       </c>
       <c r="H102" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I102" t="inlineStr"/>
       <c r="J102" t="inlineStr">
         <is>
-          <t>WAPS8XLA</t>
+          <t>WAPS7XLS</t>
         </is>
       </c>
       <c r="K102" t="inlineStr">
         <is>
           <t>41mm/45mm</t>
         </is>
       </c>
       <c r="L102" t="inlineStr">
         <is>
           <t>尺寸</t>
         </is>
       </c>
       <c r="M102" t="inlineStr">
         <is>
-          <t>午夜色/星光色/銀色/紅色</t>
+          <t>石墨色/金色/銀色</t>
         </is>
       </c>
       <c r="N102" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O102" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
       <c r="P102" t="inlineStr">
         <is>
-          <t>A2773：CCAI224G0070T9 A2775：CCAI224G0080T2</t>
+          <t>A2476：CCAI214G0140T9 A2478：CCAI214G0150T2</t>
         </is>
       </c>
       <c r="Q102" t="inlineStr">
         <is>
           <t>D33057</t>
         </is>
       </c>
       <c r="R102" t="n">
-        <v>102</v>
+        <v>101</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="n">
-        <v>93</v>
+        <v>87</v>
       </c>
       <c r="B103" t="inlineStr">
         <is>
           <t>手錶</t>
         </is>
       </c>
       <c r="C103" t="inlineStr">
         <is>
           <t>W</t>
         </is>
       </c>
       <c r="D103" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E103" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F103" t="inlineStr">
         <is>
-          <t>Apple Watch Series 8（GPS + 行動網路）不鏽鋼</t>
+          <t>Apple Watch 7 Hermès（GPS + 行動網路）</t>
         </is>
       </c>
       <c r="G103" t="inlineStr">
         <is>
-          <t>S8XLS</t>
+          <t>S7HLA</t>
         </is>
       </c>
       <c r="H103" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I103" t="inlineStr"/>
       <c r="J103" t="inlineStr">
         <is>
-          <t>WAPS8XLS</t>
+          <t>WAPS7HLA</t>
         </is>
       </c>
       <c r="K103" t="inlineStr">
         <is>
           <t>41mm/45mm</t>
         </is>
       </c>
       <c r="L103" t="inlineStr">
         <is>
           <t>尺寸</t>
         </is>
       </c>
       <c r="M103" t="inlineStr">
         <is>
-          <t>石墨色/金色/銀色</t>
+          <t>太空灰色/銀色</t>
         </is>
       </c>
       <c r="N103" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O103" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
       <c r="P103" t="inlineStr">
         <is>
-          <t>A2773：CCAI224G0070T9 A2775：CCAI224G0080T2</t>
+          <t>A2476：CCAI214G0140T9 A2478：CCAI214G0150T2</t>
         </is>
       </c>
       <c r="Q103" t="inlineStr">
         <is>
           <t>D33057</t>
         </is>
       </c>
       <c r="R103" t="n">
-        <v>103</v>
+        <v>102</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="n">
-        <v>94</v>
+        <v>88</v>
       </c>
       <c r="B104" t="inlineStr">
         <is>
           <t>手錶</t>
         </is>
       </c>
       <c r="C104" t="inlineStr">
         <is>
           <t>W</t>
         </is>
       </c>
       <c r="D104" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E104" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F104" t="inlineStr">
         <is>
-          <t>Apple Watch Series 8 Hermès（GPS + 行動網路）</t>
+          <t>Apple Watch 7 Edition（GPS + 行動網路）鈦金屬</t>
         </is>
       </c>
       <c r="G104" t="inlineStr">
         <is>
-          <t>S8HLA</t>
+          <t>S7ELT</t>
         </is>
       </c>
       <c r="H104" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I104" t="inlineStr"/>
       <c r="J104" t="inlineStr">
         <is>
-          <t>WAPS8HLA</t>
+          <t>WAPS7ELT</t>
         </is>
       </c>
       <c r="K104" t="inlineStr">
         <is>
           <t>41mm/45mm</t>
         </is>
       </c>
       <c r="L104" t="inlineStr">
         <is>
           <t>尺寸</t>
         </is>
       </c>
       <c r="M104" t="inlineStr">
         <is>
           <t>太空灰色/銀色</t>
         </is>
       </c>
       <c r="N104" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O104" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
       <c r="P104" t="inlineStr">
         <is>
-          <t>A2773：CCAI224G0070T9 A2775：CCAI224G0080T2</t>
+          <t>A2476：CCAI214G0140T9 A2478：CCAI214G0150T2</t>
         </is>
       </c>
       <c r="Q104" t="inlineStr">
         <is>
           <t>D33057</t>
         </is>
       </c>
       <c r="R104" t="n">
-        <v>104</v>
+        <v>103</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="n">
-        <v>95</v>
+        <v>89</v>
       </c>
       <c r="B105" t="inlineStr">
         <is>
           <t>手錶</t>
         </is>
       </c>
       <c r="C105" t="inlineStr">
         <is>
           <t>W</t>
         </is>
       </c>
       <c r="D105" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E105" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F105" t="inlineStr">
         <is>
-          <t>Apple Watch Ultra（GPS + 行動網路）</t>
+          <t>Apple Watch SE（第 2 代）（GPS）</t>
         </is>
       </c>
       <c r="G105" t="inlineStr">
         <is>
-          <t>UX1LT</t>
+          <t>SE2GA</t>
         </is>
       </c>
       <c r="H105" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I105" t="inlineStr"/>
       <c r="J105" t="inlineStr">
         <is>
-          <t>WAPUX1LT</t>
+          <t>WAPSE2GA</t>
         </is>
       </c>
       <c r="K105" t="inlineStr">
         <is>
-          <t>49mm</t>
+          <t>41mm/45mm</t>
         </is>
       </c>
       <c r="L105" t="inlineStr">
         <is>
           <t>尺寸</t>
         </is>
       </c>
       <c r="M105" t="inlineStr">
         <is>
-          <t>原色</t>
+          <t>午夜色/星光色/銀色</t>
         </is>
       </c>
       <c r="N105" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O105" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
       <c r="P105" t="inlineStr">
         <is>
-          <t>A2684：CCAI224G0090T2</t>
+          <t>A2722：CCAI22LP0980T2 A2723：CCAI22LP0990T5</t>
         </is>
       </c>
       <c r="Q105" t="inlineStr">
         <is>
           <t>D33057</t>
         </is>
       </c>
       <c r="R105" t="n">
-        <v>105</v>
+        <v>104</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="n">
-        <v>96</v>
+        <v>90</v>
       </c>
       <c r="B106" t="inlineStr">
         <is>
           <t>手錶</t>
         </is>
       </c>
       <c r="C106" t="inlineStr">
         <is>
           <t>W</t>
         </is>
       </c>
       <c r="D106" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E106" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F106" t="inlineStr">
         <is>
-          <t>Apple Watch Series 9（GPS）</t>
+          <t>Apple Watch SE（第 2 代）（GPS + 行動網路）</t>
         </is>
       </c>
       <c r="G106" t="inlineStr">
         <is>
-          <t>S9XGA</t>
+          <t>SE2LA</t>
         </is>
       </c>
       <c r="H106" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I106" t="inlineStr"/>
       <c r="J106" t="inlineStr">
         <is>
-          <t>WAPS9XGA</t>
+          <t>WAPSE2LA</t>
         </is>
       </c>
       <c r="K106" t="inlineStr">
         <is>
           <t>41mm/45mm</t>
         </is>
       </c>
       <c r="L106" t="inlineStr">
         <is>
           <t>尺寸</t>
         </is>
       </c>
       <c r="M106" t="inlineStr">
         <is>
-          <t>午夜色/星光色/銀色/粉紅色/紅色</t>
+          <t>午夜色/星光色/銀色</t>
         </is>
       </c>
       <c r="N106" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O106" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
       <c r="P106" t="inlineStr">
         <is>
-          <t>A2978：CCAI23LP0710T7 A2980：CCAI23LP0720T0</t>
+          <t>A2724：CCAI224G0060T6 A2725：CCAI224G0050T3</t>
         </is>
       </c>
       <c r="Q106" t="inlineStr">
         <is>
           <t>D33057</t>
         </is>
       </c>
       <c r="R106" t="n">
-        <v>106</v>
+        <v>105</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="n">
-        <v>97</v>
+        <v>91</v>
       </c>
       <c r="B107" t="inlineStr">
         <is>
           <t>手錶</t>
         </is>
       </c>
       <c r="C107" t="inlineStr">
         <is>
           <t>W</t>
         </is>
       </c>
       <c r="D107" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E107" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F107" t="inlineStr">
         <is>
-          <t>Apple Watch Series 9（GPS + 行動網路）鋁金屬</t>
+          <t>Apple Watch Series 8（GPS）</t>
         </is>
       </c>
       <c r="G107" t="inlineStr">
         <is>
-          <t>S9XLA</t>
+          <t>S8XGA</t>
         </is>
       </c>
       <c r="H107" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I107" t="inlineStr"/>
       <c r="J107" t="inlineStr">
         <is>
-          <t>WAPS9XLA</t>
+          <t>WAPS8XGA</t>
         </is>
       </c>
       <c r="K107" t="inlineStr">
         <is>
           <t>41mm/45mm</t>
         </is>
       </c>
       <c r="L107" t="inlineStr">
         <is>
           <t>尺寸</t>
         </is>
       </c>
       <c r="M107" t="inlineStr">
         <is>
-          <t>午夜色/星光色/銀色/粉紅色/紅色</t>
+          <t>午夜色/星光色/銀色/紅色</t>
         </is>
       </c>
       <c r="N107" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O107" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
       <c r="P107" t="inlineStr">
         <is>
-          <t>A2982：CCAI234G0050T1 A2984：CCAI234G0060T1</t>
+          <t>A2770：CCAI22LP1000T2 A2771：CCAI22LP1010T2</t>
         </is>
       </c>
       <c r="Q107" t="inlineStr">
         <is>
           <t>D33057</t>
         </is>
       </c>
       <c r="R107" t="n">
-        <v>107</v>
+        <v>106</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="n">
-        <v>98</v>
+        <v>92</v>
       </c>
       <c r="B108" t="inlineStr">
         <is>
           <t>手錶</t>
         </is>
       </c>
       <c r="C108" t="inlineStr">
         <is>
           <t>W</t>
         </is>
       </c>
       <c r="D108" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E108" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F108" t="inlineStr">
         <is>
-          <t>Apple Watch Series 9（GPS + 行動網路）不鏽鋼</t>
+          <t>Apple Watch Series 8（GPS + 行動網路）鋁金屬</t>
         </is>
       </c>
       <c r="G108" t="inlineStr">
         <is>
-          <t>S9XLS</t>
+          <t>S8XLA</t>
         </is>
       </c>
       <c r="H108" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I108" t="inlineStr"/>
       <c r="J108" t="inlineStr">
         <is>
-          <t>WAPS9XLS</t>
+          <t>WAPS8XLA</t>
         </is>
       </c>
       <c r="K108" t="inlineStr">
         <is>
           <t>41mm/45mm</t>
         </is>
       </c>
       <c r="L108" t="inlineStr">
         <is>
           <t>尺寸</t>
         </is>
       </c>
       <c r="M108" t="inlineStr">
         <is>
-          <t>石墨色/金色/銀色</t>
+          <t>午夜色/星光色/銀色/紅色</t>
         </is>
       </c>
       <c r="N108" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O108" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
       <c r="P108" t="inlineStr">
         <is>
-          <t>A2982：CCAI234G0050T1 A2984：CCAI234G0060T1</t>
+          <t>A2773：CCAI224G0070T9 A2775：CCAI224G0080T2</t>
         </is>
       </c>
       <c r="Q108" t="inlineStr">
         <is>
           <t>D33057</t>
         </is>
       </c>
       <c r="R108" t="n">
-        <v>108</v>
+        <v>107</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="n">
-        <v>99</v>
+        <v>93</v>
       </c>
       <c r="B109" t="inlineStr">
         <is>
           <t>手錶</t>
         </is>
       </c>
       <c r="C109" t="inlineStr">
         <is>
           <t>W</t>
         </is>
       </c>
       <c r="D109" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E109" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F109" t="inlineStr">
         <is>
-          <t>Apple Watch Series 9 Hermès（GPS + 行動網路）</t>
+          <t>Apple Watch Series 8（GPS + 行動網路）不鏽鋼</t>
         </is>
       </c>
       <c r="G109" t="inlineStr">
         <is>
-          <t>S9HLS</t>
+          <t>S8XLS</t>
         </is>
       </c>
       <c r="H109" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I109" t="inlineStr"/>
       <c r="J109" t="inlineStr">
         <is>
-          <t>WAPS9HLS</t>
+          <t>WAPS8XLS</t>
         </is>
       </c>
       <c r="K109" t="inlineStr">
         <is>
           <t>41mm/45mm</t>
         </is>
       </c>
       <c r="L109" t="inlineStr">
         <is>
           <t>尺寸</t>
         </is>
       </c>
       <c r="M109" t="inlineStr">
         <is>
-          <t>太空灰色/銀色</t>
+          <t>石墨色/金色/銀色</t>
         </is>
       </c>
       <c r="N109" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O109" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
       <c r="P109" t="inlineStr">
         <is>
-          <t>A2982：CCAI234G0050T1 A2984：CCAI234G0060T1</t>
+          <t>A2773：CCAI224G0070T9 A2775：CCAI224G0080T2</t>
         </is>
       </c>
       <c r="Q109" t="inlineStr">
         <is>
           <t>D33057</t>
         </is>
       </c>
       <c r="R109" t="n">
-        <v>109</v>
+        <v>108</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="n">
-        <v>100</v>
+        <v>94</v>
       </c>
       <c r="B110" t="inlineStr">
         <is>
           <t>手錶</t>
         </is>
       </c>
       <c r="C110" t="inlineStr">
         <is>
           <t>W</t>
         </is>
       </c>
       <c r="D110" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E110" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F110" t="inlineStr">
         <is>
-          <t>Apple Watch Ultra 2（GPS + 行動網路）</t>
+          <t>Apple Watch Series 8 Hermès（GPS + 行動網路）</t>
         </is>
       </c>
       <c r="G110" t="inlineStr">
         <is>
-          <t>UX2LT</t>
+          <t>S8HLA</t>
         </is>
       </c>
       <c r="H110" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I110" t="inlineStr"/>
       <c r="J110" t="inlineStr">
         <is>
-          <t>WAPUX2LT</t>
+          <t>WAPS8HLA</t>
         </is>
       </c>
       <c r="K110" t="inlineStr">
         <is>
-          <t>49mm</t>
+          <t>41mm/45mm</t>
         </is>
       </c>
       <c r="L110" t="inlineStr">
         <is>
           <t>尺寸</t>
         </is>
       </c>
       <c r="M110" t="inlineStr">
         <is>
-          <t>原色</t>
+          <t>太空灰色/銀色</t>
         </is>
       </c>
       <c r="N110" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O110" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
       <c r="P110" t="inlineStr">
         <is>
-          <t>A2986：CCAI234G0070T4</t>
+          <t>A2773：CCAI224G0070T9 A2775：CCAI224G0080T2</t>
         </is>
       </c>
       <c r="Q110" t="inlineStr">
         <is>
           <t>D33057</t>
         </is>
       </c>
       <c r="R110" t="n">
-        <v>110</v>
+        <v>109</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="n">
-        <v>166</v>
+        <v>95</v>
       </c>
       <c r="B111" t="inlineStr">
         <is>
           <t>手錶</t>
         </is>
       </c>
       <c r="C111" t="inlineStr">
         <is>
           <t>W</t>
         </is>
       </c>
       <c r="D111" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E111" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F111" t="inlineStr">
         <is>
-          <t>Apple Watch Series 10（GPS）</t>
+          <t>Apple Watch Ultra（GPS + 行動網路）</t>
         </is>
       </c>
       <c r="G111" t="inlineStr">
         <is>
-          <t>S10GA</t>
+          <t>UX1LT</t>
         </is>
       </c>
       <c r="H111" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I111" t="inlineStr"/>
       <c r="J111" t="inlineStr">
         <is>
-          <t>WAPS10GA</t>
+          <t>WAPUX1LT</t>
         </is>
       </c>
       <c r="K111" t="inlineStr">
         <is>
-          <t>42mm/46mm</t>
+          <t>49mm</t>
         </is>
       </c>
       <c r="L111" t="inlineStr">
         <is>
           <t>尺寸</t>
         </is>
       </c>
       <c r="M111" t="inlineStr">
         <is>
-          <t>曜石黑色/玫瑰金色/銀色</t>
+          <t>原色</t>
         </is>
       </c>
       <c r="N111" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O111" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
       <c r="P111" t="inlineStr">
         <is>
-          <t>A2997：CCAI24LP0760T4 A2999：CCAI24LP0770T7</t>
+          <t>A2684：CCAI224G0090T2</t>
         </is>
       </c>
       <c r="Q111" t="inlineStr">
         <is>
           <t>D33057</t>
         </is>
       </c>
       <c r="R111" t="n">
-        <v>111</v>
+        <v>110</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="n">
-        <v>167</v>
+        <v>96</v>
       </c>
       <c r="B112" t="inlineStr">
         <is>
           <t>手錶</t>
         </is>
       </c>
       <c r="C112" t="inlineStr">
         <is>
           <t>W</t>
         </is>
       </c>
       <c r="D112" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E112" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F112" t="inlineStr">
         <is>
-          <t>Apple Watch Series 10（GPS + 行動網路）鋁金屬</t>
+          <t>Apple Watch Series 9（GPS）</t>
         </is>
       </c>
       <c r="G112" t="inlineStr">
         <is>
-          <t>S10LA</t>
+          <t>S9XGA</t>
         </is>
       </c>
       <c r="H112" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I112" t="inlineStr"/>
       <c r="J112" t="inlineStr">
         <is>
-          <t>WAPS10LA</t>
+          <t>WAPS9XGA</t>
         </is>
       </c>
       <c r="K112" t="inlineStr">
         <is>
-          <t>42mm/46mm</t>
+          <t>41mm/45mm</t>
         </is>
       </c>
       <c r="L112" t="inlineStr">
         <is>
           <t>尺寸</t>
         </is>
       </c>
       <c r="M112" t="inlineStr">
         <is>
-          <t>曜石黑色/玫瑰金色/銀色</t>
+          <t>午夜色/星光色/銀色/粉紅色/紅色</t>
         </is>
       </c>
       <c r="N112" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O112" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
       <c r="P112" t="inlineStr">
         <is>
-          <t>A3001：CCAI244G0040T3 A3003：CCAI244G0050T6</t>
+          <t>A2978：CCAI23LP0710T7 A2980：CCAI23LP0720T0</t>
         </is>
       </c>
       <c r="Q112" t="inlineStr">
         <is>
           <t>D33057</t>
         </is>
       </c>
       <c r="R112" t="n">
-        <v>112</v>
+        <v>111</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="n">
-        <v>168</v>
+        <v>97</v>
       </c>
       <c r="B113" t="inlineStr">
         <is>
           <t>手錶</t>
         </is>
       </c>
       <c r="C113" t="inlineStr">
         <is>
           <t>W</t>
         </is>
       </c>
       <c r="D113" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E113" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F113" t="inlineStr">
         <is>
-          <t>Apple Watch Series 10（GPS + 行動網路）鈦金屬</t>
+          <t>Apple Watch Series 9（GPS + 行動網路）鋁金屬</t>
         </is>
       </c>
       <c r="G113" t="inlineStr">
         <is>
-          <t>S10LS</t>
+          <t>S9XLA</t>
         </is>
       </c>
       <c r="H113" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I113" t="inlineStr"/>
       <c r="J113" t="inlineStr">
         <is>
-          <t>WAPS10LS</t>
+          <t>WAPS9XLA</t>
         </is>
       </c>
       <c r="K113" t="inlineStr">
         <is>
-          <t>42mm/46mm</t>
+          <t>41mm/45mm</t>
         </is>
       </c>
       <c r="L113" t="inlineStr">
         <is>
           <t>尺寸</t>
         </is>
       </c>
       <c r="M113" t="inlineStr">
         <is>
-          <t>原色/石瓦色/金色</t>
+          <t>午夜色/星光色/銀色/粉紅色/紅色</t>
         </is>
       </c>
       <c r="N113" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O113" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
       <c r="P113" t="inlineStr">
         <is>
-          <t>A3001：CCAI244G0040T3 A3003：CCAI244G0050T6</t>
+          <t>A2982：CCAI234G0050T1 A2984：CCAI234G0060T1</t>
         </is>
       </c>
       <c r="Q113" t="inlineStr">
         <is>
           <t>D33057</t>
         </is>
       </c>
       <c r="R113" t="n">
-        <v>113</v>
+        <v>112</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="n">
-        <v>169</v>
+        <v>98</v>
       </c>
       <c r="B114" t="inlineStr">
         <is>
           <t>手錶</t>
         </is>
       </c>
       <c r="C114" t="inlineStr">
         <is>
           <t>W</t>
         </is>
       </c>
       <c r="D114" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E114" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F114" t="inlineStr">
         <is>
-          <t>Apple Watch Hermès Series 10（GPS + 行動網路）</t>
+          <t>Apple Watch Series 9（GPS + 行動網路）不鏽鋼</t>
         </is>
       </c>
       <c r="G114" t="inlineStr">
         <is>
-          <t>S10HL</t>
+          <t>S9XLS</t>
         </is>
       </c>
       <c r="H114" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I114" t="inlineStr"/>
       <c r="J114" t="inlineStr">
         <is>
-          <t>WAPS10HL</t>
+          <t>WAPS9XLS</t>
         </is>
       </c>
       <c r="K114" t="inlineStr">
         <is>
-          <t>42mm/46mm</t>
+          <t>41mm/45mm</t>
         </is>
       </c>
       <c r="L114" t="inlineStr">
         <is>
           <t>尺寸</t>
         </is>
       </c>
       <c r="M114" t="inlineStr">
         <is>
-          <t>銀色</t>
+          <t>石墨色/金色/銀色</t>
         </is>
       </c>
       <c r="N114" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O114" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
       <c r="P114" t="inlineStr">
         <is>
-          <t>A3001：CCAI244G0040T3 A3003：CCAI244G0050T6</t>
+          <t>A2982：CCAI234G0050T1 A2984：CCAI234G0060T1</t>
         </is>
       </c>
       <c r="Q114" t="inlineStr">
         <is>
           <t>D33057</t>
         </is>
       </c>
       <c r="R114" t="n">
-        <v>114</v>
+        <v>113</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="n">
-        <v>183</v>
+        <v>99</v>
       </c>
       <c r="B115" t="inlineStr">
         <is>
-          <t>筆電</t>
+          <t>手錶</t>
         </is>
       </c>
       <c r="C115" t="inlineStr">
         <is>
-          <t>C</t>
+          <t>W</t>
         </is>
       </c>
       <c r="D115" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E115" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F115" t="inlineStr">
         <is>
-          <t>MacBook Pro（14吋，2024年）,M4</t>
+          <t>Apple Watch Series 9 Hermès（GPS + 行動網路）</t>
         </is>
       </c>
       <c r="G115" t="inlineStr">
         <is>
-          <t>P4M4X</t>
+          <t>S9HLS</t>
         </is>
       </c>
       <c r="H115" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I115" t="inlineStr"/>
       <c r="J115" t="inlineStr">
         <is>
-          <t>CAPP4M4X</t>
+          <t>WAPS9HLS</t>
         </is>
       </c>
       <c r="K115" t="inlineStr">
         <is>
-          <t>M4(10CPU,10GPU),16G,512G/M4(10CPU,10GPU),16G,1TB/M4(10CPU,10GPU),16G,2TB/M4(10CPU,10GPU),24G,512G/M4(10CPU,10GPU),24G,1TB/M4(10CPU,10GPU),24G,2TB/M4(10CPU,10GPU),32G,512G/M4(10CPU,10GPU),32G,1TB/M4(10CPU,10GPU),32G,2TB</t>
+          <t>41mm/45mm</t>
         </is>
       </c>
       <c r="L115" t="inlineStr">
         <is>
-          <t>晶片,記憶體,容量</t>
+          <t>尺寸</t>
         </is>
       </c>
       <c r="M115" t="inlineStr">
         <is>
           <t>太空灰色/銀色</t>
         </is>
       </c>
       <c r="N115" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O115" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
       <c r="P115" t="inlineStr">
         <is>
-          <t>CCAI24LP1230T6</t>
+          <t>A2982：CCAI234G0050T1 A2984：CCAI234G0060T1</t>
         </is>
       </c>
       <c r="Q115" t="inlineStr">
         <is>
-          <t>R33057</t>
+          <t>D33057</t>
         </is>
       </c>
       <c r="R115" t="n">
-        <v>115</v>
+        <v>114</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="n">
-        <v>184</v>
+        <v>100</v>
       </c>
       <c r="B116" t="inlineStr">
         <is>
-          <t>筆電</t>
+          <t>手錶</t>
         </is>
       </c>
       <c r="C116" t="inlineStr">
         <is>
-          <t>C</t>
+          <t>W</t>
         </is>
       </c>
       <c r="D116" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E116" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F116" t="inlineStr">
         <is>
-          <t>MacBook Pro（14吋，2024年）,M4 Pro</t>
+          <t>Apple Watch Ultra 2（GPS + 行動網路）</t>
         </is>
       </c>
       <c r="G116" t="inlineStr">
         <is>
-          <t>P4M4P</t>
+          <t>UX2LT</t>
         </is>
       </c>
       <c r="H116" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I116" t="inlineStr"/>
       <c r="J116" t="inlineStr">
         <is>
-          <t>CAPP4M4P</t>
+          <t>WAPUX2LT</t>
         </is>
       </c>
       <c r="K116" t="inlineStr">
         <is>
-          <t>M4 Pro(16CPU,16GPU),24G,512G/M4 Pro(16CPU,16GPU),24G,1TB/M4 Pro(16CPU,16GPU),24G,2TB/M4 Pro(16CPU,16GPU),24G,4TB/M4 Pro(16CPU,16GPU),48G,512G/M4 Pro(16CPU,16GPU),48G,1TB/M4 Pro(16CPU,16GPU),48G,2TB/M4 Pro(16CPU,16GPU),48G,4TB/M4 Pro(20CPU,16GPU),24G,512G/M4 Pro(20CPU,16GPU),24G,1TB/M4 Pro(20CPU,16GPU),24G,2TB/M4 Pro(20CPU,16GPU),24G,4TB/M4 Pro(20CPU,16GPU),48G,512G/M4 Pro(20CPU,16GPU),48G,1TB/M4 Pro(20CPU,16GPU),48G,2TB/M4 Pro(20CPU,16GPU),48G,4TB</t>
+          <t>49mm</t>
         </is>
       </c>
       <c r="L116" t="inlineStr">
         <is>
-          <t>晶片,記憶體,容量</t>
+          <t>尺寸</t>
         </is>
       </c>
       <c r="M116" t="inlineStr">
         <is>
-          <t>太空灰色/銀色</t>
+          <t>原色</t>
         </is>
       </c>
       <c r="N116" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O116" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
       <c r="P116" t="inlineStr">
         <is>
-          <t>CCAI24LP1260T2</t>
+          <t>A2986：CCAI234G0070T4</t>
         </is>
       </c>
       <c r="Q116" t="inlineStr">
         <is>
-          <t>R33057</t>
+          <t>D33057</t>
         </is>
       </c>
       <c r="R116" t="n">
-        <v>116</v>
+        <v>115</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="n">
-        <v>185</v>
+        <v>166</v>
       </c>
       <c r="B117" t="inlineStr">
         <is>
-          <t>筆電</t>
+          <t>手錶</t>
         </is>
       </c>
       <c r="C117" t="inlineStr">
         <is>
-          <t>C</t>
+          <t>W</t>
         </is>
       </c>
       <c r="D117" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E117" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F117" t="inlineStr">
         <is>
-          <t>MacBook Pro（14吋，2024年）,M4 MAX</t>
+          <t>Apple Watch Series 10（GPS）</t>
         </is>
       </c>
       <c r="G117" t="inlineStr">
         <is>
-          <t>P4M4M</t>
+          <t>S10GA</t>
         </is>
       </c>
       <c r="H117" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I117" t="inlineStr"/>
       <c r="J117" t="inlineStr">
         <is>
-          <t>CAPP4M4M</t>
+          <t>WAPS10GA</t>
         </is>
       </c>
       <c r="K117" t="inlineStr">
         <is>
-          <t>M4 Pro(16CPU,16GPU),24G,512G/M4 Pro(16CPU,16GPU),24G,1TB/M4 Pro(16CPU,16GPU),24G,2TB/M4 Pro(16CPU,16GPU),24G,4TB/M4 Pro(16CPU,16GPU),48G,512G/M4 Pro(16CPU,16GPU),48G,1TB/M4 Pro(16CPU,16GPU),48G,2TB/M4 Pro(16CPU,16GPU),48G,4TB/M4 Pro(20CPU,16GPU),24G,512G/M4 Pro(20CPU,16GPU),24G,1TB/M4 Pro(20CPU,16GPU),24G,2TB/M4 Pro(20CPU,16GPU),24G,4TB/M4 Pro(20CPU,16GPU),48G,512G/M4 Pro(20CPU,16GPU),48G,1TB/M4 Pro(20CPU,16GPU),48G,2TB/M4 Pro(20CPU,16GPU),48G,4TB</t>
+          <t>42mm/46mm</t>
         </is>
       </c>
       <c r="L117" t="inlineStr">
         <is>
-          <t>晶片,記憶體,容量</t>
+          <t>尺寸</t>
         </is>
       </c>
       <c r="M117" t="inlineStr">
         <is>
-          <t>太空灰色/銀色</t>
+          <t>曜石黑色/玫瑰金色/銀色</t>
         </is>
       </c>
       <c r="N117" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O117" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
       <c r="P117" t="inlineStr">
         <is>
-          <t>CCAI24LP1270T5</t>
+          <t>A2997：CCAI24LP0760T4 A2999：CCAI24LP0770T7</t>
         </is>
       </c>
       <c r="Q117" t="inlineStr">
         <is>
-          <t>R33057</t>
+          <t>D33057</t>
         </is>
       </c>
       <c r="R117" t="n">
-        <v>117</v>
+        <v>116</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="n">
-        <v>187</v>
+        <v>167</v>
       </c>
       <c r="B118" t="inlineStr">
         <is>
-          <t>筆電</t>
+          <t>手錶</t>
         </is>
       </c>
       <c r="C118" t="inlineStr">
         <is>
-          <t>C</t>
+          <t>W</t>
         </is>
       </c>
       <c r="D118" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E118" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F118" t="inlineStr">
         <is>
-          <t>MacBook Pro（16吋，2024年）,M4 Pro</t>
+          <t>Apple Watch Series 10（GPS + 行動網路）鋁金屬</t>
         </is>
       </c>
       <c r="G118" t="inlineStr">
         <is>
-          <t>P6M4P</t>
+          <t>S10LA</t>
         </is>
       </c>
       <c r="H118" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I118" t="inlineStr"/>
       <c r="J118" t="inlineStr">
         <is>
-          <t>CAPP6M4P</t>
+          <t>WAPS10LA</t>
         </is>
       </c>
       <c r="K118" t="inlineStr">
         <is>
-          <t>M4 Pro(20CPU 16GPU),24G,512G/M4 Pro(20CPU 16GPU),24G,1TB/M4 Pro(20CPU 16GPU),24G,2TB/M4 Pro(20CPU 16GPU),24G,4TB/M4 Pro(20CPU 16GPU),48G,512G/M4 Pro(20CPU 16GPU),48G,1TB/M4 Pro(20CPU 16GPU),48G,2TB/M4 Pro(20CPU 16GPU),48G,4TB</t>
+          <t>42mm/46mm</t>
         </is>
       </c>
       <c r="L118" t="inlineStr">
         <is>
-          <t>晶片,記憶體,容量</t>
+          <t>尺寸</t>
         </is>
       </c>
       <c r="M118" t="inlineStr">
         <is>
-          <t>太空灰色/銀色</t>
+          <t>曜石黑色/玫瑰金色/銀色</t>
         </is>
       </c>
       <c r="N118" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O118" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
       <c r="P118" t="inlineStr">
         <is>
-          <t>CCAI24LP1240T9</t>
+          <t>A3001：CCAI244G0040T3 A3003：CCAI244G0050T6</t>
         </is>
       </c>
       <c r="Q118" t="inlineStr">
         <is>
-          <t>R33057</t>
+          <t>D33057</t>
         </is>
       </c>
       <c r="R118" t="n">
-        <v>118</v>
+        <v>117</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="n">
-        <v>186</v>
+        <v>168</v>
       </c>
       <c r="B119" t="inlineStr">
         <is>
-          <t>筆電</t>
+          <t>手錶</t>
         </is>
       </c>
       <c r="C119" t="inlineStr">
         <is>
-          <t>C</t>
+          <t>W</t>
         </is>
       </c>
       <c r="D119" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E119" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F119" t="inlineStr">
         <is>
-          <t>MacBook Pro（16吋，2024年）,M4 MAX</t>
+          <t>Apple Watch Series 10（GPS + 行動網路）鈦金屬</t>
         </is>
       </c>
       <c r="G119" t="inlineStr">
         <is>
-          <t>P6M4X</t>
+          <t>S10LS</t>
         </is>
       </c>
       <c r="H119" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I119" t="inlineStr"/>
       <c r="J119" t="inlineStr">
         <is>
-          <t>CAPP6M4X</t>
+          <t>WAPS10LS</t>
         </is>
       </c>
       <c r="K119" t="inlineStr">
         <is>
-          <t>M4 MAX(14CPU,32GPU),36G,1TB/M4 MAX(14CPU,32GPU),36G,2TB/M4 MAX(14CPU,32GPU),36G,4TB/M4 MAX(14CPU,32GPU),36G,8TB/M4 MAX(14CPU,32GPU),48G,1TB/M4 MAX(14CPU,32GPU),48G,2TB/M4 MAX(14CPU,32GPU),48G,4TB/M4 MAX(14CPU,32GPU),48G,8TB/M4 MAX(14CPU,32GPU),64G,1TB/M4 MAX(14CPU,32GPU),64G,2TB/M4 MAX(14CPU,32GPU),64G,4TB/M4 MAX(14CPU,32GPU),64G,8TB/M4 MAX(14CPU,32GPU),128G,1TB/M4 MAX(14CPU,32GPU),128G,2TB/M4 MAX(14CPU,32GPU),128G,4TB/M4 MAX(14CPU,32GPU),128G,8TB/M4 MAX(16CPU,40GPU),36G,1TB/M4 MAX(16CPU,40GPU),36G,2TB/M4 MAX(16CPU,40GPU),36G,4TB/M4 MAX(16CPU,40GPU),36G,8TB/M4 MAX(16CPU,40GPU),48G,1TB/M4 MAX(16CPU,40GPU),48G,2TB/M4 MAX(16CPU,40GPU),48G,4TB/M4 MAX(16CPU,40GPU),48G,8TB/M4 MAX(16CPU,40GPU),64G,1TB/M4 MAX(16CPU,40GPU),64G,2TB/M4 MAX(16CPU,40GPU),64G,4TB/M4 MAX(16CPU,40GPU),64G,8TB/M4 MAX(16CPU,40GPU),128G,1TB/M4 MAX(16CPU,40GPU),128G,2TB/M4 MAX(16CPU,40GPU),128G,4TB/M4 MAX(16CPU,40GPU),128G,8TB</t>
+          <t>42mm/46mm</t>
         </is>
       </c>
       <c r="L119" t="inlineStr">
         <is>
-          <t>晶片,記憶體,容量</t>
+          <t>尺寸</t>
         </is>
       </c>
       <c r="M119" t="inlineStr">
         <is>
-          <t>太空灰色/銀色</t>
+          <t>原色/石瓦色/金色</t>
         </is>
       </c>
       <c r="N119" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O119" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
       <c r="P119" t="inlineStr">
         <is>
-          <t>CCAI24LP1250T2</t>
+          <t>A3001：CCAI244G0040T3 A3003：CCAI244G0050T6</t>
         </is>
       </c>
       <c r="Q119" t="inlineStr">
         <is>
-          <t>R33057</t>
+          <t>D33057</t>
         </is>
       </c>
       <c r="R119" t="n">
-        <v>119</v>
+        <v>118</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="n">
-        <v>101</v>
+        <v>169</v>
       </c>
       <c r="B120" t="inlineStr">
         <is>
-          <t>筆電</t>
+          <t>手錶</t>
         </is>
       </c>
       <c r="C120" t="inlineStr">
         <is>
-          <t>C</t>
+          <t>W</t>
         </is>
       </c>
       <c r="D120" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E120" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F120" t="inlineStr">
         <is>
-          <t>MacBook Pro（14 吋，2023 年 11 月）,M3</t>
+          <t>Apple Watch Hermès Series 10（GPS + 行動網路）</t>
         </is>
       </c>
       <c r="G120" t="inlineStr">
         <is>
-          <t>P4M3X</t>
+          <t>S10HL</t>
         </is>
       </c>
       <c r="H120" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I120" t="inlineStr"/>
       <c r="J120" t="inlineStr">
         <is>
-          <t>CAPP4M3X</t>
+          <t>WAPS10HL</t>
         </is>
       </c>
       <c r="K120" t="inlineStr">
         <is>
-          <t>M3(8CPU,10GPU),8G,512G/M3(8CPU,10GPU),8G,1TB/M3(8CPU,10GPU),8G,2TB/M3(8CPU,10GPU),16G,512G/M3(8CPU,10GPU),16G,1TB/M3(8CPU,10GPU),16G,2TB/M3(8CPU,10GPU),24G,512G/M3(8CPU,10GPU),24G,1TB/M3(8CPU,10GPU),24G,2TB</t>
+          <t>42mm/46mm</t>
         </is>
       </c>
       <c r="L120" t="inlineStr">
         <is>
-          <t>晶片,記憶體,容量</t>
+          <t>尺寸</t>
         </is>
       </c>
       <c r="M120" t="inlineStr">
         <is>
-          <t>太空灰色/銀色</t>
+          <t>銀色</t>
         </is>
       </c>
       <c r="N120" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O120" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
       <c r="P120" t="inlineStr">
         <is>
-          <t>CCAI23LP0960T4</t>
+          <t>A3001：CCAI244G0040T3 A3003：CCAI244G0050T6</t>
         </is>
       </c>
       <c r="Q120" t="inlineStr">
         <is>
-          <t>R33057</t>
+          <t>D33057</t>
         </is>
       </c>
       <c r="R120" t="n">
-        <v>120</v>
+        <v>119</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="n">
-        <v>102</v>
+        <v>410</v>
       </c>
       <c r="B121" t="inlineStr">
         <is>
-          <t>筆電</t>
+          <t>手錶</t>
         </is>
       </c>
       <c r="C121" t="inlineStr">
         <is>
-          <t>C</t>
+          <t>W</t>
         </is>
       </c>
       <c r="D121" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E121" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F121" t="inlineStr">
         <is>
-          <t>MacBook Pro（14 吋，2023 年 11 月）,M3 pro</t>
+          <t>Apple Watch Series 11（GPS）</t>
         </is>
       </c>
       <c r="G121" t="inlineStr">
         <is>
-          <t>P4M3P</t>
+          <t>S11GA</t>
         </is>
       </c>
       <c r="H121" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I121" t="inlineStr"/>
       <c r="J121" t="inlineStr">
         <is>
-          <t>CAPP4M3P</t>
+          <t>WAPS11GA</t>
         </is>
       </c>
       <c r="K121" t="inlineStr">
         <is>
-          <t>M3 Pro(11CPU,14GPU),18G,512G/M3 Pro(11CPU,14GPU),18G,1TB/M3 Pro(11CPU,14GPU),18G,2TB/M3 Pro(11CPU,14GPU),18G,4TB/M3 Pro(11CPU,14GPU),36G,512G/M3 Pro(11CPU,14GPU),36G,1TB/M3 Pro(11CPU,14GPU),36G,2TB/M3 Pro(11CPU,14GPU),36G,4TB/M3 Pro(12CPU,18GPU),18G,512G/M3 Pro(12CPU,18GPU),18G,1TB/M3 Pro(12CPU,18GPU),18G,2TB/M3 Pro(12CPU,18GPU),18G,4TB/M3 Pro(12CPU,18GPU),36G,512G/M3 Pro(12CPU,18GPU),36G,1TB/M3 Pro(12CPU,18GPU),36G,2TB/(12CPU,18GPU),36G,4TB</t>
+          <t>42mm/46mm</t>
         </is>
       </c>
       <c r="L121" t="inlineStr">
         <is>
-          <t>晶片,記憶體,容量</t>
+          <t>尺寸</t>
         </is>
       </c>
       <c r="M121" t="inlineStr">
         <is>
-          <t>太空灰色/銀色</t>
+          <t>曜石黑色/玫瑰金色/銀色/太空灰色</t>
         </is>
       </c>
       <c r="N121" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O121" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
       <c r="P121" t="inlineStr">
         <is>
-          <t>CCAI23LP0990T0</t>
+          <t xml:space="preserve">A3331：CCAI25LP0760T2  A3333：CCAI25LP0750T9 </t>
         </is>
       </c>
       <c r="Q121" t="inlineStr">
         <is>
-          <t>R33057</t>
+          <t>D33057</t>
         </is>
       </c>
       <c r="R121" t="n">
-        <v>121</v>
+        <v>120</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="n">
-        <v>103</v>
+        <v>411</v>
       </c>
       <c r="B122" t="inlineStr">
         <is>
-          <t>筆電</t>
+          <t>手錶</t>
         </is>
       </c>
       <c r="C122" t="inlineStr">
         <is>
-          <t>C</t>
+          <t>W</t>
         </is>
       </c>
       <c r="D122" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E122" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F122" t="inlineStr">
         <is>
-          <t>MacBook Pro（14 吋，2023 年 11 月）,M3 Max</t>
+          <t>Apple Watch Series 11（GPS + 行動網路）鋁金屬</t>
         </is>
       </c>
       <c r="G122" t="inlineStr">
         <is>
-          <t>P4M3M</t>
+          <t>S11LA</t>
         </is>
       </c>
       <c r="H122" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I122" t="inlineStr"/>
       <c r="J122" t="inlineStr">
         <is>
-          <t>CAPP4M3M</t>
+          <t>WAPS11LA</t>
         </is>
       </c>
       <c r="K122" t="inlineStr">
         <is>
-          <t>M3 Max(14CPU,30GPU),36G,512G/M3 Max(14CPU,30GPU),36G,1TB/M3 Max(14CPU,30GPU),36G,2TB/M3 Max(14CPU,30GPU),36G,4TB/M3 Max(14CPU,30GPU),36G,8TB/M3 Max(14CPU,30GPU),96G,512G/M3 Max(14CPU,30GPU),96G,1TB/M3 Max(14CPU,30GPU),96G,2TB/M3 Max(14CPU,30GPU),96G,4TB/M3 Max(14CPU,30GPU),96G,8TB/M3 Max(16CPU,40GPU),48G,512G/M3 Max(16CPU,40GPU),48G,1TB/M3 Max(16CPU,40GPU),48G,2TB/M3 Max(16CPU,40GPU),48G,4TB/M3 Max(16CPU,40GPU),48G,8TB/M3 Max(16CPU,40GPU),64G,512G/M3 Max(16CPU,40GPU),64G,1TB/M3 Max(16CPU,40GPU),64G,2TB/M3 Max(16CPU,40GPU),64G,4TB/M3 Max(16CPU,40GPU),64G,8TB/M3 Max(16CPU,40GPU),128G,512G/M3 Max(16CPU,40GPU),128G,1TB/M3 Max(16CPU,40GPU),128G,2TB/M3 Max(16CPU,40GPU),128G,4TB/M3 Max(16CPU,40GPU),128G,8TB</t>
+          <t>42mm/46mm</t>
         </is>
       </c>
       <c r="L122" t="inlineStr">
         <is>
-          <t>晶片,記憶體,容量</t>
+          <t>尺寸</t>
         </is>
       </c>
       <c r="M122" t="inlineStr">
         <is>
-          <t>太空灰色/銀色</t>
+          <t>曜石黑色/玫瑰金色/銀色/太空灰色</t>
         </is>
       </c>
       <c r="N122" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O122" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
       <c r="P122" t="inlineStr">
         <is>
-          <t>CCAI23LP0990T0</t>
+          <t>A3335：CCAI254G0070T7   A3337：CCAI254G0060T4</t>
         </is>
       </c>
       <c r="Q122" t="inlineStr">
         <is>
-          <t>R33057</t>
+          <t>D33057</t>
         </is>
       </c>
       <c r="R122" t="n">
-        <v>122</v>
+        <v>121</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="n">
-        <v>104</v>
+        <v>412</v>
       </c>
       <c r="B123" t="inlineStr">
         <is>
-          <t>筆電</t>
+          <t>手錶</t>
         </is>
       </c>
       <c r="C123" t="inlineStr">
         <is>
-          <t>C</t>
+          <t>W</t>
         </is>
       </c>
       <c r="D123" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E123" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F123" t="inlineStr">
         <is>
-          <t>MacBook Pro（16 吋，2023 年 11 月）,M3 pro</t>
+          <t>Apple Watch Series 11（GPS + 行動網路）鈦金屬</t>
         </is>
       </c>
       <c r="G123" t="inlineStr">
         <is>
-          <t>P6M3P</t>
+          <t>S11LS</t>
         </is>
       </c>
       <c r="H123" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I123" t="inlineStr"/>
       <c r="J123" t="inlineStr">
         <is>
-          <t>CAPP6M3P</t>
+          <t>WAPS11LS</t>
         </is>
       </c>
       <c r="K123" t="inlineStr">
         <is>
-          <t>M3 Pro(12CPU,18GPU),18G,512G/M3 Pro(12CPU,18GPU),18G,1TB/M3 Pro(12CPU,18GPU),18G,2TB/M3 Pro(12CPU,18GPU),18G,4TB/M3 Pro(12CPU,18GPU),36G,512G/M3 Pro(12CPU,18GPU),36G,1TB/M3 Pro(12CPU,18GPU),36G,2TB/M3 Pro(12CPU,18GPU),36G,4TB</t>
+          <t>42mm/46mm</t>
         </is>
       </c>
       <c r="L123" t="inlineStr">
         <is>
-          <t>晶片,記憶體,容量</t>
+          <t>尺寸</t>
         </is>
       </c>
       <c r="M123" t="inlineStr">
         <is>
-          <t>太空灰色/銀色</t>
+          <t>原色/石瓦色/金色</t>
         </is>
       </c>
       <c r="N123" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O123" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
       <c r="P123" t="inlineStr">
         <is>
-          <t>CCAI23LP1000T7</t>
+          <t>A3335：CCAI254G0070T7 A3337：CCAI254G0060T4</t>
         </is>
       </c>
       <c r="Q123" t="inlineStr">
         <is>
-          <t>R33057</t>
+          <t>D33057</t>
         </is>
       </c>
       <c r="R123" t="n">
-        <v>123</v>
+        <v>122</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="n">
-        <v>105</v>
+        <v>413</v>
       </c>
       <c r="B124" t="inlineStr">
         <is>
-          <t>筆電</t>
+          <t>手錶</t>
         </is>
       </c>
       <c r="C124" t="inlineStr">
         <is>
-          <t>C</t>
+          <t>W</t>
         </is>
       </c>
       <c r="D124" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E124" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F124" t="inlineStr">
         <is>
-          <t>MacBook Pro（16 吋，2023 年 11 月）,M3 Max</t>
+          <t>Apple Watch SE（第 3 代）（GPS）</t>
         </is>
       </c>
       <c r="G124" t="inlineStr">
         <is>
-          <t>P6M3M</t>
+          <t>SE3GA</t>
         </is>
       </c>
       <c r="H124" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I124" t="inlineStr"/>
       <c r="J124" t="inlineStr">
         <is>
-          <t>CAPP6M3M</t>
+          <t>WAPSE3GA</t>
         </is>
       </c>
       <c r="K124" t="inlineStr">
         <is>
-          <t>M3 Max(14CPU,30GPU),36G,512G/M3 Max(14CPU,30GPU),36G,1TB/M3 Max(14CPU,30GPU),36G,2TB/M3 Max(14CPU,30GPU),36G,4TB/M3 Max(14CPU,30GPU),36G,8TB/M3 Max(14CPU,30GPU),96G,512G/M3 Max(14CPU,30GPU),96G,1TB/M3 Max(14CPU,30GPU),96G,2TB/M3 Max(14CPU,30GPU),96G,4TB/M3 Max(14CPU,30GPU),96G,8TB/M3 Max(16CPU,40GPU),48G,512G/M3 Max(16CPU,40GPU),48G,1TB/M3 Max(16CPU,40GPU),48G,2TB/M3 Max(16CPU,40GPU),48G,4TB/M3 Max(16CPU,40GPU),48G,8TB/M3 Max(16CPU,40GPU),64G,512G/M3 Max(16CPU,40GPU),64G,1TB/M3 Max(16CPU,40GPU),64G,2TB/M3 Max(16CPU,40GPU),64G,4TB/M3 Max(16CPU,40GPU),64G,8TB/M3 Max(16CPU,40GPU),128G,512G/M3 Max(16CPU,40GPU),128G,1TB/M3 Max(16CPU,40GPU),128G,2TB/M3 Max(16CPU,40GPU),128G,4TB/M3 Max(16CPU,40GPU),128G,8TB</t>
+          <t>40mm/44mm</t>
         </is>
       </c>
       <c r="L124" t="inlineStr">
         <is>
-          <t>晶片,記憶體,容量</t>
+          <t>尺寸</t>
         </is>
       </c>
       <c r="M124" t="inlineStr">
         <is>
-          <t>太空灰色/銀色</t>
+          <t>午夜色/星光色</t>
         </is>
       </c>
       <c r="N124" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O124" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
       <c r="P124" t="inlineStr">
         <is>
-          <t>CCAI23LP1000T7</t>
+          <t>A3324：CCAI25LP0730T3  A3325：CCAI25LP0740T6</t>
         </is>
       </c>
       <c r="Q124" t="inlineStr">
         <is>
-          <t>R33057</t>
+          <t>D33057</t>
         </is>
       </c>
       <c r="R124" t="n">
-        <v>124</v>
+        <v>123</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="n">
-        <v>106</v>
+        <v>414</v>
       </c>
       <c r="B125" t="inlineStr">
         <is>
-          <t>筆電</t>
+          <t>手錶</t>
         </is>
       </c>
       <c r="C125" t="inlineStr">
         <is>
-          <t>C</t>
+          <t>W</t>
         </is>
       </c>
       <c r="D125" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E125" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F125" t="inlineStr">
         <is>
-          <t>MacBook Pro（14 吋，2023 年）,M2 pro</t>
+          <t>Apple Watch SE（第 3 代）（GPS + 行動網路）</t>
         </is>
       </c>
       <c r="G125" t="inlineStr">
         <is>
-          <t>P4M2P</t>
+          <t>SE3LA</t>
         </is>
       </c>
       <c r="H125" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I125" t="inlineStr"/>
       <c r="J125" t="inlineStr">
         <is>
-          <t>CAPP4M2P</t>
+          <t>WAPSE3LA</t>
         </is>
       </c>
       <c r="K125" t="inlineStr">
         <is>
-          <t>M2 Pro(10CPU,16GPU),16G,512G/M2 Pro(10CPU,16GPU),16G,1TB/M2 Pro(10CPU,16GPU),16G,2TB/M2 Pro(10CPU,16GPU),16G,4TB/M2 Pro(10CPU,16GPU),16G,8TB/M2 Pro(10CPU,16GPU),32G,512G/M2 Pro(10CPU,16GPU),32G,1TB/M2 Pro(10CPU,16GPU),32G,2TB/M2 Pro(10CPU,16GPU),32G,4TB/M2 Pro(10CPU,16GPU),32G,8TB/M2 Pro(12CPU,19GPU),16G,512G/M2 Pro(12CPU,19GPU),16G,1TB/M2 Pro(12CPU,19GPU),16G,2TB/M2 Pro(12CPU,19GPU),16G,4TB/M2 Pro(12CPU,19GPU),16G,8TB/M2 Pro(12CPU,19GPU),32G,512G/M2 Pro(12CPU,19GPU),32G,1TB/M2 Pro(12CPU,19GPU),32G,2TB/M2 Pro(12CPU,19GPU),32G,4TB/M2 Pro(12CPU,19GPU),32G,8TB</t>
+          <t>40mm/44mm</t>
         </is>
       </c>
       <c r="L125" t="inlineStr">
         <is>
-          <t>晶片,記憶體,容量</t>
+          <t>尺寸</t>
         </is>
       </c>
       <c r="M125" t="inlineStr">
         <is>
-          <t>太空灰色/銀色</t>
+          <t>午夜色/星光色</t>
         </is>
       </c>
       <c r="N125" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O125" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
       <c r="P125" t="inlineStr">
         <is>
-          <t>CCAI23LP0240T9</t>
+          <t>A3326：CCAI254G0040T1  A3328：CCAI254G0050T1</t>
         </is>
       </c>
       <c r="Q125" t="inlineStr">
         <is>
-          <t>R33057</t>
+          <t>D33057</t>
         </is>
       </c>
       <c r="R125" t="n">
-        <v>125</v>
+        <v>124</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="n">
-        <v>107</v>
+        <v>415</v>
       </c>
       <c r="B126" t="inlineStr">
         <is>
-          <t>筆電</t>
+          <t>手錶</t>
         </is>
       </c>
       <c r="C126" t="inlineStr">
         <is>
-          <t>C</t>
+          <t>W</t>
         </is>
       </c>
       <c r="D126" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E126" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F126" t="inlineStr">
         <is>
-          <t>MacBook Pro（14 吋，2023 年）,M2 Max</t>
+          <t>Apple Watch Ultra 2（GPS + 行動網路）</t>
         </is>
       </c>
       <c r="G126" t="inlineStr">
         <is>
-          <t>P4M2M</t>
+          <t>UX3LT</t>
         </is>
       </c>
       <c r="H126" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I126" t="inlineStr"/>
       <c r="J126" t="inlineStr">
         <is>
-          <t>CAPP4M2M</t>
+          <t>WAPUX3LT</t>
         </is>
       </c>
       <c r="K126" t="inlineStr">
         <is>
-          <t>M2 Max(12CPU,30GPU),32G,1TB/M2 Max(12CPU,30GPU),32G,2TB/M2 Max(12CPU,30GPU),32G,4TB/M2 Max(12CPU,30GPU),32G,8TB/M2 Max(12CPU,30GPU),64G,1TB/M2 Max(12CPU,30GPU),64G,2TB/M2 Max(12CPU,30GPU),64G,4TB/M2 Max(12CPU,30GPU),64G,8TB/M2 Max(12CPU,30GPU),96G,1TB/M2 Max(12CPU,30GPU),96G,2TB/M2 Max(12CPU,30GPU),96G,4TB/M2 Max(12CPU,30GPU),96G,8TB/M2 Max(12CPU,38GPU),32G,1TB/M2 Max(12CPU,38GPU),32G,2TB/M2 Max(12CPU,38GPU),32G,4TB/M2 Max(12CPU,38GPU),32G,8TB/M2 Max(12CPU,38GPU),64G,1TB/M2 Max(12CPU,38GPU),64G,2TB/M2 Max(12CPU,38GPU),64G,4TB/M2 Max(12CPU,38GPU),64G,8TB/M2 Max(12CPU,38GPU),96G,1TB/M2 Max(12CPU,38GPU),96G,2TB/M2 Max(12CPU,38GPU),96G,4TB/M2 Max(12CPU,38GPU),96G,8TB</t>
+          <t>49mm</t>
         </is>
       </c>
       <c r="L126" t="inlineStr">
         <is>
-          <t>晶片,記憶體,容量</t>
+          <t>尺寸</t>
         </is>
       </c>
       <c r="M126" t="inlineStr">
         <is>
-          <t>太空灰色/銀色</t>
+          <t>原色/黑色</t>
         </is>
       </c>
       <c r="N126" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O126" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
       <c r="P126" t="inlineStr">
         <is>
-          <t>CCAI23LP0240T9</t>
+          <t>CCAI254G0080T0</t>
         </is>
       </c>
       <c r="Q126" t="inlineStr">
         <is>
-          <t>R33057</t>
+          <t>D33057</t>
         </is>
       </c>
       <c r="R126" t="n">
-        <v>126</v>
+        <v>125</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="n">
-        <v>108</v>
+        <v>420</v>
       </c>
       <c r="B127" t="inlineStr">
         <is>
           <t>筆電</t>
         </is>
       </c>
       <c r="C127" t="inlineStr">
         <is>
           <t>C</t>
         </is>
       </c>
       <c r="D127" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E127" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F127" t="inlineStr">
         <is>
-          <t>MacBook Pro（16 吋，2023 年）,M2 pro</t>
+          <t>MacBook Pro（14吋，2025年）,M5</t>
         </is>
       </c>
       <c r="G127" t="inlineStr">
         <is>
-          <t>P6M2P</t>
+          <t>P4M5X</t>
         </is>
       </c>
       <c r="H127" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I127" t="inlineStr"/>
       <c r="J127" t="inlineStr">
         <is>
-          <t>CAPP6M2P</t>
+          <t>CAPP4M5X</t>
         </is>
       </c>
       <c r="K127" t="inlineStr">
         <is>
-          <t>M2 Pro(12CPU,19GPU),16G,512G/M2 Pro(12CPU,19GPU),16G,1TB/M2 Pro(12CPU,19GPU),16G,2TB/M2 Pro(12CPU,19GPU),16G,4TB/M2 Pro(12CPU,19GPU),16G,8TB/M2 Pro(12CPU,19GPU),32G,512G/M2 Pro(12CPU,19GPU),32G,1TB/M2 Pro(12CPU,19GPU),32G,2TB/M2 Pro(12CPU,19GPU),32G,4TB/M2 Pro(12CPU,19GPU),32G,8TB</t>
+          <t>M5(10CPU,10GPU),16GB,512GB/M5(10CPU,10GPU),16GB,1TB/M5(10CPU,10GPU),16GB,2TB/M5(10CPU,10GPU),16GB,4TB/M5(10CPU,10GPU),24GB,512GB/M5(10CPU,10GPU),24GB,1TB/M5(10CPU,10GPU),24GB,2TB/M5(10CPU,10GPU),24GB,4TB/M5(10CPU,10GPU),32GB,512GB/M5(10CPU,10GPU),32GB,1TB/M5(10CPU,10GPU),32GB,2TB/M5(10CPU,10GPU),32GB,4TB</t>
         </is>
       </c>
       <c r="L127" t="inlineStr">
         <is>
           <t>晶片,記憶體,容量</t>
         </is>
       </c>
       <c r="M127" t="inlineStr">
         <is>
           <t>太空灰色/銀色</t>
         </is>
       </c>
       <c r="N127" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O127" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
-      <c r="P127" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="P127" t="inlineStr"/>
+      <c r="Q127" t="inlineStr"/>
       <c r="R127" t="n">
-        <v>127</v>
+        <v>126</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="n">
-        <v>109</v>
+        <v>183</v>
       </c>
       <c r="B128" t="inlineStr">
         <is>
           <t>筆電</t>
         </is>
       </c>
       <c r="C128" t="inlineStr">
         <is>
           <t>C</t>
         </is>
       </c>
       <c r="D128" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E128" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F128" t="inlineStr">
         <is>
-          <t>MacBook Pro（16 吋，2023 年）,M2 Max</t>
+          <t>MacBook Pro（14吋，2024年）,M4</t>
         </is>
       </c>
       <c r="G128" t="inlineStr">
         <is>
-          <t>P6M2M</t>
+          <t>P4M4X</t>
         </is>
       </c>
       <c r="H128" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I128" t="inlineStr"/>
       <c r="J128" t="inlineStr">
         <is>
-          <t>CAPP6M2M</t>
+          <t>CAPP4M4X</t>
         </is>
       </c>
       <c r="K128" t="inlineStr">
         <is>
-          <t>M2 Max(12CPU,30GPU),32G,1TB/M2 Max(12CPU,30GPU),32G,2TB/M2 Max(12CPU,30GPU),32G,4TB/M2 Max(12CPU,30GPU),32G,8TB/M2 Max(12CPU,30GPU),64G,1TB/M2 Max(12CPU,30GPU),64G,2TB/M2 Max(12CPU,30GPU),64G,4TB/M2 Max(12CPU,30GPU),64G,8TB/M2 Max(12CPU,38GPU),32G,1TB/M2 Max(12CPU,38GPU),32G,2TB/M2 Max(12CPU,38GPU),32G,4TB/M2 Max(12CPU,38GPU),32G,8TB/M2 Max(12CPU,38GPU),64G,1TB/M2 Max(12CPU,38GPU),64G,2TB/M2 Max(12CPU,38GPU),64G,4TB/M2 Max(12CPU,38GPU),64G,8TB/M2 Max(12CPU,38GPU),96G,1TB/M2 Max(12CPU,38GPU),96G,2TB/M2 Max(12CPU,38GPU),96G,4TB/M2 Max(12CPU,38GPU),96G,8TB</t>
+          <t>M4(10CPU,10GPU),16G,512G/M4(10CPU,10GPU),16G,1TB/M4(10CPU,10GPU),16G,2TB/M4(10CPU,10GPU),24G,512G/M4(10CPU,10GPU),24G,1TB/M4(10CPU,10GPU),24G,2TB/M4(10CPU,10GPU),32G,512G/M4(10CPU,10GPU),32G,1TB/M4(10CPU,10GPU),32G,2TB</t>
         </is>
       </c>
       <c r="L128" t="inlineStr">
         <is>
           <t>晶片,記憶體,容量</t>
         </is>
       </c>
       <c r="M128" t="inlineStr">
         <is>
           <t>太空灰色/銀色</t>
         </is>
       </c>
       <c r="N128" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O128" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
       <c r="P128" t="inlineStr">
         <is>
-          <t>CCAI23LP0230T6</t>
+          <t>CCAI24LP1230T6</t>
         </is>
       </c>
       <c r="Q128" t="inlineStr">
         <is>
           <t>R33057</t>
         </is>
       </c>
       <c r="R128" t="n">
-        <v>128</v>
+        <v>127</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="n">
-        <v>110</v>
+        <v>184</v>
       </c>
       <c r="B129" t="inlineStr">
         <is>
           <t>筆電</t>
         </is>
       </c>
       <c r="C129" t="inlineStr">
         <is>
           <t>C</t>
         </is>
       </c>
       <c r="D129" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E129" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F129" t="inlineStr">
         <is>
-          <t>MacBook Pro（13 吋，M2，2022 年）,M2</t>
+          <t>MacBook Pro（14吋，2024年）,M4 Pro</t>
         </is>
       </c>
       <c r="G129" t="inlineStr">
         <is>
-          <t>P3M2X</t>
+          <t>P4M4P</t>
         </is>
       </c>
       <c r="H129" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I129" t="inlineStr"/>
       <c r="J129" t="inlineStr">
         <is>
-          <t>CAPP3M2X</t>
+          <t>CAPP4M4P</t>
         </is>
       </c>
       <c r="K129" t="inlineStr">
         <is>
-          <t>M2(8CPU,10GPU),8G,256G/M2(8CPU,10GPU),8G,512G/M2(8CPU,10GPU),8G,1TB/M2(8CPU,10GPU),8G,2TB/M2(8CPU,10GPU),16G,256G/M2(8CPU,10GPU),16G,512G/M2(8CPU,10GPU),16G,1TB/M2(8CPU,10GPU),16G,2TB/M2(8CPU,10GPU),24G,256G/M2(8CPU,10GPU),24G,512G/M2(8CPU,10GPU),24G,1TB/M2(8CPU,10GPU),24G,2TB</t>
+          <t>M4 Pro(12CPU,16GPU),24GB,512G/M4 Pro(12CPU,16GPU),24GB,1TB/M4 Pro(12CPU,16GPU),24GB,2TB/M4 Pro(12CPU,16GPU),24GB,4TB/M4 Pro(12CPU,16GPU),36GB,512G/M4 Pro(12CPU,16GPU),36GB,1TB/M4 Pro(12CPU,16GPU),36GB,2TB/M4 Pro(12CPU,16GPU),36GB,4TB/M4 Pro(12CPU,16GPU),48GB,512G/M4 Pro(12CPU,16GPU),48GB,1TB/M4 Pro(12CPU,16GPU),48GB,2TB/M4 Pro(12CPU,16GPU),48GB,4TB/M4 Pro(12CPU,16GPU),64GB,512G/M4 Pro(12CPU,16GPU),64GB,1TB/M4 Pro(12CPU,16GPU),64GB,2TB/M4 Pro(12CPU,16GPU),64GB,4TB/M4 Pro(12CPU,16GPU),128GB,512G/M4 Pro(12CPU,16GPU),128GB,1TB/M4 Pro(12CPU,16GPU),128GB,2TB/M4 Pro(12CPU,16GPU),128GB,4TB/M4 Pro(14CPU,16GPU),24GB,512G/M4 Pro(14CPU,16GPU),24GB,1TB/M4 Pro(14CPU,16GPU),24GB,2TB/M4 Pro(14CPU,16GPU),24GB,4TB/M4 Pro(14CPU,16GPU),36GB,512G/M4 Pro(14CPU,16GPU),36GB,1TB/M4 Pro(14CPU,16GPU),36GB,2TB/M4 Pro(14CPU,16GPU),36GB,4TB/M4 Pro(14CPU,16GPU),48GB,512G/M4 Pro(14CPU,16GPU),48GB,1TB/M4 Pro(14CPU,16GPU),48GB,2TB/M4 Pro(14CPU,16GPU),48GB,4TB/M4 Pro(14CPU,16GPU),64GB,512G/M4 Pro(14CPU,16GPU),64GB,1TB/M4 Pro(14CPU,16GPU),64GB,2TB/M4 Pro(14CPU,16GPU),64GB,4TB/M4 Pro(14CPU,16GPU),128GB,512G/M4 Pro(14CPU,16GPU),128GB,1TB/M4 Pro(14CPU,16GPU),128GB,2TB/M4 Pro(14CPU,16GPU),128GB,4TB/M4 Pro(14CPU,20GPU),24GB,512G/M4 Pro(14CPU,20GPU),24GB,1TB/M4 Pro(14CPU,20GPU),24GB,2TB/M4 Pro(14CPU,20GPU),24GB,4TB/M4 Pro(14CPU,20GPU),36GB,512G/M4 Pro(14CPU,20GPU),36GB,1TB/M4 Pro(14CPU,20GPU),36GB,2TB/M4 Pro(14CPU,20GPU),36GB,4TB/M4 Pro(14CPU,20GPU),48GB,512G/M4 Pro(14CPU,20GPU),48GB,1TB/M4 Pro(14CPU,20GPU),48GB,2TB/M4 Pro(14CPU,20GPU),48GB,4TB/M4 Pro(14CPU,20GPU),64GB,512G/M4 Pro(14CPU,20GPU),64GB,1TB/M4 Pro(14CPU,20GPU),64GB,2TB/M4 Pro(14CPU,20GPU),64GB,4TB/M4 Pro(14CPU,20GPU),128GB,512G/M4 Pro(14CPU,20GPU),128GB,1TB/M4 Pro(14CPU,20GPU),128GB,2TB/M4 Pro(14CPU,20GPU),128GB,4TB</t>
         </is>
       </c>
       <c r="L129" t="inlineStr">
         <is>
           <t>晶片,記憶體,容量</t>
         </is>
       </c>
       <c r="M129" t="inlineStr">
         <is>
           <t>太空灰色/銀色</t>
         </is>
       </c>
       <c r="N129" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O129" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
       <c r="P129" t="inlineStr">
         <is>
-          <t>CCAI20LP2710T6</t>
+          <t>CCAI24LP1260T2</t>
         </is>
       </c>
       <c r="Q129" t="inlineStr">
         <is>
           <t>R33057</t>
         </is>
       </c>
       <c r="R129" t="n">
-        <v>129</v>
+        <v>128</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="n">
-        <v>111</v>
+        <v>185</v>
       </c>
       <c r="B130" t="inlineStr">
         <is>
           <t>筆電</t>
         </is>
       </c>
       <c r="C130" t="inlineStr">
         <is>
           <t>C</t>
         </is>
       </c>
       <c r="D130" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E130" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F130" t="inlineStr">
         <is>
-          <t>MacBook Pro（14 英寸，2021 年）,M1 Pro</t>
+          <t>MacBook Pro（14吋，2024年）,M4 MAX</t>
         </is>
       </c>
       <c r="G130" t="inlineStr">
         <is>
-          <t>P4M1P</t>
+          <t>P4M4M</t>
         </is>
       </c>
       <c r="H130" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I130" t="inlineStr"/>
       <c r="J130" t="inlineStr">
         <is>
-          <t>CAPP4M1P</t>
+          <t>CAPP4M4M</t>
         </is>
       </c>
       <c r="K130" t="inlineStr">
         <is>
-          <t>M1 Pro(8CPU,14GPU),16G,512G/M1 Pro(8CPU,14GPU),16G,1TB/M1 Pro(8CPU,14GPU),16G,2TB/M1 Pro(8CPU,14GPU),16G,4TB/M1 Pro(8CPU,14GPU),16G,8TB/M1 Pro(8CPU,14GPU),32G,512G/M1 Pro(8CPU,14GPU),32G,1TB/M1 Pro(8CPU,14GPU),32G,2TB/M1 Pro(8CPU,14GPU),32G,4TB/M1 Pro(8CPU,14GPU),32G,8TB/M1 Pro(10CPU,14GPU),16G,512G/M1 Pro(10CPU,14GPU),16G,1TB/M1 Pro(10CPU,14GPU),16G,2TB/M1 Pro(10CPU,14GPU),16G,4TB/M1 Pro(10CPU,14GPU),16G,8TB/M1 Pro(10CPU,14GPU),32G,512G/M1 Pro(10CPU,14GPU),32G,1TB/M1 Pro(10CPU,14GPU),32G,2TB/M1 Pro(10CPU,14GPU),32G,4TB/M1 Pro(10CPU,14GPU),32G,8TB/M1 Pro(10CPU,16GPU),16G,512G/M1 Pro(10CPU,16GPU),16G,1TB/M1 Pro(10CPU,16GPU),16G,2TB/M1 Pro(10CPU,16GPU),16G,4TB/M1 Pro(10CPU,16GPU),16G,8TB/M1 Pro(10CPU,16GPU),32G,512G/M1 Pro(10CPU,16GPU),32G,1TB/M1 Pro(10CPU,16GPU),32G,2TB/M1 Pro(10CPU,16GPU),32G,4TB/M1 Pro(10CPU,16GPU),32G,8TB</t>
+          <t>M4 Max(14CPU,32GPU),36GB,1TB/M4 Max(14CPU,32GPU),36GB,2TB/M4 Max(14CPU,32GPU),36GB,4TB/M4 Max(14CPU,32GPU),36GB,8TB/M4 Max(14CPU,32GPU),48GB,1TB/M4 Max(14CPU,32GPU),48GB,2TB/M4 Max(14CPU,32GPU),48GB,4TB/M4 Max(14CPU,32GPU),48GB,8TB/M4 Max(14CPU,32GPU),64GB,1TB/M4 Max(14CPU,32GPU),64GB,2TB/M4 Max(14CPU,32GPU),64GB,4TB/M4 Max(14CPU,32GPU),64GB,8TB/M4 Max(14CPU,32GPU),128GB,1TB/M4 Max(14CPU,32GPU),128GB,2TB/M4 Max(14CPU,32GPU),128GB,4TB/M4 Max(14CPU,32GPU),128GB,8TB/M4 Max(16CPU,40GPU),36GB,1TB/M4 Max(16CPU,40GPU),36GB,2TB/M4 Max(16CPU,40GPU),36GB,4TB/M4 Max(16CPU,40GPU),36GB,8TB/M4 Max(16CPU,40GPU),48GB,1TB/M4 Max(16CPU,40GPU),48GB,2TB/M4 Max(16CPU,40GPU),48GB,4TB/M4 Max(16CPU,40GPU),48GB,8TB/M4 Max(16CPU,40GPU),64GB,1TB/M4 Max(16CPU,40GPU),64GB,2TB/M4 Max(16CPU,40GPU),64GB,4TB/M4 Max(16CPU,40GPU),64GB,8TB/M4 Max(16CPU,40GPU),128GB,1TB/M4 Max(16CPU,40GPU),128GB,2TB/M4 Max(16CPU,40GPU),128GB,4TB/M4 Max(16CPU,40GPU),128GB,8TB</t>
         </is>
       </c>
       <c r="L130" t="inlineStr">
         <is>
           <t>晶片,記憶體,容量</t>
         </is>
       </c>
       <c r="M130" t="inlineStr">
         <is>
           <t>太空灰色/銀色</t>
         </is>
       </c>
       <c r="N130" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O130" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
       <c r="P130" t="inlineStr">
         <is>
-          <t>CCAI21LP1830T6</t>
+          <t>CCAI24LP1270T5</t>
         </is>
       </c>
       <c r="Q130" t="inlineStr">
         <is>
           <t>R33057</t>
         </is>
       </c>
       <c r="R130" t="n">
-        <v>130</v>
+        <v>129</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="n">
-        <v>112</v>
+        <v>187</v>
       </c>
       <c r="B131" t="inlineStr">
         <is>
           <t>筆電</t>
         </is>
       </c>
       <c r="C131" t="inlineStr">
         <is>
           <t>C</t>
         </is>
       </c>
       <c r="D131" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E131" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F131" t="inlineStr">
         <is>
-          <t>MacBook Pro（14 英寸，2021 年）,M1 Max</t>
+          <t>MacBook Pro（16吋，2024年）,M4 Pro</t>
         </is>
       </c>
       <c r="G131" t="inlineStr">
         <is>
-          <t>P4M1M</t>
+          <t>P6M4P</t>
         </is>
       </c>
       <c r="H131" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I131" t="inlineStr"/>
       <c r="J131" t="inlineStr">
         <is>
-          <t>CAPP4M1M</t>
+          <t>CAPP6M4P</t>
         </is>
       </c>
       <c r="K131" t="inlineStr">
         <is>
-          <t>M1 Max(10CPU,24GPU),32G,512G/M1 Max(10CPU,24GPU),32G,1TB/M1 Max(10CPU,24GPU),32G,2TB/M1 Max(10CPU,24GPU),32G,4TB/M1 Max(10CPU,24GPU),32G,8TB/M1 Max(10CPU,24GPU),64G,512G/M1 Max(10CPU,24GPU),64G,1TB/M1 Max(10CPU,24GPU),64G,2TB/M1 Max(10CPU,24GPU),64G,4TB/M1 Max(10CPU,24GPU),64G,8TB/M1 Max(10CPU,32GPU),32G,512G/M1 Max(10CPU,32GPU),32G,1TB/M1 Max(10CPU,32GPU),32G,2TB/M1 Max(10CPU,32GPU),32G,4TB/M1 Max(10CPU,32GPU),32G,8TB/M1 Max(10CPU,32GPU),64G,512G/M1 Max(10CPU,32GPU),64G,1TB/M1 Max(10CPU,32GPU),64G,2TB/M1 Max(10CPU,32GPU),64G,4TB/M1 Max(10CPU,32GPU),64G,8TB</t>
+          <t>M4 Pro(12CPU,16GPU),24GB,512G/M4 Pro(12CPU,16GPU),24GB,1TB/M4 Pro(12CPU,16GPU),24GB,2TB/M4 Pro(12CPU,16GPU),24GB,4TB/M4 Pro(12CPU,16GPU),36GB,512G/M4 Pro(12CPU,16GPU),36GB,1TB/M4 Pro(12CPU,16GPU),36GB,2TB/M4 Pro(12CPU,16GPU),36GB,4TB/M4 Pro(12CPU,16GPU),48GB,512G/M4 Pro(12CPU,16GPU),48GB,1TB/M4 Pro(12CPU,16GPU),48GB,2TB/M4 Pro(12CPU,16GPU),48GB,4TB/M4 Pro(12CPU,16GPU),64GB,512G/M4 Pro(12CPU,16GPU),64GB,1TB/M4 Pro(12CPU,16GPU),64GB,2TB/M4 Pro(12CPU,16GPU),64GB,4TB/M4 Pro(12CPU,16GPU),128GB,512G/M4 Pro(12CPU,16GPU),128GB,1TB/M4 Pro(12CPU,16GPU),128GB,2TB/M4 Pro(12CPU,16GPU),128GB,4TB/M4 Pro(14CPU,16GPU),24GB,512G/M4 Pro(14CPU,16GPU),24GB,1TB/M4 Pro(14CPU,16GPU),24GB,2TB/M4 Pro(14CPU,16GPU),24GB,4TB/M4 Pro(14CPU,16GPU),36GB,512G/M4 Pro(14CPU,16GPU),36GB,1TB/M4 Pro(14CPU,16GPU),36GB,2TB/M4 Pro(14CPU,16GPU),36GB,4TB/M4 Pro(14CPU,16GPU),48GB,512G/M4 Pro(14CPU,16GPU),48GB,1TB/M4 Pro(14CPU,16GPU),48GB,2TB/M4 Pro(14CPU,16GPU),48GB,4TB/M4 Pro(14CPU,16GPU),64GB,512G/M4 Pro(14CPU,16GPU),64GB,1TB/M4 Pro(14CPU,16GPU),64GB,2TB/M4 Pro(14CPU,16GPU),64GB,4TB/M4 Pro(14CPU,16GPU),128GB,512G/M4 Pro(14CPU,16GPU),128GB,1TB/M4 Pro(14CPU,16GPU),128GB,2TB/M4 Pro(14CPU,16GPU),128GB,4TB/M4 Pro(14CPU,20GPU),24GB,512G/M4 Pro(14CPU,20GPU),24GB,1TB/M4 Pro(14CPU,20GPU),24GB,2TB/M4 Pro(14CPU,20GPU),24GB,4TB/M4 Pro(14CPU,20GPU),36GB,512G/M4 Pro(14CPU,20GPU),36GB,1TB/M4 Pro(14CPU,20GPU),36GB,2TB/M4 Pro(14CPU,20GPU),36GB,4TB/M4 Pro(14CPU,20GPU),48GB,512G/M4 Pro(14CPU,20GPU),48GB,1TB/M4 Pro(14CPU,20GPU),48GB,2TB/M4 Pro(14CPU,20GPU),48GB,4TB/M4 Pro(14CPU,20GPU),64GB,512G/M4 Pro(14CPU,20GPU),64GB,1TB/M4 Pro(14CPU,20GPU),64GB,2TB/M4 Pro(14CPU,20GPU),64GB,4TB/M4 Pro(14CPU,20GPU),128GB,512G/M4 Pro(14CPU,20GPU),128GB,1TB/M4 Pro(14CPU,20GPU),128GB,2TB/M4 Pro(14CPU,20GPU),128GB,4TB</t>
         </is>
       </c>
       <c r="L131" t="inlineStr">
         <is>
           <t>晶片,記憶體,容量</t>
         </is>
       </c>
       <c r="M131" t="inlineStr">
         <is>
           <t>太空灰色/銀色</t>
         </is>
       </c>
       <c r="N131" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O131" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
       <c r="P131" t="inlineStr">
         <is>
-          <t>CCAI21LP1830T6</t>
+          <t>CCAI24LP1240T9</t>
         </is>
       </c>
       <c r="Q131" t="inlineStr">
         <is>
           <t>R33057</t>
         </is>
       </c>
       <c r="R131" t="n">
-        <v>131</v>
+        <v>130</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="n">
-        <v>113</v>
+        <v>186</v>
       </c>
       <c r="B132" t="inlineStr">
         <is>
           <t>筆電</t>
         </is>
       </c>
       <c r="C132" t="inlineStr">
         <is>
           <t>C</t>
         </is>
       </c>
       <c r="D132" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E132" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F132" t="inlineStr">
         <is>
-          <t>MacBook Pro（16 英寸，2021 年）,M1 Pro</t>
+          <t>MacBook Pro（16吋，2024年）,M4 MAX</t>
         </is>
       </c>
       <c r="G132" t="inlineStr">
         <is>
-          <t>P6M1P</t>
+          <t>P6M4X</t>
         </is>
       </c>
       <c r="H132" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I132" t="inlineStr"/>
       <c r="J132" t="inlineStr">
         <is>
-          <t>CAPP6M1P</t>
+          <t>CAPP6M4X</t>
         </is>
       </c>
       <c r="K132" t="inlineStr">
         <is>
-          <t>M1 Pro(10CPU,16GPU),16G,512G/M1 Pro(10CPU,16GPU),16G,1TB/M1 Pro(10CPU,16GPU),16G,2TB/M1 Pro(10CPU,16GPU),16G,4TB/M1 Pro(10CPU,16GPU),16G,8TB/M1 Pro(10CPU,16GPU),32G,512G/M1 Pro(10CPU,16GPU),32G,1TB/M1 Pro(10CPU,16GPU),32G,2TB/M1 Pro(10CPU,16GPU),32G,4TB/M1 Pro(10CPU,16GPU),32G,8TB</t>
+          <t>M4 Max(14CPU,32GPU),36GB,1TB/M4 Max(14CPU,32GPU),36GB,2TB/M4 Max(14CPU,32GPU),36GB,4TB/M4 Max(14CPU,32GPU),36GB,8TB/M4 Max(14CPU,32GPU),48GB,1TB/M4 Max(14CPU,32GPU),48GB,2TB/M4 Max(14CPU,32GPU),48GB,4TB/M4 Max(14CPU,32GPU),48GB,8TB/M4 Max(14CPU,32GPU),64GB,1TB/M4 Max(14CPU,32GPU),64GB,2TB/M4 Max(14CPU,32GPU),64GB,4TB/M4 Max(14CPU,32GPU),64GB,8TB/M4 Max(14CPU,32GPU),128GB,1TB/M4 Max(14CPU,32GPU),128GB,2TB/M4 Max(14CPU,32GPU),128GB,4TB/M4 Max(14CPU,32GPU),128GB,8TB/M4 Max(16CPU,40GPU),36GB,1TB/M4 Max(16CPU,40GPU),36GB,2TB/M4 Max(16CPU,40GPU),36GB,4TB/M4 Max(16CPU,40GPU),36GB,8TB/M4 Max(16CPU,40GPU),48GB,1TB/M4 Max(16CPU,40GPU),48GB,2TB/M4 Max(16CPU,40GPU),48GB,4TB/M4 Max(16CPU,40GPU),48GB,8TB/M4 Max(16CPU,40GPU),64GB,1TB/M4 Max(16CPU,40GPU),64GB,2TB/M4 Max(16CPU,40GPU),64GB,4TB/M4 Max(16CPU,40GPU),64GB,8TB/M4 Max(16CPU,40GPU),128GB,1TB/M4 Max(16CPU,40GPU),128GB,2TB/M4 Max(16CPU,40GPU),128GB,4TB/M4 Max(16CPU,40GPU),128GB,8TB</t>
         </is>
       </c>
       <c r="L132" t="inlineStr">
         <is>
           <t>晶片,記憶體,容量</t>
         </is>
       </c>
       <c r="M132" t="inlineStr">
         <is>
           <t>太空灰色/銀色</t>
         </is>
       </c>
       <c r="N132" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O132" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
       <c r="P132" t="inlineStr">
         <is>
-          <t>CCAI21LP1830T6</t>
+          <t>CCAI24LP1250T2</t>
         </is>
       </c>
       <c r="Q132" t="inlineStr">
         <is>
           <t>R33057</t>
         </is>
       </c>
       <c r="R132" t="n">
-        <v>132</v>
+        <v>131</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="n">
-        <v>114</v>
+        <v>101</v>
       </c>
       <c r="B133" t="inlineStr">
         <is>
           <t>筆電</t>
         </is>
       </c>
       <c r="C133" t="inlineStr">
         <is>
           <t>C</t>
         </is>
       </c>
       <c r="D133" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E133" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F133" t="inlineStr">
         <is>
-          <t>MacBook Pro（16 英寸，2021 年）,M1 Max</t>
+          <t>MacBook Pro（14 吋，2023 年 11 月）,M3</t>
         </is>
       </c>
       <c r="G133" t="inlineStr">
         <is>
-          <t>P6M1M</t>
+          <t>P4M3X</t>
         </is>
       </c>
       <c r="H133" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I133" t="inlineStr"/>
       <c r="J133" t="inlineStr">
         <is>
-          <t>CAPP6M1M</t>
+          <t>CAPP4M3X</t>
         </is>
       </c>
       <c r="K133" t="inlineStr">
         <is>
-          <t>M1 Max(10CPU,24GPU),32G,1TB/M1 Max(10CPU,24GPU),32G,2TB/M1 Max(10CPU,24GPU),32G,4TB/M1 Max(10CPU,24GPU),32G,8TB/M1 Max(10CPU,24GPU),64G,1TB/M1 Max(10CPU,24GPU),64G,2TB/M1 Max(10CPU,24GPU),64G,4TB/M1 Max(10CPU,24GPU),64G,8TB/M1 Max(10CPU,32GPU),32G,1TB/M1 Max(10CPU,32GPU),32G,2TB/M1 Max(10CPU,32GPU),32G,4TB/M1 Max(10CPU,32GPU),32G,8TB/M1 Max(10CPU,32GPU),64G,1TB/M1 Max(10CPU,32GPU),64G,2TB/M1 Max(10CPU,32GPU),64G,4TB/M1 Max(10CPU,32GPU),64G,8TB</t>
+          <t>M3(8CPU,10GPU),8G,512G/M3(8CPU,10GPU),8G,1TB/M3(8CPU,10GPU),8G,2TB/M3(8CPU,10GPU),16G,512G/M3(8CPU,10GPU),16G,1TB/M3(8CPU,10GPU),16G,2TB/M3(8CPU,10GPU),24G,512G/M3(8CPU,10GPU),24G,1TB/M3(8CPU,10GPU),24G,2TB</t>
         </is>
       </c>
       <c r="L133" t="inlineStr">
         <is>
           <t>晶片,記憶體,容量</t>
         </is>
       </c>
       <c r="M133" t="inlineStr">
         <is>
           <t>太空灰色/銀色</t>
         </is>
       </c>
       <c r="N133" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O133" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
       <c r="P133" t="inlineStr">
         <is>
-          <t>CCAI21LP1830T6</t>
+          <t>CCAI23LP0960T4</t>
         </is>
       </c>
       <c r="Q133" t="inlineStr">
         <is>
           <t>R33057</t>
         </is>
       </c>
       <c r="R133" t="n">
-        <v>133</v>
+        <v>132</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="n">
-        <v>115</v>
+        <v>102</v>
       </c>
       <c r="B134" t="inlineStr">
         <is>
           <t>筆電</t>
         </is>
       </c>
       <c r="C134" t="inlineStr">
         <is>
           <t>C</t>
         </is>
       </c>
       <c r="D134" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E134" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F134" t="inlineStr">
         <is>
-          <t>MacBook Pro（13 吋，M1，2020 年）</t>
+          <t>MacBook Pro（14 吋，2023 年 11 月）,M3 pro</t>
         </is>
       </c>
       <c r="G134" t="inlineStr">
         <is>
-          <t>P3M1X</t>
+          <t>P4M3P</t>
         </is>
       </c>
       <c r="H134" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I134" t="inlineStr"/>
       <c r="J134" t="inlineStr">
         <is>
-          <t>CAPP3M1X</t>
+          <t>CAPP4M3P</t>
         </is>
       </c>
       <c r="K134" t="inlineStr">
         <is>
-          <t>M1(8CPU,8GPU),8G,256G/M1(8CPU,8GPU),8G,512G/M1(8CPU,8GPU),8G,1TB/M1(8CPU,8GPU),8G,2TB/M1(8CPU,8GPU),16G,256G/M1(8CPU,8GPU),16G,512G/M1(8CPU,8GPU),16G,1TB/M1(8CPU,8GPU),16G,2TB</t>
+          <t>M3 Pro(11CPU,14GPU),18G,512G/M3 Pro(11CPU,14GPU),18G,1TB/M3 Pro(11CPU,14GPU),18G,2TB/M3 Pro(11CPU,14GPU),18G,4TB/M3 Pro(11CPU,14GPU),36G,512G/M3 Pro(11CPU,14GPU),36G,1TB/M3 Pro(11CPU,14GPU),36G,2TB/M3 Pro(11CPU,14GPU),36G,4TB/M3 Pro(12CPU,18GPU),18G,512G/M3 Pro(12CPU,18GPU),18G,1TB/M3 Pro(12CPU,18GPU),18G,2TB/M3 Pro(12CPU,18GPU),18G,4TB/M3 Pro(12CPU,18GPU),36G,512G/M3 Pro(12CPU,18GPU),36G,1TB/M3 Pro(12CPU,18GPU),36G,2TB/(12CPU,18GPU),36G,4TB</t>
         </is>
       </c>
       <c r="L134" t="inlineStr">
         <is>
           <t>晶片,記憶體,容量</t>
         </is>
       </c>
       <c r="M134" t="inlineStr">
         <is>
           <t>太空灰色/銀色</t>
         </is>
       </c>
       <c r="N134" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O134" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
       <c r="P134" t="inlineStr">
         <is>
-          <t>CCAI20LP2710T6</t>
+          <t>CCAI23LP0990T0</t>
         </is>
       </c>
       <c r="Q134" t="inlineStr">
         <is>
           <t>R33057</t>
         </is>
       </c>
       <c r="R134" t="n">
-        <v>134</v>
+        <v>133</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="n">
-        <v>116</v>
+        <v>103</v>
       </c>
       <c r="B135" t="inlineStr">
         <is>
           <t>筆電</t>
         </is>
       </c>
       <c r="C135" t="inlineStr">
         <is>
           <t>C</t>
         </is>
       </c>
       <c r="D135" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E135" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F135" t="inlineStr">
         <is>
-          <t>MacBook Pro（13 吋，2020 年，兩個 Thunderbolt 3 埠）</t>
+          <t>MacBook Pro（14 吋，2023 年 11 月）,M3 Max</t>
         </is>
       </c>
       <c r="G135" t="inlineStr">
         <is>
-          <t>P3202</t>
+          <t>P4M3M</t>
         </is>
       </c>
       <c r="H135" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I135" t="inlineStr"/>
       <c r="J135" t="inlineStr">
         <is>
-          <t>CAPP3202</t>
+          <t>CAPP4M3M</t>
         </is>
       </c>
       <c r="K135" t="inlineStr">
         <is>
-          <t>i5,8G,256G/i5,8G,512G/i5,8G,1TB/i5,8G,2TB/i5,16G,256G/i5,16G,512G/i5,16G,1TB/i5,16G,2TB/i7,8G,256G/i7,8G,512G/i7,8G,1TB/i7,8G,2TB/i7,16G,256G/i7,16G,512G/i7,16G,1TB/i7,16G,2TB</t>
+          <t>M3 Max(14CPU,30GPU),36G,512G/M3 Max(14CPU,30GPU),36G,1TB/M3 Max(14CPU,30GPU),36G,2TB/M3 Max(14CPU,30GPU),36G,4TB/M3 Max(14CPU,30GPU),36G,8TB/M3 Max(14CPU,30GPU),96G,512G/M3 Max(14CPU,30GPU),96G,1TB/M3 Max(14CPU,30GPU),96G,2TB/M3 Max(14CPU,30GPU),96G,4TB/M3 Max(14CPU,30GPU),96G,8TB/M3 Max(16CPU,40GPU),48G,512G/M3 Max(16CPU,40GPU),48G,1TB/M3 Max(16CPU,40GPU),48G,2TB/M3 Max(16CPU,40GPU),48G,4TB/M3 Max(16CPU,40GPU),48G,8TB/M3 Max(16CPU,40GPU),64G,512G/M3 Max(16CPU,40GPU),64G,1TB/M3 Max(16CPU,40GPU),64G,2TB/M3 Max(16CPU,40GPU),64G,4TB/M3 Max(16CPU,40GPU),64G,8TB/M3 Max(16CPU,40GPU),128G,512G/M3 Max(16CPU,40GPU),128G,1TB/M3 Max(16CPU,40GPU),128G,2TB/M3 Max(16CPU,40GPU),128G,4TB/M3 Max(16CPU,40GPU),128G,8TB</t>
         </is>
       </c>
       <c r="L135" t="inlineStr">
         <is>
           <t>晶片,記憶體,容量</t>
         </is>
       </c>
       <c r="M135" t="inlineStr">
         <is>
           <t>太空灰色/銀色</t>
         </is>
       </c>
       <c r="N135" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O135" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
       <c r="P135" t="inlineStr">
         <is>
-          <t>CCAI20LP1000T9</t>
+          <t>CCAI23LP0990T0</t>
         </is>
       </c>
       <c r="Q135" t="inlineStr">
         <is>
           <t>R33057</t>
         </is>
       </c>
       <c r="R135" t="n">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="n">
-        <v>117</v>
+        <v>104</v>
       </c>
       <c r="B136" t="inlineStr">
         <is>
           <t>筆電</t>
         </is>
       </c>
       <c r="C136" t="inlineStr">
         <is>
           <t>C</t>
         </is>
       </c>
       <c r="D136" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E136" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F136" t="inlineStr">
         <is>
-          <t>MacBook Pro（13 吋，2020 年，四個 Thunderbolt 3 埠）</t>
+          <t>MacBook Pro（16 吋，2023 年 11 月）,M3 pro</t>
         </is>
       </c>
       <c r="G136" t="inlineStr">
         <is>
-          <t>P3204</t>
+          <t>P6M3P</t>
         </is>
       </c>
       <c r="H136" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I136" t="inlineStr"/>
       <c r="J136" t="inlineStr">
         <is>
-          <t>CAPP3204</t>
+          <t>CAPP6M3P</t>
         </is>
       </c>
       <c r="K136" t="inlineStr">
         <is>
-          <t>i5,16G,512G/i5,16G,1TB/i5,16G,2TB/i5,16G,4TB/i5,32G,512G/i5,32G,1TB/i5,32G,2TB/i5,32G,4TB/i7,16G,512G/i7,16G,1TB/i7,16G,2TB/i7,16G,4TB/i7,32G,512G/i7,32G,1TB/i7,32G,2TB/i7,32G,4TB</t>
+          <t>M3 Pro(12CPU,18GPU),18G,512G/M3 Pro(12CPU,18GPU),18G,1TB/M3 Pro(12CPU,18GPU),18G,2TB/M3 Pro(12CPU,18GPU),18G,4TB/M3 Pro(12CPU,18GPU),36G,512G/M3 Pro(12CPU,18GPU),36G,1TB/M3 Pro(12CPU,18GPU),36G,2TB/M3 Pro(12CPU,18GPU),36G,4TB</t>
         </is>
       </c>
       <c r="L136" t="inlineStr">
         <is>
           <t>晶片,記憶體,容量</t>
         </is>
       </c>
       <c r="M136" t="inlineStr">
         <is>
           <t>太空灰色/銀色</t>
         </is>
       </c>
       <c r="N136" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O136" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
       <c r="P136" t="inlineStr">
         <is>
-          <t>CCAI20LP0970T9</t>
+          <t>CCAI23LP1000T7</t>
         </is>
       </c>
       <c r="Q136" t="inlineStr">
         <is>
           <t>R33057</t>
         </is>
       </c>
       <c r="R136" t="n">
-        <v>136</v>
+        <v>135</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="n">
-        <v>118</v>
+        <v>105</v>
       </c>
       <c r="B137" t="inlineStr">
         <is>
           <t>筆電</t>
         </is>
       </c>
       <c r="C137" t="inlineStr">
         <is>
           <t>C</t>
         </is>
       </c>
       <c r="D137" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E137" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F137" t="inlineStr">
         <is>
-          <t>MacBook Pro（16 吋，2019 年）</t>
+          <t>MacBook Pro（16 吋，2023 年 11 月）,M3 Max</t>
         </is>
       </c>
       <c r="G137" t="inlineStr">
         <is>
-          <t>P619X</t>
+          <t>P6M3M</t>
         </is>
       </c>
       <c r="H137" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I137" t="inlineStr"/>
       <c r="J137" t="inlineStr">
         <is>
-          <t>CAPP619X</t>
+          <t>CAPP6M3M</t>
         </is>
       </c>
       <c r="K137" t="inlineStr">
         <is>
-          <t>i7(2.6Hz),16G,512G/i7(2.6Hz),16G,1TB/i7(2.6Hz),16G,2TB/i7(2.6Hz),16G,4TB/i7(2.6Hz),16G,8TB/i7(2.6Hz),32G,512G/i7(2.6Hz),32G,1TB/i7(2.6Hz),32G,2TB/i7(2.6Hz),32G,4TB/i7(2.6Hz),32G,8TB/i7(2.6Hz),64G,512G/i7(2.6Hz),64G,1TB/i7(2.6Hz),64G,2TB/i7(2.6Hz),64G,4TB/i7(2.6Hz),64G,8TB/i9(2.3Hz),16G,1TB/i9(2.3Hz),16G,2TB/i9(2.3Hz),16G,4TB/i9(2.3Hz),16G,8TB/i9(2.3Hz),32G,1TB/i9(2.3Hz),32G,2TB/i9(2.3Hz),32G,4TB/i9(2.3Hz),32G,8TB/i9(2.3Hz),64G,1TB/i9(2.3Hz),64G,2TB/i9(2.3Hz),64G,4TB/i9(2.3Hz),64G,8TB/i9(2.4Hz),16G,512G/i9(2.4Hz),16G,1TB/i9(2.4Hz),16G,2TB/i9(2.4Hz),16G,4TB/i9(2.4Hz),16G,8TB/i9(2.4Hz),32G,512G/i9(2.4Hz),32G,1TB/i9(2.4Hz),32G,2TB/i9(2.4Hz),32G,4TB/i9(2.4Hz),32G,8TB/i9(2.4Hz),64G,512G/i9(2.4Hz),64G,1TB/i9(2.4Hz),64G,2TB/i9(2.4Hz),64G,4TB/i9(2.4Hz),64G,8TB</t>
+          <t>M3 Max(14CPU,30GPU),36G,512G/M3 Max(14CPU,30GPU),36G,1TB/M3 Max(14CPU,30GPU),36G,2TB/M3 Max(14CPU,30GPU),36G,4TB/M3 Max(14CPU,30GPU),36G,8TB/M3 Max(14CPU,30GPU),96G,512G/M3 Max(14CPU,30GPU),96G,1TB/M3 Max(14CPU,30GPU),96G,2TB/M3 Max(14CPU,30GPU),96G,4TB/M3 Max(14CPU,30GPU),96G,8TB/M3 Max(16CPU,40GPU),48G,512G/M3 Max(16CPU,40GPU),48G,1TB/M3 Max(16CPU,40GPU),48G,2TB/M3 Max(16CPU,40GPU),48G,4TB/M3 Max(16CPU,40GPU),48G,8TB/M3 Max(16CPU,40GPU),64G,512G/M3 Max(16CPU,40GPU),64G,1TB/M3 Max(16CPU,40GPU),64G,2TB/M3 Max(16CPU,40GPU),64G,4TB/M3 Max(16CPU,40GPU),64G,8TB/M3 Max(16CPU,40GPU),128G,512G/M3 Max(16CPU,40GPU),128G,1TB/M3 Max(16CPU,40GPU),128G,2TB/M3 Max(16CPU,40GPU),128G,4TB/M3 Max(16CPU,40GPU),128G,8TB</t>
         </is>
       </c>
       <c r="L137" t="inlineStr">
         <is>
           <t>晶片,記憶體,容量</t>
         </is>
       </c>
       <c r="M137" t="inlineStr">
         <is>
           <t>太空灰色/銀色</t>
         </is>
       </c>
       <c r="N137" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O137" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
       <c r="P137" t="inlineStr">
         <is>
-          <t>CCAI19LP2750T3</t>
+          <t>CCAI23LP1000T7</t>
         </is>
       </c>
       <c r="Q137" t="inlineStr">
         <is>
           <t>R33057</t>
         </is>
       </c>
       <c r="R137" t="n">
-        <v>137</v>
+        <v>136</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="n">
-        <v>119</v>
+        <v>106</v>
       </c>
       <c r="B138" t="inlineStr">
         <is>
           <t>筆電</t>
         </is>
       </c>
       <c r="C138" t="inlineStr">
         <is>
           <t>C</t>
         </is>
       </c>
       <c r="D138" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E138" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F138" t="inlineStr">
         <is>
-          <t>MacBook Pro（13 吋，2019 年，兩個 Thunderbolt 3 埠）</t>
+          <t>MacBook Pro（14 吋，2023 年）,M2 pro</t>
         </is>
       </c>
       <c r="G138" t="inlineStr">
         <is>
-          <t>P3192</t>
+          <t>P4M2P</t>
         </is>
       </c>
       <c r="H138" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I138" t="inlineStr"/>
       <c r="J138" t="inlineStr">
         <is>
-          <t>CAPP3192</t>
+          <t>CAPP4M2P</t>
         </is>
       </c>
       <c r="K138" t="inlineStr">
         <is>
-          <t>i5,8G,128G/i5,8G,256G/i5,8G,512G/i5,8G,1TB/i5,8G,2TB/i5,16G,128G/i5,16G,256G/i5,16G,512G/i5,16G,1TB/i5,16G,2TB/i7,8G,128G/i7,8G,256G/i7,8G,512G/i7,8G,1TB/i7,8G,2TB/i7,16G,128G/i7,16G,256G/i7,16G,512G/i7,16G,1TB/i7,16G,2TB</t>
+          <t>M2 Pro(10CPU,16GPU),16G,512G/M2 Pro(10CPU,16GPU),16G,1TB/M2 Pro(10CPU,16GPU),16G,2TB/M2 Pro(10CPU,16GPU),16G,4TB/M2 Pro(10CPU,16GPU),16G,8TB/M2 Pro(10CPU,16GPU),32G,512G/M2 Pro(10CPU,16GPU),32G,1TB/M2 Pro(10CPU,16GPU),32G,2TB/M2 Pro(10CPU,16GPU),32G,4TB/M2 Pro(10CPU,16GPU),32G,8TB/M2 Pro(12CPU,19GPU),16G,512G/M2 Pro(12CPU,19GPU),16G,1TB/M2 Pro(12CPU,19GPU),16G,2TB/M2 Pro(12CPU,19GPU),16G,4TB/M2 Pro(12CPU,19GPU),16G,8TB/M2 Pro(12CPU,19GPU),32G,512G/M2 Pro(12CPU,19GPU),32G,1TB/M2 Pro(12CPU,19GPU),32G,2TB/M2 Pro(12CPU,19GPU),32G,4TB/M2 Pro(12CPU,19GPU),32G,8TB</t>
         </is>
       </c>
       <c r="L138" t="inlineStr">
         <is>
           <t>晶片,記憶體,容量</t>
         </is>
       </c>
       <c r="M138" t="inlineStr">
         <is>
           <t>太空灰色/銀色</t>
         </is>
       </c>
       <c r="N138" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O138" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
       <c r="P138" t="inlineStr">
         <is>
-          <t>CCAI19LP1640T4</t>
+          <t>CCAI23LP0240T9</t>
         </is>
       </c>
       <c r="Q138" t="inlineStr">
         <is>
           <t>R33057</t>
         </is>
       </c>
       <c r="R138" t="n">
-        <v>138</v>
+        <v>137</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="n">
-        <v>120</v>
+        <v>107</v>
       </c>
       <c r="B139" t="inlineStr">
         <is>
           <t>筆電</t>
         </is>
       </c>
       <c r="C139" t="inlineStr">
         <is>
           <t>C</t>
         </is>
       </c>
       <c r="D139" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E139" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F139" t="inlineStr">
         <is>
-          <t>MacBook Pro（15 吋，2018 年）</t>
+          <t>MacBook Pro（14 吋，2023 年）,M2 Max</t>
         </is>
       </c>
       <c r="G139" t="inlineStr">
         <is>
-          <t>P519X</t>
+          <t>P4M2M</t>
         </is>
       </c>
       <c r="H139" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I139" t="inlineStr"/>
       <c r="J139" t="inlineStr">
         <is>
-          <t>CAPP519X</t>
+          <t>CAPP4M2M</t>
         </is>
       </c>
       <c r="K139" t="inlineStr">
         <is>
-          <t>i7(2.6Hz),16G,256G/i7(2.6Hz),16G,512G/i7(2.6Hz),16G,1TB/i7(2.6Hz),16G,2TB/i7(2.6Hz),16G,4TB/i7(2.6Hz),32G,256G/i7(2.6Hz),32G,512G/i7(2.6Hz),32G,1TB/i7(2.6Hz),32G,2TB/i7(2.6Hz),32G,4TB/i9(2.3Hz),16G,256G/i9(2.3Hz),16G,512G/i9(2.3Hz),16G,1TB/i9(2.3Hz),16G,2TB/i9(2.3Hz),16G,4TB/i9(2.3Hz),32G,256G/i9(2.3Hz),32G,512G/i9(2.3Hz),32G,1TB/i9(2.3Hz),32G,2TB/i9(2.3Hz),32G,4TB/i9(2.4Hz),16G,256G/i9(2.4Hz),16G,512G/i9(2.4Hz),16G,1TB/i9(2.4Hz),16G,2TB/i9(2.4Hz),16G,4TB/i9(2.4Hz),32G,256G/i9(2.4Hz),32G,512G/i9(2.4Hz),32G,1TB/i9(2.4Hz),32G,2TB/i9(2.4Hz),32G,4TB</t>
+          <t>M2 Max(12CPU,30GPU),32G,1TB/M2 Max(12CPU,30GPU),32G,2TB/M2 Max(12CPU,30GPU),32G,4TB/M2 Max(12CPU,30GPU),32G,8TB/M2 Max(12CPU,30GPU),64G,1TB/M2 Max(12CPU,30GPU),64G,2TB/M2 Max(12CPU,30GPU),64G,4TB/M2 Max(12CPU,30GPU),64G,8TB/M2 Max(12CPU,30GPU),96G,1TB/M2 Max(12CPU,30GPU),96G,2TB/M2 Max(12CPU,30GPU),96G,4TB/M2 Max(12CPU,30GPU),96G,8TB/M2 Max(12CPU,38GPU),32G,1TB/M2 Max(12CPU,38GPU),32G,2TB/M2 Max(12CPU,38GPU),32G,4TB/M2 Max(12CPU,38GPU),32G,8TB/M2 Max(12CPU,38GPU),64G,1TB/M2 Max(12CPU,38GPU),64G,2TB/M2 Max(12CPU,38GPU),64G,4TB/M2 Max(12CPU,38GPU),64G,8TB/M2 Max(12CPU,38GPU),96G,1TB/M2 Max(12CPU,38GPU),96G,2TB/M2 Max(12CPU,38GPU),96G,4TB/M2 Max(12CPU,38GPU),96G,8TB</t>
         </is>
       </c>
       <c r="L139" t="inlineStr">
         <is>
           <t>晶片,記憶體,容量</t>
         </is>
       </c>
       <c r="M139" t="inlineStr">
         <is>
           <t>太空灰色/銀色</t>
         </is>
       </c>
       <c r="N139" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O139" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
       <c r="P139" t="inlineStr">
         <is>
-          <t>CCAI18LP1230T3</t>
+          <t>CCAI23LP0240T9</t>
         </is>
       </c>
       <c r="Q139" t="inlineStr">
         <is>
           <t>R33057</t>
         </is>
       </c>
       <c r="R139" t="n">
-        <v>139</v>
+        <v>138</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" t="n">
-        <v>121</v>
+        <v>108</v>
       </c>
       <c r="B140" t="inlineStr">
         <is>
           <t>筆電</t>
         </is>
       </c>
       <c r="C140" t="inlineStr">
         <is>
           <t>C</t>
         </is>
       </c>
       <c r="D140" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E140" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F140" t="inlineStr">
         <is>
-          <t>MacBook Pro（13 吋，2019 年，四個 Thunderbolt 3 埠）</t>
+          <t>MacBook Pro（16 吋，2023 年）,M2 pro</t>
         </is>
       </c>
       <c r="G140" t="inlineStr">
         <is>
-          <t>P3194</t>
+          <t>P6M2P</t>
         </is>
       </c>
       <c r="H140" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I140" t="inlineStr"/>
       <c r="J140" t="inlineStr">
         <is>
-          <t>CAPP3194</t>
+          <t>CAPP6M2P</t>
         </is>
       </c>
       <c r="K140" t="inlineStr">
         <is>
-          <t>i5,8G,256G/i5,8G,512G/i5,8G,1TB/i5,8G,2TB/i5,16G,256G/i5,16G,512G/i5,16G,1TB/i5,16G,2TB/i7,8G,256G/i7,8G,512G/i7,8G,1TB/i7,8G,2TB/i7,16G,256G/i7,16G,512G/i7,16G,1TB/i7,16G,2TB</t>
+          <t>M2 Pro(12CPU,19GPU),16G,512G/M2 Pro(12CPU,19GPU),16G,1TB/M2 Pro(12CPU,19GPU),16G,2TB/M2 Pro(12CPU,19GPU),16G,4TB/M2 Pro(12CPU,19GPU),16G,8TB/M2 Pro(12CPU,19GPU),32G,512G/M2 Pro(12CPU,19GPU),32G,1TB/M2 Pro(12CPU,19GPU),32G,2TB/M2 Pro(12CPU,19GPU),32G,4TB/M2 Pro(12CPU,19GPU),32G,8TB</t>
         </is>
       </c>
       <c r="L140" t="inlineStr">
         <is>
           <t>晶片,記憶體,容量</t>
         </is>
       </c>
       <c r="M140" t="inlineStr">
         <is>
           <t>太空灰色/銀色</t>
         </is>
       </c>
       <c r="N140" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O140" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
       <c r="P140" t="inlineStr">
         <is>
-          <t>CCAI18LP1240T6</t>
+          <t>CCAI23LP0230T6</t>
         </is>
       </c>
       <c r="Q140" t="inlineStr">
         <is>
           <t>R33057</t>
         </is>
       </c>
       <c r="R140" t="n">
-        <v>140</v>
+        <v>139</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" t="n">
-        <v>122</v>
+        <v>109</v>
       </c>
       <c r="B141" t="inlineStr">
         <is>
           <t>筆電</t>
         </is>
       </c>
       <c r="C141" t="inlineStr">
         <is>
           <t>C</t>
         </is>
       </c>
       <c r="D141" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E141" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F141" t="inlineStr">
         <is>
-          <t>MacBook Air（15 吋，M3，2024 年）</t>
+          <t>MacBook Pro（16 吋，2023 年）,M2 Max</t>
         </is>
       </c>
       <c r="G141" t="inlineStr">
         <is>
-          <t>A5M3X</t>
+          <t>P6M2M</t>
         </is>
       </c>
       <c r="H141" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I141" t="inlineStr"/>
       <c r="J141" t="inlineStr">
         <is>
-          <t>CAPA5M3X</t>
+          <t>CAPP6M2M</t>
         </is>
       </c>
       <c r="K141" t="inlineStr">
         <is>
-          <t>M3(8CPU,10GPU),8G,256G/M3(8CPU,10GPU),8G,512G/M3(8CPU,10GPU),8G,1TB/M3(8CPU,10GPU),8G,2TB/M3(8CPU,10GPU),16G,256G/M3(8CPU,10GPU),16G,512G/M3(8CPU,10GPU),16G,1TB/M3(8CPU,10GPU),16G,2TB/M3(8CPU,10GPU),24G,256G/M3(8CPU,10GPU),24G,512G/M3(8CPU,10GPU),24G,1TB/M3(8CPU,10GPU),24G,2TB</t>
+          <t>M2 Max(12CPU,30GPU),32G,1TB/M2 Max(12CPU,30GPU),32G,2TB/M2 Max(12CPU,30GPU),32G,4TB/M2 Max(12CPU,30GPU),32G,8TB/M2 Max(12CPU,30GPU),64G,1TB/M2 Max(12CPU,30GPU),64G,2TB/M2 Max(12CPU,30GPU),64G,4TB/M2 Max(12CPU,30GPU),64G,8TB/M2 Max(12CPU,38GPU),32G,1TB/M2 Max(12CPU,38GPU),32G,2TB/M2 Max(12CPU,38GPU),32G,4TB/M2 Max(12CPU,38GPU),32G,8TB/M2 Max(12CPU,38GPU),64G,1TB/M2 Max(12CPU,38GPU),64G,2TB/M2 Max(12CPU,38GPU),64G,4TB/M2 Max(12CPU,38GPU),64G,8TB/M2 Max(12CPU,38GPU),96G,1TB/M2 Max(12CPU,38GPU),96G,2TB/M2 Max(12CPU,38GPU),96G,4TB/M2 Max(12CPU,38GPU),96G,8TB</t>
         </is>
       </c>
       <c r="L141" t="inlineStr">
         <is>
           <t>晶片,記憶體,容量</t>
         </is>
       </c>
       <c r="M141" t="inlineStr">
         <is>
-          <t>太空灰色/銀色/星光色/午夜色</t>
+          <t>太空灰色/銀色</t>
         </is>
       </c>
       <c r="N141" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O141" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
       <c r="P141" t="inlineStr">
         <is>
-          <t>CCAI24LP0230T1</t>
+          <t>CCAI23LP0230T6</t>
         </is>
       </c>
       <c r="Q141" t="inlineStr">
         <is>
           <t>R33057</t>
         </is>
       </c>
       <c r="R141" t="n">
-        <v>141</v>
+        <v>140</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" t="n">
-        <v>123</v>
+        <v>110</v>
       </c>
       <c r="B142" t="inlineStr">
         <is>
           <t>筆電</t>
         </is>
       </c>
       <c r="C142" t="inlineStr">
         <is>
           <t>C</t>
         </is>
       </c>
       <c r="D142" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E142" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F142" t="inlineStr">
         <is>
-          <t>MacBook Air（13 吋，M3，2024 年）</t>
+          <t>MacBook Pro（13 吋，M2，2022 年）,M2</t>
         </is>
       </c>
       <c r="G142" t="inlineStr">
         <is>
-          <t>A3M3X</t>
+          <t>P3M2X</t>
         </is>
       </c>
       <c r="H142" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I142" t="inlineStr"/>
       <c r="J142" t="inlineStr">
         <is>
-          <t>CAPA3M3X</t>
+          <t>CAPP3M2X</t>
         </is>
       </c>
       <c r="K142" t="inlineStr">
         <is>
-          <t>M3(8CPU,10GPU),8G,256G/M3(8CPU,10GPU),8G,512G/M3(8CPU,10GPU),8G,1TB/M3(8CPU,10GPU),8G,2TB/M3(8CPU,10GPU),16G,256G/M3(8CPU,10GPU),16G,512G/M3(8CPU,10GPU),16G,1TB/M3(8CPU,10GPU),16G,2TB/M3(8CPU,10GPU),24G,256G/M3(8CPU,10GPU),24G,512G/M3(8CPU,10GPU),24G,1TB/M3(8CPU,10GPU),24G,2TB</t>
+          <t>M2(8CPU,10GPU),8G,256G/M2(8CPU,10GPU),8G,512G/M2(8CPU,10GPU),8G,1TB/M2(8CPU,10GPU),8G,2TB/M2(8CPU,10GPU),16G,256G/M2(8CPU,10GPU),16G,512G/M2(8CPU,10GPU),16G,1TB/M2(8CPU,10GPU),16G,2TB/M2(8CPU,10GPU),24G,256G/M2(8CPU,10GPU),24G,512G/M2(8CPU,10GPU),24G,1TB/M2(8CPU,10GPU),24G,2TB</t>
         </is>
       </c>
       <c r="L142" t="inlineStr">
         <is>
           <t>晶片,記憶體,容量</t>
         </is>
       </c>
       <c r="M142" t="inlineStr">
         <is>
-          <t>太空灰色/銀色/星光色/午夜色</t>
+          <t>太空灰色/銀色</t>
         </is>
       </c>
       <c r="N142" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O142" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
       <c r="P142" t="inlineStr">
         <is>
-          <t>CCAI24LP0220T1</t>
+          <t>CCAI20LP2710T6</t>
         </is>
       </c>
       <c r="Q142" t="inlineStr">
         <is>
           <t>R33057</t>
         </is>
       </c>
       <c r="R142" t="n">
-        <v>142</v>
+        <v>141</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" t="n">
-        <v>124</v>
+        <v>111</v>
       </c>
       <c r="B143" t="inlineStr">
         <is>
           <t>筆電</t>
         </is>
       </c>
       <c r="C143" t="inlineStr">
         <is>
           <t>C</t>
         </is>
       </c>
       <c r="D143" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E143" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F143" t="inlineStr">
         <is>
-          <t>MacBook Air（15 吋，M2，2023 年）</t>
+          <t>MacBook Pro（14 英寸，2021 年）,M1 Pro</t>
         </is>
       </c>
       <c r="G143" t="inlineStr">
         <is>
-          <t>A5M2X</t>
+          <t>P4M1P</t>
         </is>
       </c>
       <c r="H143" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I143" t="inlineStr"/>
       <c r="J143" t="inlineStr">
         <is>
-          <t>CAPA5M2X</t>
+          <t>CAPP4M1P</t>
         </is>
       </c>
       <c r="K143" t="inlineStr">
         <is>
-          <t>M2(8CPU,10GPU),8G,256G/M2(8CPU,10GPU),8G,512G/M2(8CPU,10GPU),8G,1TB/M2(8CPU,10GPU),8G,2TB/M2(8CPU,10GPU),16G,256G/M2(8CPU,10GPU),16G,512G/M2(8CPU,10GPU),16G,1TB/M2(8CPU,10GPU),16G,2TB/M2(8CPU,10GPU),24G,256G/M2(8CPU,10GPU),24G,512G/M2(8CPU,10GPU),24G,1TB/M2(8CPU,10GPU),24G,2TB</t>
+          <t>M1 Pro(8CPU,14GPU),16G,512G/M1 Pro(8CPU,14GPU),16G,1TB/M1 Pro(8CPU,14GPU),16G,2TB/M1 Pro(8CPU,14GPU),16G,4TB/M1 Pro(8CPU,14GPU),16G,8TB/M1 Pro(8CPU,14GPU),32G,512G/M1 Pro(8CPU,14GPU),32G,1TB/M1 Pro(8CPU,14GPU),32G,2TB/M1 Pro(8CPU,14GPU),32G,4TB/M1 Pro(8CPU,14GPU),32G,8TB/M1 Pro(10CPU,14GPU),16G,512G/M1 Pro(10CPU,14GPU),16G,1TB/M1 Pro(10CPU,14GPU),16G,2TB/M1 Pro(10CPU,14GPU),16G,4TB/M1 Pro(10CPU,14GPU),16G,8TB/M1 Pro(10CPU,14GPU),32G,512G/M1 Pro(10CPU,14GPU),32G,1TB/M1 Pro(10CPU,14GPU),32G,2TB/M1 Pro(10CPU,14GPU),32G,4TB/M1 Pro(10CPU,14GPU),32G,8TB/M1 Pro(10CPU,16GPU),16G,512G/M1 Pro(10CPU,16GPU),16G,1TB/M1 Pro(10CPU,16GPU),16G,2TB/M1 Pro(10CPU,16GPU),16G,4TB/M1 Pro(10CPU,16GPU),16G,8TB/M1 Pro(10CPU,16GPU),32G,512G/M1 Pro(10CPU,16GPU),32G,1TB/M1 Pro(10CPU,16GPU),32G,2TB/M1 Pro(10CPU,16GPU),32G,4TB/M1 Pro(10CPU,16GPU),32G,8TB</t>
         </is>
       </c>
       <c r="L143" t="inlineStr">
         <is>
           <t>晶片,記憶體,容量</t>
         </is>
       </c>
       <c r="M143" t="inlineStr">
         <is>
-          <t>太空灰色/銀色/星光色/午夜色</t>
+          <t>太空灰色/銀色</t>
         </is>
       </c>
       <c r="N143" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O143" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
       <c r="P143" t="inlineStr">
         <is>
-          <t>CCAI23LP0530T5</t>
+          <t>CCAI21LP1830T6</t>
         </is>
       </c>
       <c r="Q143" t="inlineStr">
         <is>
           <t>R33057</t>
         </is>
       </c>
       <c r="R143" t="n">
-        <v>143</v>
+        <v>142</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" t="n">
-        <v>125</v>
+        <v>112</v>
       </c>
       <c r="B144" t="inlineStr">
         <is>
           <t>筆電</t>
         </is>
       </c>
       <c r="C144" t="inlineStr">
         <is>
           <t>C</t>
         </is>
       </c>
       <c r="D144" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E144" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F144" t="inlineStr">
         <is>
-          <t>MacBook Air（M2，2022 年）</t>
+          <t>MacBook Pro（14 英寸，2021 年）,M1 Max</t>
         </is>
       </c>
       <c r="G144" t="inlineStr">
         <is>
-          <t>A3M2X</t>
+          <t>P4M1M</t>
         </is>
       </c>
       <c r="H144" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I144" t="inlineStr"/>
       <c r="J144" t="inlineStr">
         <is>
-          <t>CAPA3M2X</t>
+          <t>CAPP4M1M</t>
         </is>
       </c>
       <c r="K144" t="inlineStr">
         <is>
-          <t>M2(8CPU,8GPU),8G,256G/M2(8CPU,8GPU),8G,512G/M2(8CPU,8GPU),8G,1TB/M2(8CPU,8GPU),8G,2TB/M2(8CPU,8GPU),16G,256G/M2(8CPU,8GPU),16G,512G/M2(8CPU,8GPU),16G,1TB/M2(8CPU,8GPU),16G,2TB/M2(8CPU,8GPU),24G,256G/M2(8CPU,8GPU),24G,512G/M2(8CPU,8GPU),24G,1TB/M2(8CPU,8GPU),24G,2TB</t>
+          <t>M1 Max(10CPU,24GPU),32G,512G/M1 Max(10CPU,24GPU),32G,1TB/M1 Max(10CPU,24GPU),32G,2TB/M1 Max(10CPU,24GPU),32G,4TB/M1 Max(10CPU,24GPU),32G,8TB/M1 Max(10CPU,24GPU),64G,512G/M1 Max(10CPU,24GPU),64G,1TB/M1 Max(10CPU,24GPU),64G,2TB/M1 Max(10CPU,24GPU),64G,4TB/M1 Max(10CPU,24GPU),64G,8TB/M1 Max(10CPU,32GPU),32G,512G/M1 Max(10CPU,32GPU),32G,1TB/M1 Max(10CPU,32GPU),32G,2TB/M1 Max(10CPU,32GPU),32G,4TB/M1 Max(10CPU,32GPU),32G,8TB/M1 Max(10CPU,32GPU),64G,512G/M1 Max(10CPU,32GPU),64G,1TB/M1 Max(10CPU,32GPU),64G,2TB/M1 Max(10CPU,32GPU),64G,4TB/M1 Max(10CPU,32GPU),64G,8TB</t>
         </is>
       </c>
       <c r="L144" t="inlineStr">
         <is>
           <t>晶片,記憶體,容量</t>
         </is>
       </c>
       <c r="M144" t="inlineStr">
         <is>
-          <t>太空灰色/銀色/星光色/午夜色</t>
+          <t>太空灰色/銀色</t>
         </is>
       </c>
       <c r="N144" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O144" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
       <c r="P144" t="inlineStr">
         <is>
-          <t>CCAI22LP0740T8</t>
+          <t>CCAI21LP1830T6</t>
         </is>
       </c>
       <c r="Q144" t="inlineStr">
         <is>
           <t>R33057</t>
         </is>
       </c>
       <c r="R144" t="n">
-        <v>144</v>
+        <v>143</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" t="n">
-        <v>126</v>
+        <v>113</v>
       </c>
       <c r="B145" t="inlineStr">
         <is>
           <t>筆電</t>
         </is>
       </c>
       <c r="C145" t="inlineStr">
         <is>
           <t>C</t>
         </is>
       </c>
       <c r="D145" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E145" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F145" t="inlineStr">
         <is>
-          <t>MacBook Air（M1，2020 年）</t>
+          <t>MacBook Pro（16 英寸，2021 年）,M1 Pro</t>
         </is>
       </c>
       <c r="G145" t="inlineStr">
         <is>
-          <t>A3M1X</t>
+          <t>P6M1P</t>
         </is>
       </c>
       <c r="H145" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I145" t="inlineStr"/>
       <c r="J145" t="inlineStr">
         <is>
-          <t>CAPA3M1X</t>
+          <t>CAPP6M1P</t>
         </is>
       </c>
       <c r="K145" t="inlineStr">
         <is>
-          <t>M1(8CPU,7GPU),8G,256G/M1(8CPU,7GPU),8G,512G/M1(8CPU,7GPU),8G,1TB/M1(8CPU,7GPU),8G,2TB/M1(8CPU,7GPU),16G,256G/M1(8CPU,7GPU),16G,512G/M1(8CPU,7GPU),16G,1TB/M1(8CPU,7GPU),16G,2TB/M1(8CPU,8GPU),8G,256G/M1(8CPU,8GPU),8G,512G/M1(8CPU,8GPU),8G,1TB/M1(8CPU,8GPU),8G,2TB/M1(8CPU,8GPU),16G,256G/M1(8CPU,8GPU),16G,512G/M1(8CPU,8GPU),16G,1TB/M1(8CPU,8GPU),16G,2TB</t>
+          <t>M1 Pro(10CPU,16GPU),16G,512G/M1 Pro(10CPU,16GPU),16G,1TB/M1 Pro(10CPU,16GPU),16G,2TB/M1 Pro(10CPU,16GPU),16G,4TB/M1 Pro(10CPU,16GPU),16G,8TB/M1 Pro(10CPU,16GPU),32G,512G/M1 Pro(10CPU,16GPU),32G,1TB/M1 Pro(10CPU,16GPU),32G,2TB/M1 Pro(10CPU,16GPU),32G,4TB/M1 Pro(10CPU,16GPU),32G,8TB</t>
         </is>
       </c>
       <c r="L145" t="inlineStr">
         <is>
           <t>晶片,記憶體,容量</t>
         </is>
       </c>
       <c r="M145" t="inlineStr">
         <is>
-          <t>太空灰色/銀色/金色</t>
+          <t>太空灰色/銀色</t>
         </is>
       </c>
       <c r="N145" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O145" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
       <c r="P145" t="inlineStr">
         <is>
-          <t>CCAI20LP2720T9</t>
+          <t>CCAI21LP1830T6</t>
         </is>
       </c>
       <c r="Q145" t="inlineStr">
         <is>
           <t>R33057</t>
         </is>
       </c>
       <c r="R145" t="n">
-        <v>145</v>
+        <v>144</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" t="n">
-        <v>127</v>
+        <v>114</v>
       </c>
       <c r="B146" t="inlineStr">
         <is>
           <t>筆電</t>
         </is>
       </c>
       <c r="C146" t="inlineStr">
         <is>
           <t>C</t>
         </is>
       </c>
       <c r="D146" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E146" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F146" t="inlineStr">
         <is>
-          <t>MacBook Air（Retina，13 吋，2020 年）</t>
+          <t>MacBook Pro（16 英寸，2021 年）,M1 Max</t>
         </is>
       </c>
       <c r="G146" t="inlineStr">
         <is>
-          <t>A320X</t>
+          <t>P6M1M</t>
         </is>
       </c>
       <c r="H146" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I146" t="inlineStr"/>
       <c r="J146" t="inlineStr">
         <is>
-          <t>CAPA320X</t>
+          <t>CAPP6M1M</t>
         </is>
       </c>
       <c r="K146" t="inlineStr">
         <is>
-          <t>i3,8G,256G/i3,8G,512G/i3,8G,1TB/i3,8G,2TB/i3,16G,256G/i3,16G,512G/i3,16G,1TB/i3,16G,2TB/i5,8G,256G/i5,8G,512G/i5,8G,1TB/i5,8G,2TB/i5,16G,256G/i5,16G,512G/i5,16G,1TB/i5,16G,2TB/i7,8G,256G/i7,8G,512G/i7,8G,1TB/i7,8G,2TB/i7,16G,256G/i7,16G,512G/i7,16G,1TB/i7,16G,2TB</t>
+          <t>M1 Max(10CPU,24GPU),32G,1TB/M1 Max(10CPU,24GPU),32G,2TB/M1 Max(10CPU,24GPU),32G,4TB/M1 Max(10CPU,24GPU),32G,8TB/M1 Max(10CPU,24GPU),64G,1TB/M1 Max(10CPU,24GPU),64G,2TB/M1 Max(10CPU,24GPU),64G,4TB/M1 Max(10CPU,24GPU),64G,8TB/M1 Max(10CPU,32GPU),32G,1TB/M1 Max(10CPU,32GPU),32G,2TB/M1 Max(10CPU,32GPU),32G,4TB/M1 Max(10CPU,32GPU),32G,8TB/M1 Max(10CPU,32GPU),64G,1TB/M1 Max(10CPU,32GPU),64G,2TB/M1 Max(10CPU,32GPU),64G,4TB/M1 Max(10CPU,32GPU),64G,8TB</t>
         </is>
       </c>
       <c r="L146" t="inlineStr">
         <is>
           <t>晶片,記憶體,容量</t>
         </is>
       </c>
       <c r="M146" t="inlineStr">
         <is>
-          <t>太空灰色/銀色/金色</t>
+          <t>太空灰色/銀色</t>
         </is>
       </c>
       <c r="N146" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O146" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
       <c r="P146" t="inlineStr">
         <is>
-          <t>CCAI20LP0560T3</t>
+          <t>CCAI21LP1830T6</t>
         </is>
       </c>
       <c r="Q146" t="inlineStr">
         <is>
           <t>R33057</t>
         </is>
       </c>
       <c r="R146" t="n">
-        <v>146</v>
+        <v>145</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" t="n">
-        <v>128</v>
+        <v>115</v>
       </c>
       <c r="B147" t="inlineStr">
         <is>
           <t>筆電</t>
         </is>
       </c>
       <c r="C147" t="inlineStr">
         <is>
           <t>C</t>
         </is>
       </c>
       <c r="D147" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E147" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F147" t="inlineStr">
         <is>
-          <t>MacBook Air（Retina，13 吋，2018 年）</t>
+          <t>MacBook Pro（13 吋，M1，2020 年）</t>
         </is>
       </c>
       <c r="G147" t="inlineStr">
         <is>
-          <t>A319X</t>
+          <t>P3M1X</t>
         </is>
       </c>
       <c r="H147" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I147" t="inlineStr"/>
       <c r="J147" t="inlineStr">
         <is>
-          <t>CAPA319X</t>
+          <t>CAPP3M1X</t>
         </is>
       </c>
       <c r="K147" t="inlineStr">
         <is>
-          <t>i5,8G,128G/i5,8G,256G/i5,8G,512G/i5,8G,1TB/i5,16G,128G/i5,16G,256G/i5,16G,512G/i5,16G,1TB</t>
+          <t>M1(8CPU,8GPU),8G,256G/M1(8CPU,8GPU),8G,512G/M1(8CPU,8GPU),8G,1TB/M1(8CPU,8GPU),8G,2TB/M1(8CPU,8GPU),16G,256G/M1(8CPU,8GPU),16G,512G/M1(8CPU,8GPU),16G,1TB/M1(8CPU,8GPU),16G,2TB</t>
         </is>
       </c>
       <c r="L147" t="inlineStr">
         <is>
           <t>晶片,記憶體,容量</t>
         </is>
       </c>
       <c r="M147" t="inlineStr">
         <is>
-          <t>太空灰色/銀色/金色</t>
+          <t>太空灰色/銀色</t>
         </is>
       </c>
       <c r="N147" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O147" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
       <c r="P147" t="inlineStr">
         <is>
-          <t xml:space="preserve">	CCAI18LP2150T0</t>
+          <t>CCAI20LP2710T6</t>
         </is>
       </c>
       <c r="Q147" t="inlineStr">
         <is>
           <t>R33057</t>
         </is>
       </c>
       <c r="R147" t="n">
-        <v>147</v>
+        <v>146</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" t="n">
-        <v>206</v>
+        <v>116</v>
       </c>
       <c r="B148" t="inlineStr">
         <is>
           <t>筆電</t>
         </is>
       </c>
       <c r="C148" t="inlineStr">
         <is>
           <t>C</t>
         </is>
       </c>
       <c r="D148" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E148" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F148" t="inlineStr">
         <is>
-          <t>MacBook Air（13吋，M4，2025年）</t>
+          <t>MacBook Pro（13 吋，2020 年，兩個 Thunderbolt 3 埠）</t>
         </is>
       </c>
       <c r="G148" t="inlineStr">
         <is>
-          <t>A3M4X</t>
+          <t>P3202</t>
         </is>
       </c>
       <c r="H148" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I148" t="inlineStr"/>
       <c r="J148" t="inlineStr">
         <is>
-          <t>CAPA3M4X</t>
+          <t>CAPP3202</t>
         </is>
       </c>
       <c r="K148" t="inlineStr">
         <is>
-          <t>M4(10CPU,8GPU),16G,256G/M4(10CPU,8GPU),16G,512G/M4(10CPU,8GPU),16G,1TB/M4(10CPU,8GPU),16G,2TB/M4(10CPU,8GPU),24G,256G/M4(10CPU,8GPU),24G,512G/M4(10CPU,8GPU),24G,1TB/M4(10CPU,8GPU),24G,2TB/M4(10CPU,8GPU),32G,256G/M4(10CPU,8GPU),32G,512G/M4(10CPU,8GPU),32G,1TB/M4(10CPU,8GPU),32G,2TB/M4(10CPU,10GPU),16G,256G/M4(10CPU,10GPU),16G,512G/M4(10CPU,10GPU),16G,1TB/M4(10CPU,10GPU),16G,2TB/M4(10CPU,10GPU),24G,256G/M4(10CPU,10GPU),24G,512G/M4(10CPU,10GPU),24G,1TB/M4(10CPU,10GPU),24G,2TB/M4(10CPU,10GPU),32G,256G/M4(10CPU,10GPU),32G,512G/M4(10CPU,10GPU),32G,1TB/M4(10CPU,10GPU),32G,2TB</t>
+          <t>i5,8G,256G/i5,8G,512G/i5,8G,1TB/i5,8G,2TB/i5,16G,256G/i5,16G,512G/i5,16G,1TB/i5,16G,2TB/i7,8G,256G/i7,8G,512G/i7,8G,1TB/i7,8G,2TB/i7,16G,256G/i7,16G,512G/i7,16G,1TB/i7,16G,2TB</t>
         </is>
       </c>
       <c r="L148" t="inlineStr">
         <is>
           <t>晶片,記憶體,容量</t>
         </is>
       </c>
       <c r="M148" t="inlineStr">
         <is>
-          <t>天藍色/銀色/星光色/午夜黑</t>
+          <t>太空灰色/銀色</t>
         </is>
       </c>
       <c r="N148" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O148" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
       <c r="P148" t="inlineStr">
         <is>
-          <t>CCAI25LP0360T9</t>
+          <t>CCAI20LP1000T9</t>
         </is>
       </c>
       <c r="Q148" t="inlineStr">
         <is>
           <t>R33057</t>
         </is>
       </c>
       <c r="R148" t="n">
-        <v>148</v>
+        <v>147</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" t="n">
-        <v>207</v>
+        <v>117</v>
       </c>
       <c r="B149" t="inlineStr">
         <is>
           <t>筆電</t>
         </is>
       </c>
       <c r="C149" t="inlineStr">
         <is>
           <t>C</t>
         </is>
       </c>
       <c r="D149" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E149" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F149" t="inlineStr">
         <is>
-          <t>MacBook Air（15吋，M4，2025年）</t>
+          <t>MacBook Pro（13 吋，2020 年，四個 Thunderbolt 3 埠）</t>
         </is>
       </c>
       <c r="G149" t="inlineStr">
         <is>
-          <t>A5M4X</t>
+          <t>P3204</t>
         </is>
       </c>
       <c r="H149" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
-      <c r="I149" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="I149" t="inlineStr"/>
       <c r="J149" t="inlineStr">
         <is>
-          <t>CAPA5M4X</t>
+          <t>CAPP3204</t>
         </is>
       </c>
       <c r="K149" t="inlineStr">
         <is>
-          <t>M4(10CPU,10GPU),24G,512G/M4(10CPU,10GPU),24G,1TB/M4(10CPU,10GPU),24G,2TB/M4(10CPU,10GPU),32G,512G/M4(10CPU,10GPU),32G,1TB/M4(10CPU,10GPU),32G,2TB</t>
+          <t>i5,16G,512G/i5,16G,1TB/i5,16G,2TB/i5,16G,4TB/i5,32G,512G/i5,32G,1TB/i5,32G,2TB/i5,32G,4TB/i7,16G,512G/i7,16G,1TB/i7,16G,2TB/i7,16G,4TB/i7,32G,512G/i7,32G,1TB/i7,32G,2TB/i7,32G,4TB</t>
         </is>
       </c>
       <c r="L149" t="inlineStr">
         <is>
           <t>晶片,記憶體,容量</t>
         </is>
       </c>
       <c r="M149" t="inlineStr">
         <is>
-          <t>天藍色/銀色/星光色/午夜黑</t>
+          <t>太空灰色/銀色</t>
         </is>
       </c>
       <c r="N149" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O149" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
       <c r="P149" t="inlineStr">
         <is>
-          <t>CCAI25LP0340T3</t>
+          <t>CCAI20LP0970T9</t>
         </is>
       </c>
       <c r="Q149" t="inlineStr">
         <is>
           <t>R33057</t>
         </is>
       </c>
       <c r="R149" t="n">
-        <v>149</v>
+        <v>148</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" t="n">
-        <v>195</v>
+        <v>118</v>
       </c>
       <c r="B150" t="inlineStr">
         <is>
-          <t>電腦</t>
+          <t>筆電</t>
         </is>
       </c>
       <c r="C150" t="inlineStr">
         <is>
-          <t>E</t>
+          <t>C</t>
         </is>
       </c>
       <c r="D150" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E150" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F150" t="inlineStr">
         <is>
-          <t>Mac mini（M1，2020 年）</t>
+          <t>MacBook Pro（16 吋，2019 年）</t>
         </is>
       </c>
       <c r="G150" t="inlineStr">
         <is>
-          <t>MAM01</t>
+          <t>P619X</t>
         </is>
       </c>
       <c r="H150" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I150" t="inlineStr"/>
       <c r="J150" t="inlineStr">
         <is>
-          <t>EAPMAM01</t>
+          <t>CAPP619X</t>
         </is>
       </c>
       <c r="K150" t="inlineStr">
         <is>
-          <t>M1(8CUP,8GPU),8G,256G/M1(8CUP,8GPU),8G,512G/M1(8CUP,8GPU),8G,1TB/M1(8CUP,8GPU),8G,2TB/M1(8CUP,8GPU),16G,256G/M1(8CUP,8GPU),16G,512G/M1(8CUP,8GPU),16G,1TB/M1(8CUP,8GPU),16G,2TB</t>
+          <t>i7(2.6Hz),16G,512G/i7(2.6Hz),16G,1TB/i7(2.6Hz),16G,2TB/i7(2.6Hz),16G,4TB/i7(2.6Hz),16G,8TB/i7(2.6Hz),32G,512G/i7(2.6Hz),32G,1TB/i7(2.6Hz),32G,2TB/i7(2.6Hz),32G,4TB/i7(2.6Hz),32G,8TB/i7(2.6Hz),64G,512G/i7(2.6Hz),64G,1TB/i7(2.6Hz),64G,2TB/i7(2.6Hz),64G,4TB/i7(2.6Hz),64G,8TB/i9(2.3Hz),16G,1TB/i9(2.3Hz),16G,2TB/i9(2.3Hz),16G,4TB/i9(2.3Hz),16G,8TB/i9(2.3Hz),32G,1TB/i9(2.3Hz),32G,2TB/i9(2.3Hz),32G,4TB/i9(2.3Hz),32G,8TB/i9(2.3Hz),64G,1TB/i9(2.3Hz),64G,2TB/i9(2.3Hz),64G,4TB/i9(2.3Hz),64G,8TB/i9(2.4Hz),16G,512G/i9(2.4Hz),16G,1TB/i9(2.4Hz),16G,2TB/i9(2.4Hz),16G,4TB/i9(2.4Hz),16G,8TB/i9(2.4Hz),32G,512G/i9(2.4Hz),32G,1TB/i9(2.4Hz),32G,2TB/i9(2.4Hz),32G,4TB/i9(2.4Hz),32G,8TB/i9(2.4Hz),64G,512G/i9(2.4Hz),64G,1TB/i9(2.4Hz),64G,2TB/i9(2.4Hz),64G,4TB/i9(2.4Hz),64G,8TB</t>
         </is>
       </c>
       <c r="L150" t="inlineStr">
         <is>
           <t>晶片,記憶體,容量</t>
         </is>
       </c>
-      <c r="M150" t="inlineStr"/>
-      <c r="N150" t="inlineStr"/>
+      <c r="M150" t="inlineStr">
+        <is>
+          <t>太空灰色/銀色</t>
+        </is>
+      </c>
+      <c r="N150" t="inlineStr">
+        <is>
+          <t>顏色</t>
+        </is>
+      </c>
       <c r="O150" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
       <c r="P150" t="inlineStr">
         <is>
-          <t>CCAI20LP2670T7</t>
+          <t>CCAI19LP2750T3</t>
         </is>
       </c>
       <c r="Q150" t="inlineStr">
         <is>
           <t>R33057</t>
         </is>
       </c>
       <c r="R150" t="n">
-        <v>150</v>
+        <v>149</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" t="n">
-        <v>196</v>
+        <v>119</v>
       </c>
       <c r="B151" t="inlineStr">
         <is>
-          <t>電腦</t>
+          <t>筆電</t>
         </is>
       </c>
       <c r="C151" t="inlineStr">
         <is>
-          <t>E</t>
+          <t>C</t>
         </is>
       </c>
       <c r="D151" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E151" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F151" t="inlineStr">
         <is>
-          <t>Mac mini（M2，2023 年）</t>
+          <t>MacBook Pro（13 吋，2019 年，兩個 Thunderbolt 3 埠）</t>
         </is>
       </c>
       <c r="G151" t="inlineStr">
         <is>
-          <t>MAM02</t>
+          <t>P3192</t>
         </is>
       </c>
       <c r="H151" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I151" t="inlineStr"/>
       <c r="J151" t="inlineStr">
         <is>
-          <t>EAPMAM02</t>
+          <t>CAPP3192</t>
         </is>
       </c>
       <c r="K151" t="inlineStr">
         <is>
-          <t>M2(8CPU,10GPU),8G,256G/M2(8CPU,10GPU),8G,512G/M2(8CPU,10GPU),8G,1TB/M2(8CPU,10GPU),8G,2TB/M2(8CPU,10GPU),16G,256G/M2(8CPU,10GPU),16G,512G/M2(8CPU,10GPU),16G,1TB/M2(8CPU,10GPU),16G,2TB/M2(8CPU,10GPU),24G,256G/M2(8CPU,10GPU),24G,512G/M2(8CPU,10GPU),24G,1TB/M2(8CPU,10GPU),24G,2TB</t>
+          <t>i5,8G,128G/i5,8G,256G/i5,8G,512G/i5,8G,1TB/i5,8G,2TB/i5,16G,128G/i5,16G,256G/i5,16G,512G/i5,16G,1TB/i5,16G,2TB/i7,8G,128G/i7,8G,256G/i7,8G,512G/i7,8G,1TB/i7,8G,2TB/i7,16G,128G/i7,16G,256G/i7,16G,512G/i7,16G,1TB/i7,16G,2TB</t>
         </is>
       </c>
       <c r="L151" t="inlineStr">
         <is>
           <t>晶片,記憶體,容量</t>
         </is>
       </c>
-      <c r="M151" t="inlineStr"/>
-      <c r="N151" t="inlineStr"/>
+      <c r="M151" t="inlineStr">
+        <is>
+          <t>太空灰色/銀色</t>
+        </is>
+      </c>
+      <c r="N151" t="inlineStr">
+        <is>
+          <t>顏色</t>
+        </is>
+      </c>
       <c r="O151" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
       <c r="P151" t="inlineStr">
         <is>
-          <t>CCAI23LP0260T2</t>
+          <t>CCAI19LP1640T4</t>
         </is>
       </c>
       <c r="Q151" t="inlineStr">
         <is>
           <t>R33057</t>
         </is>
       </c>
       <c r="R151" t="n">
-        <v>151</v>
+        <v>150</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" t="n">
-        <v>197</v>
+        <v>120</v>
       </c>
       <c r="B152" t="inlineStr">
         <is>
-          <t>電腦</t>
+          <t>筆電</t>
         </is>
       </c>
       <c r="C152" t="inlineStr">
         <is>
-          <t>E</t>
+          <t>C</t>
         </is>
       </c>
       <c r="D152" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E152" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F152" t="inlineStr">
         <is>
-          <t>Mac mini（M2 Pro，2023 年）</t>
+          <t>MacBook Pro（15 吋，2018 年）</t>
         </is>
       </c>
       <c r="G152" t="inlineStr">
         <is>
-          <t>MAMP2</t>
+          <t>P519X</t>
         </is>
       </c>
       <c r="H152" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I152" t="inlineStr"/>
       <c r="J152" t="inlineStr">
         <is>
-          <t>EAPMAMP2</t>
+          <t>CAPP519X</t>
         </is>
       </c>
       <c r="K152" t="inlineStr">
         <is>
-          <t>M2 Pro(10CPU,16GPU),16G,512G/M2 Pro(10CPU,16GPU),16G,1TB/M2 Pro(10CPU,16GPU),16G,2TB/M2 Pro(10CPU,16GPU),16G,4TB/M2 Pro(10CPU,16GPU),16G,8TB/M2 Pro(10CPU,16GPU),32G,512G/M2 Pro(10CPU,16GPU),32G,1TB/M2 Pro(10CPU,16GPU),32G,2TB/M2 Pro(10CPU,16GPU),32G,4TB/M2 Pro(10CPU,16GPU),32G,8TB/M2 Pro(12CPU,19GPU),16G,512G/M2 Pro(12CPU,19GPU),16G,1TB/M2 Pro(12CPU,19GPU),16G,2TB/M2 Pro(12CPU,19GPU),16G,4TB/M2 Pro(12CPU,19GPU),16G,8TB/M2 Pro(12CPU,19GPU),32G,512G/M2 Pro(12CPU,19GPU),32G,1TB/M2 Pro(12CPU,19GPU),32G,2TB/M2 Pro(12CPU,19GPU),32G,4TB/M2 Pro(12CPU,19GPU),32G,8TB</t>
+          <t>i7,16G,256G/i7,16G,512G/i7,16G,1TB/i7,16G,2TB/i7,16G,4TB/i7,32G,256G/i7,32G,512G/i7,32G,1TB/i7,32G,2TB/i7,32G,4TB/i9,16G,256G/i9,16G,512G/i9,16G,1TB/i9,16G,2TB/i9,16G,4TB/i9,32G,256G/i9,32G,512G/i9,32G,1TB/i9,32G,2TB/i9,32G,4TB/i9,16G,256G/i9,16G,512G/i9,16G,1TB/i9,16G,2TB/i9,16G,4TB/i9,32G,256G/i9,32G,512G/i9,32G,1TB/i9,32G,2TB/i9,32G,4TB</t>
         </is>
       </c>
       <c r="L152" t="inlineStr">
         <is>
           <t>晶片,記憶體,容量</t>
         </is>
       </c>
-      <c r="M152" t="inlineStr"/>
-      <c r="N152" t="inlineStr"/>
+      <c r="M152" t="inlineStr">
+        <is>
+          <t>太空灰色/銀色</t>
+        </is>
+      </c>
+      <c r="N152" t="inlineStr">
+        <is>
+          <t>顏色</t>
+        </is>
+      </c>
       <c r="O152" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
       <c r="P152" t="inlineStr">
         <is>
-          <t>CCAI23LP0220T3</t>
+          <t>CCAI18LP1230T3</t>
         </is>
       </c>
       <c r="Q152" t="inlineStr">
         <is>
           <t>R33057</t>
         </is>
       </c>
       <c r="R152" t="n">
-        <v>152</v>
+        <v>151</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" t="n">
-        <v>198</v>
+        <v>121</v>
       </c>
       <c r="B153" t="inlineStr">
         <is>
-          <t>電腦</t>
+          <t>筆電</t>
         </is>
       </c>
       <c r="C153" t="inlineStr">
         <is>
-          <t>E</t>
+          <t>C</t>
         </is>
       </c>
       <c r="D153" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E153" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F153" t="inlineStr">
         <is>
-          <t>Mac mini（M4，2024 年）</t>
+          <t>MacBook Pro（13 吋，2019 年，四個 Thunderbolt 3 埠）</t>
         </is>
       </c>
       <c r="G153" t="inlineStr">
         <is>
-          <t>MAM04</t>
+          <t>P3194</t>
         </is>
       </c>
       <c r="H153" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I153" t="inlineStr"/>
       <c r="J153" t="inlineStr">
         <is>
-          <t>EAPMAM04</t>
+          <t>CAPP3194</t>
         </is>
       </c>
       <c r="K153" t="inlineStr">
         <is>
-          <t>M4(10CPU,10GPU),16G,256G/M4(10CPU,10GPU),16G,512G/M4(10CPU,10GPU),16G,1TB/M4(10CPU,10GPU),16G,2TB/M4(10CPU,10GPU),24G,256G/M4(10CPU,10GPU),24G,512G/M4(10CPU,10GPU),24G,1TB/M4(10CPU,10GPU),24G,2TB/M4(10CPU,10GPU),32G,256G/M4(10CPU,10GPU),32G,512G/M4(10CPU,10GPU),32G,1TB/M4(10CPU,10GPU),32G,2TB</t>
+          <t>i5,8G,256G/i5,8G,512G/i5,8G,1TB/i5,8G,2TB/i5,16G,256G/i5,16G,512G/i5,16G,1TB/i5,16G,2TB/i7,8G,256G/i7,8G,512G/i7,8G,1TB/i7,8G,2TB/i7,16G,256G/i7,16G,512G/i7,16G,1TB/i7,16G,2TB</t>
         </is>
       </c>
       <c r="L153" t="inlineStr">
         <is>
           <t>晶片,記憶體,容量</t>
         </is>
       </c>
-      <c r="M153" t="inlineStr"/>
-      <c r="N153" t="inlineStr"/>
+      <c r="M153" t="inlineStr">
+        <is>
+          <t>太空灰色/銀色</t>
+        </is>
+      </c>
+      <c r="N153" t="inlineStr">
+        <is>
+          <t>顏色</t>
+        </is>
+      </c>
       <c r="O153" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
       <c r="P153" t="inlineStr">
         <is>
-          <t>CCAI24LP1190T7</t>
+          <t>CCAI18LP1240T6</t>
         </is>
       </c>
       <c r="Q153" t="inlineStr">
         <is>
           <t>R33057</t>
         </is>
       </c>
       <c r="R153" t="n">
-        <v>153</v>
+        <v>152</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" t="n">
-        <v>199</v>
+        <v>431</v>
       </c>
       <c r="B154" t="inlineStr">
         <is>
-          <t>電腦</t>
+          <t>筆電</t>
         </is>
       </c>
       <c r="C154" t="inlineStr">
         <is>
-          <t>E</t>
+          <t>C</t>
         </is>
       </c>
       <c r="D154" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E154" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F154" t="inlineStr">
         <is>
-          <t>Mac mini（M4 Pro，2024 年）</t>
+          <t>MacBook Pro (15 英寸，2017)</t>
         </is>
       </c>
       <c r="G154" t="inlineStr">
         <is>
-          <t>MAMP4</t>
-[...6 lines deleted...]
-      </c>
+          <t>P517X</t>
+        </is>
+      </c>
+      <c r="H154" t="inlineStr"/>
       <c r="I154" t="inlineStr"/>
       <c r="J154" t="inlineStr">
         <is>
-          <t>EAPMAMP4</t>
+          <t>CAPP517X</t>
         </is>
       </c>
       <c r="K154" t="inlineStr">
         <is>
-          <t>M4 Pro(12CPU,16GPU),24G,512G/M4 Pro(12CPU,16GPU),24G,1TB/M4 Pro(12CPU,16GPU),24G,2TB/M4 Pro(12CPU,16GPU),24G,4TB/M4 Pro(12CPU,16GPU),24G,8TB/M4 Pro(12CPU,16GPU),48G,512G/M4 Pro(12CPU,16GPU),48G,1TB/M4 Pro(12CPU,16GPU),48G,2TB/M4 Pro(12CPU,16GPU),48G,4TB/M4 Pro(12CPU,16GPU),48G,8TB/M4 Pro(12CPU,16GPU),64G,512G/M4 Pro(12CPU,16GPU),64G,1TB/M4 Pro(12CPU,16GPU),64G,2TB/M4 Pro(12CPU,16GPU),64G,4TB/M4 Pro(12CPU,16GPU),64G,8TB/M4 Pro(14CPU,20GPU),24G,512G/M4 Pro(14CPU,20GPU),24G,1TB/M4 Pro(14CPU,20GPU),24G,2TB/M4 Pro(14CPU,20GPU),24G,4TB/M4 Pro(14CPU,20GPU),24G,8TB/M4 Pro(14CPU,20GPU),48G,512G/M4 Pro(14CPU,20GPU),48G,1TB/M4 Pro(14CPU,20GPU),48G,2TB/M4 Pro(14CPU,20GPU),48G,4TB/M4 Pro(14CPU,20GPU),48G,8TB/M4 Pro(14CPU,20GPU),64G,512G/M4 Pro(14CPU,20GPU),64G,1TB/M4 Pro(14CPU,20GPU),64G,2TB/M4 Pro(14CPU,20GPU),64G,4TB/M4 Pro(14CPU,20GPU),64G,8TB</t>
+          <t>i7,16G,256G/i7,16G,512G/i7,16G,1TB/i7,16G,2TB</t>
         </is>
       </c>
       <c r="L154" t="inlineStr">
         <is>
           <t>晶片,記憶體,容量</t>
         </is>
       </c>
-      <c r="M154" t="inlineStr"/>
-      <c r="N154" t="inlineStr"/>
+      <c r="M154" t="inlineStr">
+        <is>
+          <t>太空灰色/銀色</t>
+        </is>
+      </c>
+      <c r="N154" t="inlineStr">
+        <is>
+          <t>顏色</t>
+        </is>
+      </c>
       <c r="O154" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
-      <c r="P154" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="P154" t="inlineStr"/>
+      <c r="Q154" t="inlineStr"/>
       <c r="R154" t="n">
-        <v>154</v>
+        <v>153</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" t="n">
-        <v>200</v>
+        <v>432</v>
       </c>
       <c r="B155" t="inlineStr">
         <is>
-          <t>電腦</t>
+          <t>筆電</t>
         </is>
       </c>
       <c r="C155" t="inlineStr">
         <is>
-          <t>E</t>
+          <t>C</t>
         </is>
       </c>
       <c r="D155" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E155" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F155" t="inlineStr">
         <is>
-          <t>Mac Studio（2022 年，M1 Max）</t>
+          <t>MacBook Pro (15 英寸，2016)</t>
         </is>
       </c>
       <c r="G155" t="inlineStr">
         <is>
-          <t>MSMM1</t>
+          <t>P516X</t>
         </is>
       </c>
       <c r="H155" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I155" t="inlineStr"/>
       <c r="J155" t="inlineStr">
         <is>
-          <t>EAPMSMM1</t>
+          <t>CAPP516X</t>
         </is>
       </c>
       <c r="K155" t="inlineStr">
         <is>
-          <t>M1 Max(10CPU,24GPU),32G,512G/M1 Max(10CPU,24GPU),32G,1TB/M1 Max(10CPU,24GPU),32G,2TB/M1 Max(10CPU,24GPU),32G,4TB/M1 Max(10CPU,24GPU),32G,8TB/M1 Max(10CPU,24GPU),64G,512G/M1 Max(10CPU,24GPU),64G,1TB/M1 Max(10CPU,24GPU),64G,2TB/M1 Max(10CPU,24GPU),64G,4TB/M1 Max(10CPU,24GPU),64G,8TB/M1 Max(10CPU,32GPU),32G,512G/M1 Max(10CPU,32GPU),32G,1TB/M1 Max(10CPU,32GPU),32G,2TB/M1 Max(10CPU,32GPU),32G,4TB/M1 Max(10CPU,32GPU),32G,8TB/M1 Max(10CPU,32GPU),64G,512G/M1 Max(10CPU,32GPU),64G,1TB/M1 Max(10CPU,32GPU),64G,2TB/M1 Max(10CPU,32GPU),64G,4TB/M1 Max(10CPU,32GPU),64G,8TB</t>
+          <t>i7,16G,256G/i7,16G,512G/i7,16G,1TB/i7,16G,2TB</t>
         </is>
       </c>
       <c r="L155" t="inlineStr">
         <is>
           <t>晶片,記憶體,容量</t>
         </is>
       </c>
-      <c r="M155" t="inlineStr"/>
-      <c r="N155" t="inlineStr"/>
+      <c r="M155" t="inlineStr">
+        <is>
+          <t>太空灰色/銀色</t>
+        </is>
+      </c>
+      <c r="N155" t="inlineStr">
+        <is>
+          <t>顏色</t>
+        </is>
+      </c>
       <c r="O155" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
-      <c r="P155" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="P155" t="inlineStr"/>
+      <c r="Q155" t="inlineStr"/>
       <c r="R155" t="n">
-        <v>155</v>
+        <v>154</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" t="n">
-        <v>201</v>
+        <v>433</v>
       </c>
       <c r="B156" t="inlineStr">
         <is>
-          <t>電腦</t>
+          <t>筆電</t>
         </is>
       </c>
       <c r="C156" t="inlineStr">
         <is>
-          <t>E</t>
+          <t>C</t>
         </is>
       </c>
       <c r="D156" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E156" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F156" t="inlineStr">
         <is>
-          <t>Mac Studio（2022 年，M1 Ultra）</t>
+          <t>MacBook Pro（13 英寸，2017，四個 Thunderbolt 3 連接埠）</t>
         </is>
       </c>
       <c r="G156" t="inlineStr">
         <is>
-          <t>MSMU1</t>
+          <t>P3174</t>
         </is>
       </c>
       <c r="H156" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I156" t="inlineStr"/>
       <c r="J156" t="inlineStr">
         <is>
-          <t>EAPMSMU1</t>
+          <t>CAPP3174</t>
         </is>
       </c>
       <c r="K156" t="inlineStr">
         <is>
-          <t>M1 Ultra(20CPU,48GPU),64GB,1TB/M1 Ultra(20CPU,48GPU),64GB,2TB/M1 Ultra(20CPU,48GPU),64GB,4TB/M1 Ultra(20CPU,48GPU),64GB,8TB/M1 Ultra(20CPU,48GPU),128GB,1TB/M1 Ultra(20CPU,48GPU),128GB,2TB/M1 Ultra(20CPU,48GPU),128GB,4TB/M1 Ultra(20CPU,48GPU),128GB,8TB/M1 Ultra(20CPU,64GPU),64GB,1TB/M1 Ultra(20CPU,64GPU),64GB,2TB/M1 Ultra(20CPU,64GPU),64GB,4TB/M1 Ultra(20CPU,64GPU),64GB,8TB/M1 Ultra(20CPU,64GPU),128GB,1TB/M1 Ultra(20CPU,64GPU),128GB,2TB/M1 Ultra(20CPU,64GPU),128GB,4TB/M1 Ultra(20CPU,64GPU),128GB,8TB</t>
+          <t>i5,8G,256G/i5,8G,512G/i5,8G,1TB/i5,16G,256G/i5,16G,512G/i5,16G,1TB/i7,8G,256G/i7,8G,512G/i7,8G,1TB/i7,16G,256G/i7,16G,512G/i7,16G,1TB</t>
         </is>
       </c>
       <c r="L156" t="inlineStr">
         <is>
           <t>晶片,記憶體,容量</t>
         </is>
       </c>
-      <c r="M156" t="inlineStr"/>
-      <c r="N156" t="inlineStr"/>
+      <c r="M156" t="inlineStr">
+        <is>
+          <t>太空灰色/銀色</t>
+        </is>
+      </c>
+      <c r="N156" t="inlineStr">
+        <is>
+          <t>顏色</t>
+        </is>
+      </c>
       <c r="O156" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
-      <c r="P156" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="P156" t="inlineStr"/>
+      <c r="Q156" t="inlineStr"/>
       <c r="R156" t="n">
-        <v>156</v>
+        <v>155</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" t="n">
-        <v>202</v>
+        <v>434</v>
       </c>
       <c r="B157" t="inlineStr">
         <is>
-          <t>電腦</t>
+          <t>筆電</t>
         </is>
       </c>
       <c r="C157" t="inlineStr">
         <is>
-          <t>E</t>
+          <t>C</t>
         </is>
       </c>
       <c r="D157" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E157" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F157" t="inlineStr">
         <is>
-          <t>Mac Studio（2023 年，M2 Max）</t>
+          <t>MacBook Pro（13 英寸，2017，兩個 Thunderbolt 3 連接埠 )</t>
         </is>
       </c>
       <c r="G157" t="inlineStr">
         <is>
-          <t>MSMM2</t>
+          <t>P3172</t>
         </is>
       </c>
       <c r="H157" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I157" t="inlineStr"/>
       <c r="J157" t="inlineStr">
         <is>
-          <t>EAPMSMM2</t>
+          <t>CAPP3172</t>
         </is>
       </c>
       <c r="K157" t="inlineStr">
         <is>
-          <t>M2 Max(12CPU,30GPU),32G,512G/M2 Max(12CPU,30GPU),32G,1TB/M2 Max(12CPU,30GPU),32G,2TB/M2 Max(12CPU,30GPU),32G,4TB/M2 Max(12CPU,30GPU),32G,8TB/M2 Max(12CPU,30GPU),64G,512G/M2 Max(12CPU,30GPU),64G,1TB/M2 Max(12CPU,30GPU),64G,2TB/M2 Max(12CPU,30GPU),64G,4TB/M2 Max(12CPU,30GPU),64G,8TB/M2 Max(12CPU,30GPU),96G,512G/M2 Max(12CPU,30GPU),96G,1TB/M2 Max(12CPU,30GPU),96G,2TB/M2 Max(12CPU,30GPU),96G,4TB/M2 Max(12CPU,30GPU),96G,8TB/M2 Max(12CPU,38GPU),32G,512G/M2 Max(12CPU,38GPU),32G,1TB/M2 Max(12CPU,38GPU),32G,2TB/M2 Max(12CPU,38GPU),32G,4TB/M2 Max(12CPU,38GPU),32G,8TB/M2 Max(12CPU,38GPU),64G,512G/M2 Max(12CPU,38GPU),64G,1TB/M2 Max(12CPU,38GPU),64G,2TB/M2 Max(12CPU,38GPU),64G,4TB/M2 Max(12CPU,38GPU),64G,8TB/M2 Max(12CPU,38GPU),96G,512G/M2 Max(12CPU,38GPU),96G,1TB/M2 Max(12CPU,38GPU),96G,2TB/M2 Max(12CPU,38GPU),96G,4TB/M2 Max(12CPU,38GPU),96G,8TB</t>
+          <t>i5,8G,128G/i5,8G,256G/i5,8G,512G/i5,8G,1TB/i5,16G,128G/i5,16G,256G/i5,16G,512G/i5,16G,1TB/i7,8G,128G/i7,8G,256G/i7,8G,512G/i7,8G,1TB/i7,16G,128G/i7,16G,256G/i7,16G,512G/i7,16G,1TB</t>
         </is>
       </c>
       <c r="L157" t="inlineStr">
         <is>
           <t>晶片,記憶體,容量</t>
         </is>
       </c>
-      <c r="M157" t="inlineStr"/>
-      <c r="N157" t="inlineStr"/>
+      <c r="M157" t="inlineStr">
+        <is>
+          <t>太空灰色/銀色</t>
+        </is>
+      </c>
+      <c r="N157" t="inlineStr">
+        <is>
+          <t>顏色</t>
+        </is>
+      </c>
       <c r="O157" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
-      <c r="P157" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="P157" t="inlineStr"/>
+      <c r="Q157" t="inlineStr"/>
       <c r="R157" t="n">
-        <v>157</v>
+        <v>156</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" t="n">
-        <v>203</v>
+        <v>435</v>
       </c>
       <c r="B158" t="inlineStr">
         <is>
-          <t>電腦</t>
+          <t>筆電</t>
         </is>
       </c>
       <c r="C158" t="inlineStr">
         <is>
-          <t>E</t>
+          <t>C</t>
         </is>
       </c>
       <c r="D158" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E158" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F158" t="inlineStr">
         <is>
-          <t>Mac Studio（2023 年，M2 Ultra）</t>
+          <t>MacBook Pro (Retina, 15 英吋 , 2015 年中)</t>
         </is>
       </c>
       <c r="G158" t="inlineStr">
         <is>
-          <t>MSMU2</t>
+          <t>P515X</t>
         </is>
       </c>
       <c r="H158" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I158" t="inlineStr"/>
       <c r="J158" t="inlineStr">
         <is>
-          <t>EAPMSMU2</t>
+          <t>CAPP515X</t>
         </is>
       </c>
       <c r="K158" t="inlineStr">
         <is>
-          <t>M2 Ultra(24CPU,60GPU),64G,1TB/M2 Ultra(24CPU,60GPU),64G,2TB/M2 Ultra(24CPU,60GPU),64G,4TB/M2 Ultra(24CPU,60GPU),64G,8TB/M2 Ultra(24CPU,60GPU),128G,1TB/M2 Ultra(24CPU,60GPU),128G,2TB/M2 Ultra(24CPU,60GPU),128G,4TB/M2 Ultra(24CPU,60GPU),128G,8TB/M2 Ultra(24CPU,60GPU),192G,1TB/M2 Ultra(24CPU,60GPU),192G,2TB/M2 Ultra(24CPU,60GPU),192G,4TB/M2 Ultra(24CPU,60GPU),192G,8TB/M2 Ultra(24CPU,76GPU),64G,1TB/M2 Ultra(24CPU,76GPU),64G,2TB/M2 Ultra(24CPU,76GPU),64G,4TB/M2 Ultra(24CPU,76GPU),64G,8TB/M2 Ultra(24CPU,76GPU),128G,1TB/M2 Ultra(24CPU,76GPU),128G,2TB/M2 Ultra(24CPU,76GPU),128G,4TB/M2 Ultra(24CPU,76GPU),128G,8TB/M2 Ultra(24CPU,76GPU),192G,1TB/M2 Ultra(24CPU,76GPU),192G,2TB/M2 Ultra(24CPU,76GPU),192G,4TB/M2 Ultra(24CPU,76GPU),192G,8TB</t>
+          <t>i7,16G,256G/i7,16G,512G/i7,16G,1TB</t>
         </is>
       </c>
       <c r="L158" t="inlineStr">
         <is>
           <t>晶片,記憶體,容量</t>
         </is>
       </c>
-      <c r="M158" t="inlineStr"/>
-      <c r="N158" t="inlineStr"/>
+      <c r="M158" t="inlineStr">
+        <is>
+          <t>太空灰色/銀色</t>
+        </is>
+      </c>
+      <c r="N158" t="inlineStr">
+        <is>
+          <t>顏色</t>
+        </is>
+      </c>
       <c r="O158" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
-      <c r="P158" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="P158" t="inlineStr"/>
+      <c r="Q158" t="inlineStr"/>
       <c r="R158" t="n">
-        <v>158</v>
+        <v>157</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" t="n">
-        <v>204</v>
+        <v>436</v>
       </c>
       <c r="B159" t="inlineStr">
         <is>
-          <t>電腦</t>
+          <t>筆電</t>
         </is>
       </c>
       <c r="C159" t="inlineStr">
         <is>
-          <t>E</t>
+          <t>C</t>
         </is>
       </c>
       <c r="D159" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E159" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F159" t="inlineStr">
         <is>
-          <t>Mac Studio（2025 年，M4 Max）</t>
+          <t>MacBook Pro（13 英寸，2018，四個 Thunderbolt 3 連接埠）</t>
         </is>
       </c>
       <c r="G159" t="inlineStr">
         <is>
-          <t>MSMM4</t>
+          <t>P3184</t>
         </is>
       </c>
       <c r="H159" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I159" t="inlineStr"/>
       <c r="J159" t="inlineStr">
         <is>
-          <t>EAPMSMM4</t>
+          <t>CAPP3184</t>
         </is>
       </c>
       <c r="K159" t="inlineStr">
         <is>
-          <t>M4 Max(14CPU,32GPU),36GB,512G/M4 Max(14CPU,32GPU),36GB,1TB/M4 Max(14CPU,32GPU),36GB,2TB/M4 Max(14CPU,32GPU),36GB,4TB/M4 Max(14CPU,32GPU),36GB,8TB/M4 Max(14CPU,32GPU),48GB,512G/M4 Max(14CPU,32GPU),48GB,1TB/M4 Max(14CPU,32GPU),48GB,2TB/M4 Max(14CPU,32GPU),48GB,4TB/M4 Max(14CPU,32GPU),48GB,8TB/M4 Max(14CPU,32GPU),64GB,512G/M4 Max(14CPU,32GPU),64GB,1TB/M4 Max(14CPU,32GPU),64GB,2TB/M4 Max(14CPU,32GPU),64GB,4TB/M4 Max(14CPU,32GPU),64GB,8TB/M4 Max(14CPU,32GPU),128GB,512G/M4 Max(14CPU,32GPU),128GB,1TB/M4 Max(14CPU,32GPU),128GB,2TB/M4 Max(14CPU,32GPU),128GB,4TB/M4 Max(14CPU,32GPU),128GB,8TB/M4 Max(16CPU,40GPU),36GB,512G/M4 Max(16CPU,40GPU),36GB,1TB/M4 Max(16CPU,40GPU),36GB,2TB/M4 Max(16CPU,40GPU),36GB,4TB/M4 Max(16CPU,40GPU),36GB,8TB/M4 Max(16CPU,40GPU),48GB,512G/M4 Max(16CPU,40GPU),48GB,1TB/M4 Max(16CPU,40GPU),48GB,2TB/M4 Max(16CPU,40GPU),48GB,4TB/M4 Max(16CPU,40GPU),48GB,8TB/M4 Max(16CPU,40GPU),64GB,512G/M4 Max(16CPU,40GPU),64GB,1TB/M4 Max(16CPU,40GPU),64GB,2TB/M4 Max(16CPU,40GPU),64GB,4TB/M4 Max(16CPU,40GPU),64GB,8TB/M4 Max(16CPU,40GPU),128GB,512G/M4 Max(16CPU,40GPU),128GB,1TB/M4 Max(16CPU,40GPU),128GB,2TB/M4 Max(16CPU,40GPU),128GB,4TB/M4 Max(16CPU,40GPU),128GB,8TB</t>
+          <t>i5,8GB,256GB/i5,8GB,512GB/i5,8GB,1TB/i5,8GB,2TB/i5,16GB,256GB/i5,16GB,512GB/i5,16GB,1TB/i5,16GB,2TB/i7,8GB,256GB/i7,8GB,512GB/i7,8GB,1TB/i7,8GB,2TB/i7,16GB,256GB/i7,16GB,512GB/i7,16GB,1TB/i7,16GB,2TB</t>
         </is>
       </c>
       <c r="L159" t="inlineStr">
         <is>
           <t>晶片,記憶體,容量</t>
         </is>
       </c>
-      <c r="M159" t="inlineStr"/>
-      <c r="N159" t="inlineStr"/>
+      <c r="M159" t="inlineStr">
+        <is>
+          <t>太空灰色/銀色</t>
+        </is>
+      </c>
+      <c r="N159" t="inlineStr">
+        <is>
+          <t>顏色</t>
+        </is>
+      </c>
       <c r="O159" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
-      <c r="P159" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="P159" t="inlineStr"/>
+      <c r="Q159" t="inlineStr"/>
       <c r="R159" t="n">
-        <v>159</v>
+        <v>158</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" t="n">
-        <v>205</v>
+        <v>122</v>
       </c>
       <c r="B160" t="inlineStr">
         <is>
-          <t>電腦</t>
+          <t>筆電</t>
         </is>
       </c>
       <c r="C160" t="inlineStr">
         <is>
-          <t>E</t>
+          <t>C</t>
         </is>
       </c>
       <c r="D160" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E160" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F160" t="inlineStr">
         <is>
-          <t>Mac Studio（2025 年，M3 Ultra）</t>
+          <t>MacBook Air（15 吋，M3，2024 年）</t>
         </is>
       </c>
       <c r="G160" t="inlineStr">
         <is>
-          <t>MSMU3</t>
+          <t>A5M3X</t>
         </is>
       </c>
       <c r="H160" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I160" t="inlineStr"/>
       <c r="J160" t="inlineStr">
         <is>
-          <t>EAPMSMU3</t>
+          <t>CAPA5M3X</t>
         </is>
       </c>
       <c r="K160" t="inlineStr">
         <is>
-          <t>M3 Ultra(28CPU,60GPU),96G,1TB/M3 Ultra(28CPU,60GPU),96G,2TB/M3 Ultra(28CPU,60GPU),96G,4TB/M3 Ultra(28CPU,60GPU),96G,8TB/M3 Ultra(28CPU,60GPU),96G,16TB/M3 Ultra(28CPU,60GPU),256G,1TB/M3 Ultra(28CPU,60GPU),256G,2TB/M3 Ultra(28CPU,60GPU),256G,4TB/M3 Ultra(28CPU,60GPU),256G,8TB/M3 Ultra(28CPU,60GPU),256G,16TB/M3 Ultra(28CPU,60GPU),512G,1TB/M3 Ultra(28CPU,60GPU),512G,2TB/M3 Ultra(28CPU,60GPU),512G,4TB/M3 Ultra(28CPU,60GPU),512G,8TB/M3 Ultra(28CPU,60GPU),512G,16TB/M3 Ultra(32CPU,80GPU),96G,1TB/M3 Ultra(32CPU,80GPU),96G,2TB/M3 Ultra(32CPU,80GPU),96G,4TB/M3 Ultra(32CPU,80GPU),96G,8TB/M3 Ultra(32CPU,80GPU),96G,16TB/M3 Ultra(32CPU,80GPU),256G,1TB/M3 Ultra(32CPU,80GPU),256G,2TB/M3 Ultra(32CPU,80GPU),256G,4TB/M3 Ultra(32CPU,80GPU),256G,8TB/M3 Ultra(32CPU,80GPU),256G,16TB/M3 Ultra(32CPU,80GPU),512G,1TB/M3 Ultra(32CPU,80GPU),512G,2TB/M3 Ultra(32CPU,80GPU),512G,4TB/M3 Ultra(32CPU,80GPU),512G,8TB/M3 Ultra(32CPU,80GPU),512G,16TB</t>
+          <t>M3(8CPU,10GPU),8G,256G/M3(8CPU,10GPU),8G,512G/M3(8CPU,10GPU),8G,1TB/M3(8CPU,10GPU),8G,2TB/M3(8CPU,10GPU),16G,256G/M3(8CPU,10GPU),16G,512G/M3(8CPU,10GPU),16G,1TB/M3(8CPU,10GPU),16G,2TB/M3(8CPU,10GPU),24G,256G/M3(8CPU,10GPU),24G,512G/M3(8CPU,10GPU),24G,1TB/M3(8CPU,10GPU),24G,2TB</t>
         </is>
       </c>
       <c r="L160" t="inlineStr">
         <is>
           <t>晶片,記憶體,容量</t>
         </is>
       </c>
-      <c r="M160" t="inlineStr"/>
-      <c r="N160" t="inlineStr"/>
+      <c r="M160" t="inlineStr">
+        <is>
+          <t>太空灰色/銀色/星光色/午夜色</t>
+        </is>
+      </c>
+      <c r="N160" t="inlineStr">
+        <is>
+          <t>顏色</t>
+        </is>
+      </c>
       <c r="O160" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
       <c r="P160" t="inlineStr">
         <is>
-          <t>CCAI25LP0350T6</t>
+          <t>CCAI24LP0230T1</t>
         </is>
       </c>
       <c r="Q160" t="inlineStr">
         <is>
           <t>R33057</t>
         </is>
       </c>
       <c r="R160" t="n">
-        <v>160</v>
+        <v>159</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" t="n">
-        <v>129</v>
+        <v>123</v>
       </c>
       <c r="B161" t="inlineStr">
         <is>
-          <t>耳機</t>
+          <t>筆電</t>
         </is>
       </c>
       <c r="C161" t="inlineStr">
         <is>
-          <t>A</t>
+          <t>C</t>
         </is>
       </c>
       <c r="D161" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E161" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F161" t="inlineStr">
         <is>
-          <t>AirPods(第 1 代)</t>
+          <t>MacBook Air（13 吋，M3，2024 年）</t>
         </is>
       </c>
       <c r="G161" t="inlineStr">
         <is>
-          <t>AX1XX</t>
+          <t>A3M3X</t>
         </is>
       </c>
       <c r="H161" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I161" t="inlineStr"/>
       <c r="J161" t="inlineStr">
         <is>
-          <t>AAPAX1XX</t>
+          <t>CAPA3M3X</t>
         </is>
       </c>
       <c r="K161" t="inlineStr">
         <is>
-          <t>Lightning有線充電</t>
+          <t>M3(8CPU,10GPU),8G,256G/M3(8CPU,10GPU),8G,512G/M3(8CPU,10GPU),8G,1TB/M3(8CPU,10GPU),8G,2TB/M3(8CPU,10GPU),16G,256G/M3(8CPU,10GPU),16G,512G/M3(8CPU,10GPU),16G,1TB/M3(8CPU,10GPU),16G,2TB/M3(8CPU,10GPU),24G,256G/M3(8CPU,10GPU),24G,512G/M3(8CPU,10GPU),24G,1TB/M3(8CPU,10GPU),24G,2TB</t>
         </is>
       </c>
       <c r="L161" t="inlineStr">
         <is>
-          <t>充電盒</t>
-[...3 lines deleted...]
-      <c r="N161" t="inlineStr"/>
+          <t>晶片,記憶體,容量</t>
+        </is>
+      </c>
+      <c r="M161" t="inlineStr">
+        <is>
+          <t>太空灰色/銀色/星光色/午夜色</t>
+        </is>
+      </c>
+      <c r="N161" t="inlineStr">
+        <is>
+          <t>顏色</t>
+        </is>
+      </c>
       <c r="O161" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
-      <c r="P161" t="inlineStr"/>
+      <c r="P161" t="inlineStr">
+        <is>
+          <t>CCAI24LP0220T1</t>
+        </is>
+      </c>
       <c r="Q161" t="inlineStr">
         <is>
           <t>R33057</t>
         </is>
       </c>
       <c r="R161" t="n">
-        <v>161</v>
+        <v>160</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" t="n">
-        <v>130</v>
+        <v>124</v>
       </c>
       <c r="B162" t="inlineStr">
         <is>
-          <t>耳機</t>
+          <t>筆電</t>
         </is>
       </c>
       <c r="C162" t="inlineStr">
         <is>
-          <t>A</t>
+          <t>C</t>
         </is>
       </c>
       <c r="D162" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E162" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F162" t="inlineStr">
         <is>
-          <t>AirPods(第 2 代)</t>
+          <t>MacBook Air（15 吋，M2，2023 年）</t>
         </is>
       </c>
       <c r="G162" t="inlineStr">
         <is>
-          <t>AX2XX</t>
+          <t>A5M2X</t>
         </is>
       </c>
       <c r="H162" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I162" t="inlineStr"/>
       <c r="J162" t="inlineStr">
         <is>
-          <t>AAPAX2XX</t>
+          <t>CAPA5M2X</t>
         </is>
       </c>
       <c r="K162" t="inlineStr">
         <is>
-          <t>Lightning有線充電/Magsafe無線充電(Lightning款)</t>
+          <t>M2(8CPU,10GPU),8G,256G/M2(8CPU,10GPU),8G,512G/M2(8CPU,10GPU),8G,1TB/M2(8CPU,10GPU),8G,2TB/M2(8CPU,10GPU),16G,256G/M2(8CPU,10GPU),16G,512G/M2(8CPU,10GPU),16G,1TB/M2(8CPU,10GPU),16G,2TB/M2(8CPU,10GPU),24G,256G/M2(8CPU,10GPU),24G,512G/M2(8CPU,10GPU),24G,1TB/M2(8CPU,10GPU),24G,2TB</t>
         </is>
       </c>
       <c r="L162" t="inlineStr">
         <is>
-          <t>充電盒</t>
-[...3 lines deleted...]
-      <c r="N162" t="inlineStr"/>
+          <t>晶片,記憶體,容量</t>
+        </is>
+      </c>
+      <c r="M162" t="inlineStr">
+        <is>
+          <t>太空灰色/銀色/星光色/午夜色</t>
+        </is>
+      </c>
+      <c r="N162" t="inlineStr">
+        <is>
+          <t>顏色</t>
+        </is>
+      </c>
       <c r="O162" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
-      <c r="P162" t="inlineStr"/>
+      <c r="P162" t="inlineStr">
+        <is>
+          <t>CCAI23LP0530T5</t>
+        </is>
+      </c>
       <c r="Q162" t="inlineStr">
         <is>
           <t>R33057</t>
         </is>
       </c>
       <c r="R162" t="n">
-        <v>162</v>
+        <v>161</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" t="n">
-        <v>131</v>
+        <v>125</v>
       </c>
       <c r="B163" t="inlineStr">
         <is>
-          <t>耳機</t>
+          <t>筆電</t>
         </is>
       </c>
       <c r="C163" t="inlineStr">
         <is>
-          <t>A</t>
+          <t>C</t>
         </is>
       </c>
       <c r="D163" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
       <c r="E163" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="F163" t="inlineStr">
         <is>
-          <t>AirPods(第 3 代)</t>
+          <t>MacBook Air（M2，2022 年）</t>
         </is>
       </c>
       <c r="G163" t="inlineStr">
         <is>
-          <t>AX3XX</t>
+          <t>A3M2X</t>
         </is>
       </c>
       <c r="H163" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I163" t="inlineStr"/>
       <c r="J163" t="inlineStr">
         <is>
+          <t>CAPA3M2X</t>
+        </is>
+      </c>
+      <c r="K163" t="inlineStr">
+        <is>
+          <t>M2(8CPU,8GPU),8G,256G/M2(8CPU,8GPU),8G,512G/M2(8CPU,8GPU),8G,1TB/M2(8CPU,8GPU),8G,2TB/M2(8CPU,8GPU),16G,256G/M2(8CPU,8GPU),16G,512G/M2(8CPU,8GPU),16G,1TB/M2(8CPU,8GPU),16G,2TB/M2(8CPU,8GPU),24G,256G/M2(8CPU,8GPU),24G,512G/M2(8CPU,8GPU),24G,1TB/M2(8CPU,8GPU),24G,2TB</t>
+        </is>
+      </c>
+      <c r="L163" t="inlineStr">
+        <is>
+          <t>晶片,記憶體,容量</t>
+        </is>
+      </c>
+      <c r="M163" t="inlineStr">
+        <is>
+          <t>太空灰色/銀色/星光色/午夜色</t>
+        </is>
+      </c>
+      <c r="N163" t="inlineStr">
+        <is>
+          <t>顏色</t>
+        </is>
+      </c>
+      <c r="O163" t="inlineStr">
+        <is>
+          <t>AC</t>
+        </is>
+      </c>
+      <c r="P163" t="inlineStr">
+        <is>
+          <t>CCAI22LP0740T8</t>
+        </is>
+      </c>
+      <c r="Q163" t="inlineStr">
+        <is>
+          <t>R33057</t>
+        </is>
+      </c>
+      <c r="R163" t="n">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="164">
+      <c r="A164" t="n">
+        <v>126</v>
+      </c>
+      <c r="B164" t="inlineStr">
+        <is>
+          <t>筆電</t>
+        </is>
+      </c>
+      <c r="C164" t="inlineStr">
+        <is>
+          <t>C</t>
+        </is>
+      </c>
+      <c r="D164" t="inlineStr">
+        <is>
+          <t>Apple</t>
+        </is>
+      </c>
+      <c r="E164" t="inlineStr">
+        <is>
+          <t>AP</t>
+        </is>
+      </c>
+      <c r="F164" t="inlineStr">
+        <is>
+          <t>MacBook Air（M1，2020 年）</t>
+        </is>
+      </c>
+      <c r="G164" t="inlineStr">
+        <is>
+          <t>A3M1X</t>
+        </is>
+      </c>
+      <c r="H164" t="inlineStr">
+        <is>
+          <t>型號關鍵字命名</t>
+        </is>
+      </c>
+      <c r="I164" t="inlineStr"/>
+      <c r="J164" t="inlineStr">
+        <is>
+          <t>CAPA3M1X</t>
+        </is>
+      </c>
+      <c r="K164" t="inlineStr">
+        <is>
+          <t>M1(8CPU,7GPU),8G,256G/M1(8CPU,7GPU),8G,512G/M1(8CPU,7GPU),8G,1TB/M1(8CPU,7GPU),8G,2TB/M1(8CPU,7GPU),16G,256G/M1(8CPU,7GPU),16G,512G/M1(8CPU,7GPU),16G,1TB/M1(8CPU,7GPU),16G,2TB/M1(8CPU,8GPU),8G,256G/M1(8CPU,8GPU),8G,512G/M1(8CPU,8GPU),8G,1TB/M1(8CPU,8GPU),8G,2TB/M1(8CPU,8GPU),16G,256G/M1(8CPU,8GPU),16G,512G/M1(8CPU,8GPU),16G,1TB/M1(8CPU,8GPU),16G,2TB</t>
+        </is>
+      </c>
+      <c r="L164" t="inlineStr">
+        <is>
+          <t>晶片,記憶體,容量</t>
+        </is>
+      </c>
+      <c r="M164" t="inlineStr">
+        <is>
+          <t>太空灰色/銀色/金色</t>
+        </is>
+      </c>
+      <c r="N164" t="inlineStr">
+        <is>
+          <t>顏色</t>
+        </is>
+      </c>
+      <c r="O164" t="inlineStr">
+        <is>
+          <t>AC</t>
+        </is>
+      </c>
+      <c r="P164" t="inlineStr">
+        <is>
+          <t>CCAI20LP2720T9</t>
+        </is>
+      </c>
+      <c r="Q164" t="inlineStr">
+        <is>
+          <t>R33057</t>
+        </is>
+      </c>
+      <c r="R164" t="n">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="165">
+      <c r="A165" t="n">
+        <v>127</v>
+      </c>
+      <c r="B165" t="inlineStr">
+        <is>
+          <t>筆電</t>
+        </is>
+      </c>
+      <c r="C165" t="inlineStr">
+        <is>
+          <t>C</t>
+        </is>
+      </c>
+      <c r="D165" t="inlineStr">
+        <is>
+          <t>Apple</t>
+        </is>
+      </c>
+      <c r="E165" t="inlineStr">
+        <is>
+          <t>AP</t>
+        </is>
+      </c>
+      <c r="F165" t="inlineStr">
+        <is>
+          <t>MacBook Air（Retina，13 吋，2020 年）</t>
+        </is>
+      </c>
+      <c r="G165" t="inlineStr">
+        <is>
+          <t>A320X</t>
+        </is>
+      </c>
+      <c r="H165" t="inlineStr">
+        <is>
+          <t>型號關鍵字命名</t>
+        </is>
+      </c>
+      <c r="I165" t="inlineStr"/>
+      <c r="J165" t="inlineStr">
+        <is>
+          <t>CAPA320X</t>
+        </is>
+      </c>
+      <c r="K165" t="inlineStr">
+        <is>
+          <t>i3,8G,256G/i3,8G,512G/i3,8G,1TB/i3,8G,2TB/i3,16G,256G/i3,16G,512G/i3,16G,1TB/i3,16G,2TB/i5,8G,256G/i5,8G,512G/i5,8G,1TB/i5,8G,2TB/i5,16G,256G/i5,16G,512G/i5,16G,1TB/i5,16G,2TB/i7,8G,256G/i7,8G,512G/i7,8G,1TB/i7,8G,2TB/i7,16G,256G/i7,16G,512G/i7,16G,1TB/i7,16G,2TB</t>
+        </is>
+      </c>
+      <c r="L165" t="inlineStr">
+        <is>
+          <t>晶片,記憶體,容量</t>
+        </is>
+      </c>
+      <c r="M165" t="inlineStr">
+        <is>
+          <t>太空灰色/銀色/金色</t>
+        </is>
+      </c>
+      <c r="N165" t="inlineStr">
+        <is>
+          <t>顏色</t>
+        </is>
+      </c>
+      <c r="O165" t="inlineStr">
+        <is>
+          <t>AC</t>
+        </is>
+      </c>
+      <c r="P165" t="inlineStr">
+        <is>
+          <t>CCAI20LP0560T3</t>
+        </is>
+      </c>
+      <c r="Q165" t="inlineStr">
+        <is>
+          <t>R33057</t>
+        </is>
+      </c>
+      <c r="R165" t="n">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="166">
+      <c r="A166" t="n">
+        <v>128</v>
+      </c>
+      <c r="B166" t="inlineStr">
+        <is>
+          <t>筆電</t>
+        </is>
+      </c>
+      <c r="C166" t="inlineStr">
+        <is>
+          <t>C</t>
+        </is>
+      </c>
+      <c r="D166" t="inlineStr">
+        <is>
+          <t>Apple</t>
+        </is>
+      </c>
+      <c r="E166" t="inlineStr">
+        <is>
+          <t>AP</t>
+        </is>
+      </c>
+      <c r="F166" t="inlineStr">
+        <is>
+          <t>MacBook Air（Retina，13 吋，2018 年）</t>
+        </is>
+      </c>
+      <c r="G166" t="inlineStr">
+        <is>
+          <t>A319X</t>
+        </is>
+      </c>
+      <c r="H166" t="inlineStr">
+        <is>
+          <t>型號關鍵字命名</t>
+        </is>
+      </c>
+      <c r="I166" t="inlineStr"/>
+      <c r="J166" t="inlineStr">
+        <is>
+          <t>CAPA319X</t>
+        </is>
+      </c>
+      <c r="K166" t="inlineStr">
+        <is>
+          <t>i5,8G,128G/i5,8G,256G/i5,8G,512G/i5,8G,1TB/i5,16G,128G/i5,16G,256G/i5,16G,512G/i5,16G,1TB</t>
+        </is>
+      </c>
+      <c r="L166" t="inlineStr">
+        <is>
+          <t>晶片,記憶體,容量</t>
+        </is>
+      </c>
+      <c r="M166" t="inlineStr">
+        <is>
+          <t>太空灰色/銀色/金色</t>
+        </is>
+      </c>
+      <c r="N166" t="inlineStr">
+        <is>
+          <t>顏色</t>
+        </is>
+      </c>
+      <c r="O166" t="inlineStr">
+        <is>
+          <t>AC</t>
+        </is>
+      </c>
+      <c r="P166" t="inlineStr">
+        <is>
+          <t xml:space="preserve">	CCAI18LP2150T0</t>
+        </is>
+      </c>
+      <c r="Q166" t="inlineStr">
+        <is>
+          <t>R33057</t>
+        </is>
+      </c>
+      <c r="R166" t="n">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="167">
+      <c r="A167" t="n">
+        <v>206</v>
+      </c>
+      <c r="B167" t="inlineStr">
+        <is>
+          <t>筆電</t>
+        </is>
+      </c>
+      <c r="C167" t="inlineStr">
+        <is>
+          <t>C</t>
+        </is>
+      </c>
+      <c r="D167" t="inlineStr">
+        <is>
+          <t>Apple</t>
+        </is>
+      </c>
+      <c r="E167" t="inlineStr">
+        <is>
+          <t>AP</t>
+        </is>
+      </c>
+      <c r="F167" t="inlineStr">
+        <is>
+          <t>MacBook Air（13吋，M4，2025年）</t>
+        </is>
+      </c>
+      <c r="G167" t="inlineStr">
+        <is>
+          <t>A3M4X</t>
+        </is>
+      </c>
+      <c r="H167" t="inlineStr">
+        <is>
+          <t>型號關鍵字命名</t>
+        </is>
+      </c>
+      <c r="I167" t="inlineStr"/>
+      <c r="J167" t="inlineStr">
+        <is>
+          <t>CAPA3M4X</t>
+        </is>
+      </c>
+      <c r="K167" t="inlineStr">
+        <is>
+          <t>M4(10CPU,8GPU),16G,256G/M4(10CPU,8GPU),16G,512G/M4(10CPU,8GPU),16G,1TB/M4(10CPU,8GPU),16G,2TB/M4(10CPU,8GPU),24G,256G/M4(10CPU,8GPU),24G,512G/M4(10CPU,8GPU),24G,1TB/M4(10CPU,8GPU),24G,2TB/M4(10CPU,8GPU),32G,256G/M4(10CPU,8GPU),32G,512G/M4(10CPU,8GPU),32G,1TB/M4(10CPU,8GPU),32G,2TB/M4(10CPU,10GPU),16G,256G/M4(10CPU,10GPU),16G,512G/M4(10CPU,10GPU),16G,1TB/M4(10CPU,10GPU),16G,2TB/M4(10CPU,10GPU),24G,256G/M4(10CPU,10GPU),24G,512G/M4(10CPU,10GPU),24G,1TB/M4(10CPU,10GPU),24G,2TB/M4(10CPU,10GPU),32G,256G/M4(10CPU,10GPU),32G,512G/M4(10CPU,10GPU),32G,1TB/M4(10CPU,10GPU),32G,2TB</t>
+        </is>
+      </c>
+      <c r="L167" t="inlineStr">
+        <is>
+          <t>晶片,記憶體,容量</t>
+        </is>
+      </c>
+      <c r="M167" t="inlineStr">
+        <is>
+          <t>天藍色/銀色/星光色/午夜黑</t>
+        </is>
+      </c>
+      <c r="N167" t="inlineStr">
+        <is>
+          <t>顏色</t>
+        </is>
+      </c>
+      <c r="O167" t="inlineStr">
+        <is>
+          <t>AC</t>
+        </is>
+      </c>
+      <c r="P167" t="inlineStr">
+        <is>
+          <t>CCAI25LP0360T9</t>
+        </is>
+      </c>
+      <c r="Q167" t="inlineStr">
+        <is>
+          <t>R33057</t>
+        </is>
+      </c>
+      <c r="R167" t="n">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="168">
+      <c r="A168" t="n">
+        <v>207</v>
+      </c>
+      <c r="B168" t="inlineStr">
+        <is>
+          <t>筆電</t>
+        </is>
+      </c>
+      <c r="C168" t="inlineStr">
+        <is>
+          <t>C</t>
+        </is>
+      </c>
+      <c r="D168" t="inlineStr">
+        <is>
+          <t>Apple</t>
+        </is>
+      </c>
+      <c r="E168" t="inlineStr">
+        <is>
+          <t>AP</t>
+        </is>
+      </c>
+      <c r="F168" t="inlineStr">
+        <is>
+          <t>MacBook Air（15吋，M4，2025年）</t>
+        </is>
+      </c>
+      <c r="G168" t="inlineStr">
+        <is>
+          <t>A5M4X</t>
+        </is>
+      </c>
+      <c r="H168" t="inlineStr">
+        <is>
+          <t>型號關鍵字命名</t>
+        </is>
+      </c>
+      <c r="I168" t="inlineStr">
+        <is>
+          <t>00+兩位代數(數字)+型號獨有關鍵字(英文)</t>
+        </is>
+      </c>
+      <c r="J168" t="inlineStr">
+        <is>
+          <t>CAPA5M4X</t>
+        </is>
+      </c>
+      <c r="K168" t="inlineStr">
+        <is>
+          <t>M4(10CPU,10GPU),24G,512G/M4(10CPU,10GPU),24G,1TB/M4(10CPU,10GPU),24G,2TB/M4(10CPU,10GPU),32G,512G/M4(10CPU,10GPU),32G,1TB/M4(10CPU,10GPU),32G,2TB</t>
+        </is>
+      </c>
+      <c r="L168" t="inlineStr">
+        <is>
+          <t>晶片,記憶體,容量</t>
+        </is>
+      </c>
+      <c r="M168" t="inlineStr">
+        <is>
+          <t>天藍色/銀色/星光色/午夜黑</t>
+        </is>
+      </c>
+      <c r="N168" t="inlineStr">
+        <is>
+          <t>顏色</t>
+        </is>
+      </c>
+      <c r="O168" t="inlineStr">
+        <is>
+          <t>AC</t>
+        </is>
+      </c>
+      <c r="P168" t="inlineStr">
+        <is>
+          <t>CCAI25LP0340T3</t>
+        </is>
+      </c>
+      <c r="Q168" t="inlineStr">
+        <is>
+          <t>R33057</t>
+        </is>
+      </c>
+      <c r="R168" t="n">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="169">
+      <c r="A169" t="n">
+        <v>195</v>
+      </c>
+      <c r="B169" t="inlineStr">
+        <is>
+          <t>電腦</t>
+        </is>
+      </c>
+      <c r="C169" t="inlineStr">
+        <is>
+          <t>E</t>
+        </is>
+      </c>
+      <c r="D169" t="inlineStr">
+        <is>
+          <t>Apple</t>
+        </is>
+      </c>
+      <c r="E169" t="inlineStr">
+        <is>
+          <t>AP</t>
+        </is>
+      </c>
+      <c r="F169" t="inlineStr">
+        <is>
+          <t>Mac mini（M1，2020 年）</t>
+        </is>
+      </c>
+      <c r="G169" t="inlineStr">
+        <is>
+          <t>MAM01</t>
+        </is>
+      </c>
+      <c r="H169" t="inlineStr">
+        <is>
+          <t>型號關鍵字命名</t>
+        </is>
+      </c>
+      <c r="I169" t="inlineStr"/>
+      <c r="J169" t="inlineStr">
+        <is>
+          <t>EAPMAM01</t>
+        </is>
+      </c>
+      <c r="K169" t="inlineStr">
+        <is>
+          <t>M1(8CUP,8GPU),8G,256G/M1(8CUP,8GPU),8G,512G/M1(8CUP,8GPU),8G,1TB/M1(8CUP,8GPU),8G,2TB/M1(8CUP,8GPU),16G,256G/M1(8CUP,8GPU),16G,512G/M1(8CUP,8GPU),16G,1TB/M1(8CUP,8GPU),16G,2TB</t>
+        </is>
+      </c>
+      <c r="L169" t="inlineStr">
+        <is>
+          <t>晶片,記憶體,容量</t>
+        </is>
+      </c>
+      <c r="M169" t="inlineStr"/>
+      <c r="N169" t="inlineStr"/>
+      <c r="O169" t="inlineStr">
+        <is>
+          <t>AC</t>
+        </is>
+      </c>
+      <c r="P169" t="inlineStr">
+        <is>
+          <t>CCAI20LP2670T7</t>
+        </is>
+      </c>
+      <c r="Q169" t="inlineStr">
+        <is>
+          <t>R33057</t>
+        </is>
+      </c>
+      <c r="R169" t="n">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="170">
+      <c r="A170" t="n">
+        <v>196</v>
+      </c>
+      <c r="B170" t="inlineStr">
+        <is>
+          <t>電腦</t>
+        </is>
+      </c>
+      <c r="C170" t="inlineStr">
+        <is>
+          <t>E</t>
+        </is>
+      </c>
+      <c r="D170" t="inlineStr">
+        <is>
+          <t>Apple</t>
+        </is>
+      </c>
+      <c r="E170" t="inlineStr">
+        <is>
+          <t>AP</t>
+        </is>
+      </c>
+      <c r="F170" t="inlineStr">
+        <is>
+          <t>Mac mini（M2，2023 年）</t>
+        </is>
+      </c>
+      <c r="G170" t="inlineStr">
+        <is>
+          <t>MAM02</t>
+        </is>
+      </c>
+      <c r="H170" t="inlineStr">
+        <is>
+          <t>型號關鍵字命名</t>
+        </is>
+      </c>
+      <c r="I170" t="inlineStr"/>
+      <c r="J170" t="inlineStr">
+        <is>
+          <t>EAPMAM02</t>
+        </is>
+      </c>
+      <c r="K170" t="inlineStr">
+        <is>
+          <t>M2(8CPU,10GPU),8G,256G/M2(8CPU,10GPU),8G,512G/M2(8CPU,10GPU),8G,1TB/M2(8CPU,10GPU),8G,2TB/M2(8CPU,10GPU),16G,256G/M2(8CPU,10GPU),16G,512G/M2(8CPU,10GPU),16G,1TB/M2(8CPU,10GPU),16G,2TB/M2(8CPU,10GPU),24G,256G/M2(8CPU,10GPU),24G,512G/M2(8CPU,10GPU),24G,1TB/M2(8CPU,10GPU),24G,2TB</t>
+        </is>
+      </c>
+      <c r="L170" t="inlineStr">
+        <is>
+          <t>晶片,記憶體,容量</t>
+        </is>
+      </c>
+      <c r="M170" t="inlineStr"/>
+      <c r="N170" t="inlineStr"/>
+      <c r="O170" t="inlineStr">
+        <is>
+          <t>AC</t>
+        </is>
+      </c>
+      <c r="P170" t="inlineStr">
+        <is>
+          <t>CCAI23LP0260T2</t>
+        </is>
+      </c>
+      <c r="Q170" t="inlineStr">
+        <is>
+          <t>R33057</t>
+        </is>
+      </c>
+      <c r="R170" t="n">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="171">
+      <c r="A171" t="n">
+        <v>197</v>
+      </c>
+      <c r="B171" t="inlineStr">
+        <is>
+          <t>電腦</t>
+        </is>
+      </c>
+      <c r="C171" t="inlineStr">
+        <is>
+          <t>E</t>
+        </is>
+      </c>
+      <c r="D171" t="inlineStr">
+        <is>
+          <t>Apple</t>
+        </is>
+      </c>
+      <c r="E171" t="inlineStr">
+        <is>
+          <t>AP</t>
+        </is>
+      </c>
+      <c r="F171" t="inlineStr">
+        <is>
+          <t>Mac mini（M2 Pro，2023 年）</t>
+        </is>
+      </c>
+      <c r="G171" t="inlineStr">
+        <is>
+          <t>MAMP2</t>
+        </is>
+      </c>
+      <c r="H171" t="inlineStr">
+        <is>
+          <t>型號關鍵字命名</t>
+        </is>
+      </c>
+      <c r="I171" t="inlineStr"/>
+      <c r="J171" t="inlineStr">
+        <is>
+          <t>EAPMAMP2</t>
+        </is>
+      </c>
+      <c r="K171" t="inlineStr">
+        <is>
+          <t>M2 Pro(10CPU,16GPU),16G,512G/M2 Pro(10CPU,16GPU),16G,1TB/M2 Pro(10CPU,16GPU),16G,2TB/M2 Pro(10CPU,16GPU),16G,4TB/M2 Pro(10CPU,16GPU),16G,8TB/M2 Pro(10CPU,16GPU),32G,512G/M2 Pro(10CPU,16GPU),32G,1TB/M2 Pro(10CPU,16GPU),32G,2TB/M2 Pro(10CPU,16GPU),32G,4TB/M2 Pro(10CPU,16GPU),32G,8TB/M2 Pro(12CPU,19GPU),16G,512G/M2 Pro(12CPU,19GPU),16G,1TB/M2 Pro(12CPU,19GPU),16G,2TB/M2 Pro(12CPU,19GPU),16G,4TB/M2 Pro(12CPU,19GPU),16G,8TB/M2 Pro(12CPU,19GPU),32G,512G/M2 Pro(12CPU,19GPU),32G,1TB/M2 Pro(12CPU,19GPU),32G,2TB/M2 Pro(12CPU,19GPU),32G,4TB/M2 Pro(12CPU,19GPU),32G,8TB</t>
+        </is>
+      </c>
+      <c r="L171" t="inlineStr">
+        <is>
+          <t>晶片,記憶體,容量</t>
+        </is>
+      </c>
+      <c r="M171" t="inlineStr"/>
+      <c r="N171" t="inlineStr"/>
+      <c r="O171" t="inlineStr">
+        <is>
+          <t>AC</t>
+        </is>
+      </c>
+      <c r="P171" t="inlineStr">
+        <is>
+          <t>CCAI23LP0220T3</t>
+        </is>
+      </c>
+      <c r="Q171" t="inlineStr">
+        <is>
+          <t>R33057</t>
+        </is>
+      </c>
+      <c r="R171" t="n">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="172">
+      <c r="A172" t="n">
+        <v>198</v>
+      </c>
+      <c r="B172" t="inlineStr">
+        <is>
+          <t>電腦</t>
+        </is>
+      </c>
+      <c r="C172" t="inlineStr">
+        <is>
+          <t>E</t>
+        </is>
+      </c>
+      <c r="D172" t="inlineStr">
+        <is>
+          <t>Apple</t>
+        </is>
+      </c>
+      <c r="E172" t="inlineStr">
+        <is>
+          <t>AP</t>
+        </is>
+      </c>
+      <c r="F172" t="inlineStr">
+        <is>
+          <t>Mac mini（M4，2024 年）</t>
+        </is>
+      </c>
+      <c r="G172" t="inlineStr">
+        <is>
+          <t>MAM04</t>
+        </is>
+      </c>
+      <c r="H172" t="inlineStr">
+        <is>
+          <t>型號關鍵字命名</t>
+        </is>
+      </c>
+      <c r="I172" t="inlineStr"/>
+      <c r="J172" t="inlineStr">
+        <is>
+          <t>EAPMAM04</t>
+        </is>
+      </c>
+      <c r="K172" t="inlineStr">
+        <is>
+          <t>M4(10CPU,10GPU),16G,256G/M4(10CPU,10GPU),16G,512G/M4(10CPU,10GPU),16G,1TB/M4(10CPU,10GPU),16G,2TB/M4(10CPU,10GPU),24G,256G/M4(10CPU,10GPU),24G,512G/M4(10CPU,10GPU),24G,1TB/M4(10CPU,10GPU),24G,2TB/M4(10CPU,10GPU),32G,256G/M4(10CPU,10GPU),32G,512G/M4(10CPU,10GPU),32G,1TB/M4(10CPU,10GPU),32G,2TB</t>
+        </is>
+      </c>
+      <c r="L172" t="inlineStr">
+        <is>
+          <t>晶片,記憶體,容量</t>
+        </is>
+      </c>
+      <c r="M172" t="inlineStr"/>
+      <c r="N172" t="inlineStr"/>
+      <c r="O172" t="inlineStr">
+        <is>
+          <t>AC</t>
+        </is>
+      </c>
+      <c r="P172" t="inlineStr">
+        <is>
+          <t>CCAI24LP1190T7</t>
+        </is>
+      </c>
+      <c r="Q172" t="inlineStr">
+        <is>
+          <t>R33057</t>
+        </is>
+      </c>
+      <c r="R172" t="n">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="173">
+      <c r="A173" t="n">
+        <v>199</v>
+      </c>
+      <c r="B173" t="inlineStr">
+        <is>
+          <t>電腦</t>
+        </is>
+      </c>
+      <c r="C173" t="inlineStr">
+        <is>
+          <t>E</t>
+        </is>
+      </c>
+      <c r="D173" t="inlineStr">
+        <is>
+          <t>Apple</t>
+        </is>
+      </c>
+      <c r="E173" t="inlineStr">
+        <is>
+          <t>AP</t>
+        </is>
+      </c>
+      <c r="F173" t="inlineStr">
+        <is>
+          <t>Mac mini（M4 Pro，2024 年）</t>
+        </is>
+      </c>
+      <c r="G173" t="inlineStr">
+        <is>
+          <t>MAMP4</t>
+        </is>
+      </c>
+      <c r="H173" t="inlineStr">
+        <is>
+          <t>型號關鍵字命名</t>
+        </is>
+      </c>
+      <c r="I173" t="inlineStr"/>
+      <c r="J173" t="inlineStr">
+        <is>
+          <t>EAPMAMP4</t>
+        </is>
+      </c>
+      <c r="K173" t="inlineStr">
+        <is>
+          <t>M4 Pro(12CPU,16GPU),24G,512G/M4 Pro(12CPU,16GPU),24G,1TB/M4 Pro(12CPU,16GPU),24G,2TB/M4 Pro(12CPU,16GPU),24G,4TB/M4 Pro(12CPU,16GPU),24G,8TB/M4 Pro(12CPU,16GPU),48G,512G/M4 Pro(12CPU,16GPU),48G,1TB/M4 Pro(12CPU,16GPU),48G,2TB/M4 Pro(12CPU,16GPU),48G,4TB/M4 Pro(12CPU,16GPU),48G,8TB/M4 Pro(12CPU,16GPU),64G,512G/M4 Pro(12CPU,16GPU),64G,1TB/M4 Pro(12CPU,16GPU),64G,2TB/M4 Pro(12CPU,16GPU),64G,4TB/M4 Pro(12CPU,16GPU),64G,8TB/M4 Pro(14CPU,20GPU),24G,512G/M4 Pro(14CPU,20GPU),24G,1TB/M4 Pro(14CPU,20GPU),24G,2TB/M4 Pro(14CPU,20GPU),24G,4TB/M4 Pro(14CPU,20GPU),24G,8TB/M4 Pro(14CPU,20GPU),48G,512G/M4 Pro(14CPU,20GPU),48G,1TB/M4 Pro(14CPU,20GPU),48G,2TB/M4 Pro(14CPU,20GPU),48G,4TB/M4 Pro(14CPU,20GPU),48G,8TB/M4 Pro(14CPU,20GPU),64G,512G/M4 Pro(14CPU,20GPU),64G,1TB/M4 Pro(14CPU,20GPU),64G,2TB/M4 Pro(14CPU,20GPU),64G,4TB/M4 Pro(14CPU,20GPU),64G,8TB</t>
+        </is>
+      </c>
+      <c r="L173" t="inlineStr">
+        <is>
+          <t>晶片,記憶體,容量</t>
+        </is>
+      </c>
+      <c r="M173" t="inlineStr"/>
+      <c r="N173" t="inlineStr"/>
+      <c r="O173" t="inlineStr">
+        <is>
+          <t>AC</t>
+        </is>
+      </c>
+      <c r="P173" t="inlineStr">
+        <is>
+          <t>CCAI24LP1200T0</t>
+        </is>
+      </c>
+      <c r="Q173" t="inlineStr">
+        <is>
+          <t>R33057</t>
+        </is>
+      </c>
+      <c r="R173" t="n">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="174">
+      <c r="A174" t="n">
+        <v>200</v>
+      </c>
+      <c r="B174" t="inlineStr">
+        <is>
+          <t>電腦</t>
+        </is>
+      </c>
+      <c r="C174" t="inlineStr">
+        <is>
+          <t>E</t>
+        </is>
+      </c>
+      <c r="D174" t="inlineStr">
+        <is>
+          <t>Apple</t>
+        </is>
+      </c>
+      <c r="E174" t="inlineStr">
+        <is>
+          <t>AP</t>
+        </is>
+      </c>
+      <c r="F174" t="inlineStr">
+        <is>
+          <t>Mac Studio（2022 年，M1 Max）</t>
+        </is>
+      </c>
+      <c r="G174" t="inlineStr">
+        <is>
+          <t>MSMM1</t>
+        </is>
+      </c>
+      <c r="H174" t="inlineStr">
+        <is>
+          <t>型號關鍵字命名</t>
+        </is>
+      </c>
+      <c r="I174" t="inlineStr"/>
+      <c r="J174" t="inlineStr">
+        <is>
+          <t>EAPMSMM1</t>
+        </is>
+      </c>
+      <c r="K174" t="inlineStr">
+        <is>
+          <t>M1 Max(10CPU,24GPU),32G,512G/M1 Max(10CPU,24GPU),32G,1TB/M1 Max(10CPU,24GPU),32G,2TB/M1 Max(10CPU,24GPU),32G,4TB/M1 Max(10CPU,24GPU),32G,8TB/M1 Max(10CPU,24GPU),64G,512G/M1 Max(10CPU,24GPU),64G,1TB/M1 Max(10CPU,24GPU),64G,2TB/M1 Max(10CPU,24GPU),64G,4TB/M1 Max(10CPU,24GPU),64G,8TB/M1 Max(10CPU,32GPU),32G,512G/M1 Max(10CPU,32GPU),32G,1TB/M1 Max(10CPU,32GPU),32G,2TB/M1 Max(10CPU,32GPU),32G,4TB/M1 Max(10CPU,32GPU),32G,8TB/M1 Max(10CPU,32GPU),64G,512G/M1 Max(10CPU,32GPU),64G,1TB/M1 Max(10CPU,32GPU),64G,2TB/M1 Max(10CPU,32GPU),64G,4TB/M1 Max(10CPU,32GPU),64G,8TB</t>
+        </is>
+      </c>
+      <c r="L174" t="inlineStr">
+        <is>
+          <t>晶片,記憶體,容量</t>
+        </is>
+      </c>
+      <c r="M174" t="inlineStr"/>
+      <c r="N174" t="inlineStr"/>
+      <c r="O174" t="inlineStr">
+        <is>
+          <t>AC</t>
+        </is>
+      </c>
+      <c r="P174" t="inlineStr">
+        <is>
+          <t>CCAI22LP0320T2</t>
+        </is>
+      </c>
+      <c r="Q174" t="inlineStr">
+        <is>
+          <t>R33057</t>
+        </is>
+      </c>
+      <c r="R174" t="n">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="175">
+      <c r="A175" t="n">
+        <v>201</v>
+      </c>
+      <c r="B175" t="inlineStr">
+        <is>
+          <t>電腦</t>
+        </is>
+      </c>
+      <c r="C175" t="inlineStr">
+        <is>
+          <t>E</t>
+        </is>
+      </c>
+      <c r="D175" t="inlineStr">
+        <is>
+          <t>Apple</t>
+        </is>
+      </c>
+      <c r="E175" t="inlineStr">
+        <is>
+          <t>AP</t>
+        </is>
+      </c>
+      <c r="F175" t="inlineStr">
+        <is>
+          <t>Mac Studio（2022 年，M1 Ultra）</t>
+        </is>
+      </c>
+      <c r="G175" t="inlineStr">
+        <is>
+          <t>MSMU1</t>
+        </is>
+      </c>
+      <c r="H175" t="inlineStr">
+        <is>
+          <t>型號關鍵字命名</t>
+        </is>
+      </c>
+      <c r="I175" t="inlineStr"/>
+      <c r="J175" t="inlineStr">
+        <is>
+          <t>EAPMSMU1</t>
+        </is>
+      </c>
+      <c r="K175" t="inlineStr">
+        <is>
+          <t>M1 Ultra(20CPU,48GPU),64GB,1TB/M1 Ultra(20CPU,48GPU),64GB,2TB/M1 Ultra(20CPU,48GPU),64GB,4TB/M1 Ultra(20CPU,48GPU),64GB,8TB/M1 Ultra(20CPU,48GPU),128GB,1TB/M1 Ultra(20CPU,48GPU),128GB,2TB/M1 Ultra(20CPU,48GPU),128GB,4TB/M1 Ultra(20CPU,48GPU),128GB,8TB/M1 Ultra(20CPU,64GPU),64GB,1TB/M1 Ultra(20CPU,64GPU),64GB,2TB/M1 Ultra(20CPU,64GPU),64GB,4TB/M1 Ultra(20CPU,64GPU),64GB,8TB/M1 Ultra(20CPU,64GPU),128GB,1TB/M1 Ultra(20CPU,64GPU),128GB,2TB/M1 Ultra(20CPU,64GPU),128GB,4TB/M1 Ultra(20CPU,64GPU),128GB,8TB</t>
+        </is>
+      </c>
+      <c r="L175" t="inlineStr">
+        <is>
+          <t>晶片,記憶體,容量</t>
+        </is>
+      </c>
+      <c r="M175" t="inlineStr"/>
+      <c r="N175" t="inlineStr"/>
+      <c r="O175" t="inlineStr">
+        <is>
+          <t>AC</t>
+        </is>
+      </c>
+      <c r="P175" t="inlineStr">
+        <is>
+          <t>CCAI22LP0320T2</t>
+        </is>
+      </c>
+      <c r="Q175" t="inlineStr">
+        <is>
+          <t>R33057</t>
+        </is>
+      </c>
+      <c r="R175" t="n">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="176">
+      <c r="A176" t="n">
+        <v>202</v>
+      </c>
+      <c r="B176" t="inlineStr">
+        <is>
+          <t>電腦</t>
+        </is>
+      </c>
+      <c r="C176" t="inlineStr">
+        <is>
+          <t>E</t>
+        </is>
+      </c>
+      <c r="D176" t="inlineStr">
+        <is>
+          <t>Apple</t>
+        </is>
+      </c>
+      <c r="E176" t="inlineStr">
+        <is>
+          <t>AP</t>
+        </is>
+      </c>
+      <c r="F176" t="inlineStr">
+        <is>
+          <t>Mac Studio（2023 年，M2 Max）</t>
+        </is>
+      </c>
+      <c r="G176" t="inlineStr">
+        <is>
+          <t>MSMM2</t>
+        </is>
+      </c>
+      <c r="H176" t="inlineStr">
+        <is>
+          <t>型號關鍵字命名</t>
+        </is>
+      </c>
+      <c r="I176" t="inlineStr"/>
+      <c r="J176" t="inlineStr">
+        <is>
+          <t>EAPMSMM2</t>
+        </is>
+      </c>
+      <c r="K176" t="inlineStr">
+        <is>
+          <t>M2 Max(12CPU,30GPU),32G,512G/M2 Max(12CPU,30GPU),32G,1TB/M2 Max(12CPU,30GPU),32G,2TB/M2 Max(12CPU,30GPU),32G,4TB/M2 Max(12CPU,30GPU),32G,8TB/M2 Max(12CPU,30GPU),64G,512G/M2 Max(12CPU,30GPU),64G,1TB/M2 Max(12CPU,30GPU),64G,2TB/M2 Max(12CPU,30GPU),64G,4TB/M2 Max(12CPU,30GPU),64G,8TB/M2 Max(12CPU,30GPU),96G,512G/M2 Max(12CPU,30GPU),96G,1TB/M2 Max(12CPU,30GPU),96G,2TB/M2 Max(12CPU,30GPU),96G,4TB/M2 Max(12CPU,30GPU),96G,8TB/M2 Max(12CPU,38GPU),32G,512G/M2 Max(12CPU,38GPU),32G,1TB/M2 Max(12CPU,38GPU),32G,2TB/M2 Max(12CPU,38GPU),32G,4TB/M2 Max(12CPU,38GPU),32G,8TB/M2 Max(12CPU,38GPU),64G,512G/M2 Max(12CPU,38GPU),64G,1TB/M2 Max(12CPU,38GPU),64G,2TB/M2 Max(12CPU,38GPU),64G,4TB/M2 Max(12CPU,38GPU),64G,8TB/M2 Max(12CPU,38GPU),96G,512G/M2 Max(12CPU,38GPU),96G,1TB/M2 Max(12CPU,38GPU),96G,2TB/M2 Max(12CPU,38GPU),96G,4TB/M2 Max(12CPU,38GPU),96G,8TB</t>
+        </is>
+      </c>
+      <c r="L176" t="inlineStr">
+        <is>
+          <t>晶片,記憶體,容量</t>
+        </is>
+      </c>
+      <c r="M176" t="inlineStr"/>
+      <c r="N176" t="inlineStr"/>
+      <c r="O176" t="inlineStr">
+        <is>
+          <t>AC</t>
+        </is>
+      </c>
+      <c r="P176" t="inlineStr">
+        <is>
+          <t>CCAI23LP0540T8</t>
+        </is>
+      </c>
+      <c r="Q176" t="inlineStr">
+        <is>
+          <t>R33057</t>
+        </is>
+      </c>
+      <c r="R176" t="n">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="177">
+      <c r="A177" t="n">
+        <v>203</v>
+      </c>
+      <c r="B177" t="inlineStr">
+        <is>
+          <t>電腦</t>
+        </is>
+      </c>
+      <c r="C177" t="inlineStr">
+        <is>
+          <t>E</t>
+        </is>
+      </c>
+      <c r="D177" t="inlineStr">
+        <is>
+          <t>Apple</t>
+        </is>
+      </c>
+      <c r="E177" t="inlineStr">
+        <is>
+          <t>AP</t>
+        </is>
+      </c>
+      <c r="F177" t="inlineStr">
+        <is>
+          <t>Mac Studio（2023 年，M2 Ultra）</t>
+        </is>
+      </c>
+      <c r="G177" t="inlineStr">
+        <is>
+          <t>MSMU2</t>
+        </is>
+      </c>
+      <c r="H177" t="inlineStr">
+        <is>
+          <t>型號關鍵字命名</t>
+        </is>
+      </c>
+      <c r="I177" t="inlineStr"/>
+      <c r="J177" t="inlineStr">
+        <is>
+          <t>EAPMSMU2</t>
+        </is>
+      </c>
+      <c r="K177" t="inlineStr">
+        <is>
+          <t>M2 Ultra(24CPU,60GPU),64G,1TB/M2 Ultra(24CPU,60GPU),64G,2TB/M2 Ultra(24CPU,60GPU),64G,4TB/M2 Ultra(24CPU,60GPU),64G,8TB/M2 Ultra(24CPU,60GPU),128G,1TB/M2 Ultra(24CPU,60GPU),128G,2TB/M2 Ultra(24CPU,60GPU),128G,4TB/M2 Ultra(24CPU,60GPU),128G,8TB/M2 Ultra(24CPU,60GPU),192G,1TB/M2 Ultra(24CPU,60GPU),192G,2TB/M2 Ultra(24CPU,60GPU),192G,4TB/M2 Ultra(24CPU,60GPU),192G,8TB/M2 Ultra(24CPU,76GPU),64G,1TB/M2 Ultra(24CPU,76GPU),64G,2TB/M2 Ultra(24CPU,76GPU),64G,4TB/M2 Ultra(24CPU,76GPU),64G,8TB/M2 Ultra(24CPU,76GPU),128G,1TB/M2 Ultra(24CPU,76GPU),128G,2TB/M2 Ultra(24CPU,76GPU),128G,4TB/M2 Ultra(24CPU,76GPU),128G,8TB/M2 Ultra(24CPU,76GPU),192G,1TB/M2 Ultra(24CPU,76GPU),192G,2TB/M2 Ultra(24CPU,76GPU),192G,4TB/M2 Ultra(24CPU,76GPU),192G,8TB</t>
+        </is>
+      </c>
+      <c r="L177" t="inlineStr">
+        <is>
+          <t>晶片,記憶體,容量</t>
+        </is>
+      </c>
+      <c r="M177" t="inlineStr"/>
+      <c r="N177" t="inlineStr"/>
+      <c r="O177" t="inlineStr">
+        <is>
+          <t>AC</t>
+        </is>
+      </c>
+      <c r="P177" t="inlineStr">
+        <is>
+          <t>CCAI23LP0540T8</t>
+        </is>
+      </c>
+      <c r="Q177" t="inlineStr">
+        <is>
+          <t>R33057</t>
+        </is>
+      </c>
+      <c r="R177" t="n">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="178">
+      <c r="A178" t="n">
+        <v>204</v>
+      </c>
+      <c r="B178" t="inlineStr">
+        <is>
+          <t>電腦</t>
+        </is>
+      </c>
+      <c r="C178" t="inlineStr">
+        <is>
+          <t>E</t>
+        </is>
+      </c>
+      <c r="D178" t="inlineStr">
+        <is>
+          <t>Apple</t>
+        </is>
+      </c>
+      <c r="E178" t="inlineStr">
+        <is>
+          <t>AP</t>
+        </is>
+      </c>
+      <c r="F178" t="inlineStr">
+        <is>
+          <t>Mac Studio（2025 年，M4 Max）</t>
+        </is>
+      </c>
+      <c r="G178" t="inlineStr">
+        <is>
+          <t>MSMM4</t>
+        </is>
+      </c>
+      <c r="H178" t="inlineStr">
+        <is>
+          <t>型號關鍵字命名</t>
+        </is>
+      </c>
+      <c r="I178" t="inlineStr"/>
+      <c r="J178" t="inlineStr">
+        <is>
+          <t>EAPMSMM4</t>
+        </is>
+      </c>
+      <c r="K178" t="inlineStr">
+        <is>
+          <t>M4 Max(14CPU,32GPU),36GB,512G/M4 Max(14CPU,32GPU),36GB,1TB/M4 Max(14CPU,32GPU),36GB,2TB/M4 Max(14CPU,32GPU),36GB,4TB/M4 Max(14CPU,32GPU),36GB,8TB/M4 Max(14CPU,32GPU),48GB,512G/M4 Max(14CPU,32GPU),48GB,1TB/M4 Max(14CPU,32GPU),48GB,2TB/M4 Max(14CPU,32GPU),48GB,4TB/M4 Max(14CPU,32GPU),48GB,8TB/M4 Max(14CPU,32GPU),64GB,512G/M4 Max(14CPU,32GPU),64GB,1TB/M4 Max(14CPU,32GPU),64GB,2TB/M4 Max(14CPU,32GPU),64GB,4TB/M4 Max(14CPU,32GPU),64GB,8TB/M4 Max(14CPU,32GPU),128GB,512G/M4 Max(14CPU,32GPU),128GB,1TB/M4 Max(14CPU,32GPU),128GB,2TB/M4 Max(14CPU,32GPU),128GB,4TB/M4 Max(14CPU,32GPU),128GB,8TB/M4 Max(16CPU,40GPU),36GB,512G/M4 Max(16CPU,40GPU),36GB,1TB/M4 Max(16CPU,40GPU),36GB,2TB/M4 Max(16CPU,40GPU),36GB,4TB/M4 Max(16CPU,40GPU),36GB,8TB/M4 Max(16CPU,40GPU),48GB,512G/M4 Max(16CPU,40GPU),48GB,1TB/M4 Max(16CPU,40GPU),48GB,2TB/M4 Max(16CPU,40GPU),48GB,4TB/M4 Max(16CPU,40GPU),48GB,8TB/M4 Max(16CPU,40GPU),64GB,512G/M4 Max(16CPU,40GPU),64GB,1TB/M4 Max(16CPU,40GPU),64GB,2TB/M4 Max(16CPU,40GPU),64GB,4TB/M4 Max(16CPU,40GPU),64GB,8TB/M4 Max(16CPU,40GPU),128GB,512G/M4 Max(16CPU,40GPU),128GB,1TB/M4 Max(16CPU,40GPU),128GB,2TB/M4 Max(16CPU,40GPU),128GB,4TB/M4 Max(16CPU,40GPU),128GB,8TB</t>
+        </is>
+      </c>
+      <c r="L178" t="inlineStr">
+        <is>
+          <t>晶片,記憶體,容量</t>
+        </is>
+      </c>
+      <c r="M178" t="inlineStr"/>
+      <c r="N178" t="inlineStr"/>
+      <c r="O178" t="inlineStr">
+        <is>
+          <t>AC</t>
+        </is>
+      </c>
+      <c r="P178" t="inlineStr">
+        <is>
+          <t>CCAI25LP0370T2</t>
+        </is>
+      </c>
+      <c r="Q178" t="inlineStr">
+        <is>
+          <t>R33057</t>
+        </is>
+      </c>
+      <c r="R178" t="n">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="179">
+      <c r="A179" t="n">
+        <v>205</v>
+      </c>
+      <c r="B179" t="inlineStr">
+        <is>
+          <t>電腦</t>
+        </is>
+      </c>
+      <c r="C179" t="inlineStr">
+        <is>
+          <t>E</t>
+        </is>
+      </c>
+      <c r="D179" t="inlineStr">
+        <is>
+          <t>Apple</t>
+        </is>
+      </c>
+      <c r="E179" t="inlineStr">
+        <is>
+          <t>AP</t>
+        </is>
+      </c>
+      <c r="F179" t="inlineStr">
+        <is>
+          <t>Mac Studio（2025 年，M3 Ultra）</t>
+        </is>
+      </c>
+      <c r="G179" t="inlineStr">
+        <is>
+          <t>MSMU3</t>
+        </is>
+      </c>
+      <c r="H179" t="inlineStr">
+        <is>
+          <t>型號關鍵字命名</t>
+        </is>
+      </c>
+      <c r="I179" t="inlineStr"/>
+      <c r="J179" t="inlineStr">
+        <is>
+          <t>EAPMSMU3</t>
+        </is>
+      </c>
+      <c r="K179" t="inlineStr">
+        <is>
+          <t>M3 Ultra(28CPU,60GPU),96G,1TB/M3 Ultra(28CPU,60GPU),96G,2TB/M3 Ultra(28CPU,60GPU),96G,4TB/M3 Ultra(28CPU,60GPU),96G,8TB/M3 Ultra(28CPU,60GPU),96G,16TB/M3 Ultra(28CPU,60GPU),256G,1TB/M3 Ultra(28CPU,60GPU),256G,2TB/M3 Ultra(28CPU,60GPU),256G,4TB/M3 Ultra(28CPU,60GPU),256G,8TB/M3 Ultra(28CPU,60GPU),256G,16TB/M3 Ultra(28CPU,60GPU),512G,1TB/M3 Ultra(28CPU,60GPU),512G,2TB/M3 Ultra(28CPU,60GPU),512G,4TB/M3 Ultra(28CPU,60GPU),512G,8TB/M3 Ultra(28CPU,60GPU),512G,16TB/M3 Ultra(32CPU,80GPU),96G,1TB/M3 Ultra(32CPU,80GPU),96G,2TB/M3 Ultra(32CPU,80GPU),96G,4TB/M3 Ultra(32CPU,80GPU),96G,8TB/M3 Ultra(32CPU,80GPU),96G,16TB/M3 Ultra(32CPU,80GPU),256G,1TB/M3 Ultra(32CPU,80GPU),256G,2TB/M3 Ultra(32CPU,80GPU),256G,4TB/M3 Ultra(32CPU,80GPU),256G,8TB/M3 Ultra(32CPU,80GPU),256G,16TB/M3 Ultra(32CPU,80GPU),512G,1TB/M3 Ultra(32CPU,80GPU),512G,2TB/M3 Ultra(32CPU,80GPU),512G,4TB/M3 Ultra(32CPU,80GPU),512G,8TB/M3 Ultra(32CPU,80GPU),512G,16TB</t>
+        </is>
+      </c>
+      <c r="L179" t="inlineStr">
+        <is>
+          <t>晶片,記憶體,容量</t>
+        </is>
+      </c>
+      <c r="M179" t="inlineStr"/>
+      <c r="N179" t="inlineStr"/>
+      <c r="O179" t="inlineStr">
+        <is>
+          <t>AC</t>
+        </is>
+      </c>
+      <c r="P179" t="inlineStr">
+        <is>
+          <t>CCAI25LP0350T6</t>
+        </is>
+      </c>
+      <c r="Q179" t="inlineStr">
+        <is>
+          <t>R33057</t>
+        </is>
+      </c>
+      <c r="R179" t="n">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="180">
+      <c r="A180" t="n">
+        <v>129</v>
+      </c>
+      <c r="B180" t="inlineStr">
+        <is>
+          <t>耳機</t>
+        </is>
+      </c>
+      <c r="C180" t="inlineStr">
+        <is>
+          <t>A</t>
+        </is>
+      </c>
+      <c r="D180" t="inlineStr">
+        <is>
+          <t>Apple</t>
+        </is>
+      </c>
+      <c r="E180" t="inlineStr">
+        <is>
+          <t>AP</t>
+        </is>
+      </c>
+      <c r="F180" t="inlineStr">
+        <is>
+          <t>AirPods(第 1 代)</t>
+        </is>
+      </c>
+      <c r="G180" t="inlineStr">
+        <is>
+          <t>AX1XX</t>
+        </is>
+      </c>
+      <c r="H180" t="inlineStr">
+        <is>
+          <t>型號關鍵字命名</t>
+        </is>
+      </c>
+      <c r="I180" t="inlineStr"/>
+      <c r="J180" t="inlineStr">
+        <is>
+          <t>AAPAX1XX</t>
+        </is>
+      </c>
+      <c r="K180" t="inlineStr">
+        <is>
+          <t>Lightning有線充電</t>
+        </is>
+      </c>
+      <c r="L180" t="inlineStr">
+        <is>
+          <t>充電盒</t>
+        </is>
+      </c>
+      <c r="M180" t="inlineStr"/>
+      <c r="N180" t="inlineStr"/>
+      <c r="O180" t="inlineStr">
+        <is>
+          <t>AC</t>
+        </is>
+      </c>
+      <c r="P180" t="inlineStr"/>
+      <c r="Q180" t="inlineStr">
+        <is>
+          <t>R33057</t>
+        </is>
+      </c>
+      <c r="R180" t="n">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="181">
+      <c r="A181" t="n">
+        <v>130</v>
+      </c>
+      <c r="B181" t="inlineStr">
+        <is>
+          <t>耳機</t>
+        </is>
+      </c>
+      <c r="C181" t="inlineStr">
+        <is>
+          <t>A</t>
+        </is>
+      </c>
+      <c r="D181" t="inlineStr">
+        <is>
+          <t>Apple</t>
+        </is>
+      </c>
+      <c r="E181" t="inlineStr">
+        <is>
+          <t>AP</t>
+        </is>
+      </c>
+      <c r="F181" t="inlineStr">
+        <is>
+          <t>AirPods(第 2 代)</t>
+        </is>
+      </c>
+      <c r="G181" t="inlineStr">
+        <is>
+          <t>AX2XX</t>
+        </is>
+      </c>
+      <c r="H181" t="inlineStr">
+        <is>
+          <t>型號關鍵字命名</t>
+        </is>
+      </c>
+      <c r="I181" t="inlineStr"/>
+      <c r="J181" t="inlineStr">
+        <is>
+          <t>AAPAX2XX</t>
+        </is>
+      </c>
+      <c r="K181" t="inlineStr">
+        <is>
+          <t>Lightning有線充電/Magsafe無線充電(Lightning款)</t>
+        </is>
+      </c>
+      <c r="L181" t="inlineStr">
+        <is>
+          <t>充電盒</t>
+        </is>
+      </c>
+      <c r="M181" t="inlineStr"/>
+      <c r="N181" t="inlineStr"/>
+      <c r="O181" t="inlineStr">
+        <is>
+          <t>AC</t>
+        </is>
+      </c>
+      <c r="P181" t="inlineStr"/>
+      <c r="Q181" t="inlineStr">
+        <is>
+          <t>R33057</t>
+        </is>
+      </c>
+      <c r="R181" t="n">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="182">
+      <c r="A182" t="n">
+        <v>131</v>
+      </c>
+      <c r="B182" t="inlineStr">
+        <is>
+          <t>耳機</t>
+        </is>
+      </c>
+      <c r="C182" t="inlineStr">
+        <is>
+          <t>A</t>
+        </is>
+      </c>
+      <c r="D182" t="inlineStr">
+        <is>
+          <t>Apple</t>
+        </is>
+      </c>
+      <c r="E182" t="inlineStr">
+        <is>
+          <t>AP</t>
+        </is>
+      </c>
+      <c r="F182" t="inlineStr">
+        <is>
+          <t>AirPods(第 3 代)</t>
+        </is>
+      </c>
+      <c r="G182" t="inlineStr">
+        <is>
+          <t>AX3XX</t>
+        </is>
+      </c>
+      <c r="H182" t="inlineStr">
+        <is>
+          <t>型號關鍵字命名</t>
+        </is>
+      </c>
+      <c r="I182" t="inlineStr"/>
+      <c r="J182" t="inlineStr">
+        <is>
           <t>AAPAX3XX</t>
         </is>
       </c>
-      <c r="K163" t="inlineStr">
+      <c r="K182" t="inlineStr">
         <is>
           <t>Lightning有線充電/Magsafe無線充電(Lightning款)</t>
         </is>
       </c>
-      <c r="L163" t="inlineStr">
+      <c r="L182" t="inlineStr">
         <is>
           <t>充電盒</t>
         </is>
       </c>
-      <c r="M163" t="inlineStr"/>
-[...1 lines deleted...]
-      <c r="O163" t="inlineStr">
+      <c r="M182" t="inlineStr"/>
+      <c r="N182" t="inlineStr"/>
+      <c r="O182" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
-      <c r="P163" t="inlineStr">
+      <c r="P182" t="inlineStr">
         <is>
           <t>CCAI21LP1690E1
 CCAI21LP1700E4
 CCAI21LP1670T0</t>
         </is>
       </c>
-      <c r="Q163" t="inlineStr">
+      <c r="Q182" t="inlineStr">
         <is>
           <t>R33057</t>
         </is>
       </c>
-      <c r="R163" t="n">
-[...4 lines deleted...]
-      <c r="A164" t="n">
+      <c r="R182" t="n">
         <v>181</v>
       </c>
-      <c r="B164" t="inlineStr">
+    </row>
+    <row r="183">
+      <c r="A183" t="n">
+        <v>181</v>
+      </c>
+      <c r="B183" t="inlineStr">
         <is>
           <t>耳機</t>
         </is>
       </c>
-      <c r="C164" t="inlineStr">
+      <c r="C183" t="inlineStr">
         <is>
           <t>A</t>
         </is>
       </c>
-      <c r="D164" t="inlineStr">
+      <c r="D183" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
-      <c r="E164" t="inlineStr">
+      <c r="E183" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
-      <c r="F164" t="inlineStr">
+      <c r="F183" t="inlineStr">
         <is>
           <t>AirPods 4</t>
         </is>
       </c>
-      <c r="G164" t="inlineStr">
+      <c r="G183" t="inlineStr">
         <is>
           <t>AX4XX</t>
         </is>
       </c>
-      <c r="H164" t="inlineStr">
+      <c r="H183" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
-      <c r="I164" t="inlineStr"/>
-      <c r="J164" t="inlineStr">
+      <c r="I183" t="inlineStr"/>
+      <c r="J183" t="inlineStr">
         <is>
           <t>AAPAX4XX</t>
         </is>
       </c>
-      <c r="K164" t="inlineStr">
+      <c r="K183" t="inlineStr">
         <is>
           <t>Type-C有線充電/Magsafe無線充電(Type-C款)</t>
         </is>
       </c>
-      <c r="L164" t="inlineStr">
+      <c r="L183" t="inlineStr">
         <is>
           <t>充電盒</t>
         </is>
       </c>
-      <c r="M164" t="inlineStr">
+      <c r="M183" t="inlineStr">
         <is>
           <t>一般款/主動降造款</t>
         </is>
       </c>
-      <c r="N164" t="inlineStr">
+      <c r="N183" t="inlineStr">
         <is>
           <t>款式</t>
         </is>
       </c>
-      <c r="O164" t="inlineStr">
+      <c r="O183" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
-      <c r="P164" t="inlineStr">
+      <c r="P183" t="inlineStr">
         <is>
           <t>一般款：
 CCAI24LP0990T8
 CCAI24LP099AT0
 主動式降噪款：
 CCAI24LP099BT2
 CCAI24LP099CT1
 CCAI24LP0980T5</t>
         </is>
       </c>
-      <c r="Q164" t="inlineStr">
+      <c r="Q183" t="inlineStr">
         <is>
           <t>R33057</t>
         </is>
       </c>
-      <c r="R164" t="n">
-[...4 lines deleted...]
-      <c r="A165" t="n">
+      <c r="R183" t="n">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="184">
+      <c r="A184" t="n">
         <v>132</v>
       </c>
-      <c r="B165" t="inlineStr">
+      <c r="B184" t="inlineStr">
         <is>
           <t>耳機</t>
         </is>
       </c>
-      <c r="C165" t="inlineStr">
+      <c r="C184" t="inlineStr">
         <is>
           <t>A</t>
         </is>
       </c>
-      <c r="D165" t="inlineStr">
+      <c r="D184" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
-      <c r="E165" t="inlineStr">
+      <c r="E184" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
-      <c r="F165" t="inlineStr">
+      <c r="F184" t="inlineStr">
         <is>
           <t>AirPods Pro(第 1 代)</t>
         </is>
       </c>
-      <c r="G165" t="inlineStr">
+      <c r="G184" t="inlineStr">
         <is>
           <t>AP1XX</t>
         </is>
       </c>
-      <c r="H165" t="inlineStr">
+      <c r="H184" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
-      <c r="I165" t="inlineStr"/>
-      <c r="J165" t="inlineStr">
+      <c r="I184" t="inlineStr"/>
+      <c r="J184" t="inlineStr">
         <is>
           <t>AAPAP1XX</t>
         </is>
       </c>
-      <c r="K165" t="inlineStr">
+      <c r="K184" t="inlineStr">
         <is>
           <t>Magsafe無線充電(Lightning款)</t>
         </is>
       </c>
-      <c r="L165" t="inlineStr">
+      <c r="L184" t="inlineStr">
         <is>
           <t>充電盒</t>
         </is>
       </c>
-      <c r="M165" t="inlineStr"/>
-[...1 lines deleted...]
-      <c r="O165" t="inlineStr">
+      <c r="M184" t="inlineStr"/>
+      <c r="N184" t="inlineStr"/>
+      <c r="O184" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
-      <c r="P165" t="inlineStr"/>
-      <c r="Q165" t="inlineStr">
+      <c r="P184" t="inlineStr"/>
+      <c r="Q184" t="inlineStr">
         <is>
           <t>R33057</t>
         </is>
       </c>
-      <c r="R165" t="n">
-[...4 lines deleted...]
-      <c r="A166" t="n">
+      <c r="R184" t="n">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="185">
+      <c r="A185" t="n">
         <v>133</v>
       </c>
-      <c r="B166" t="inlineStr">
+      <c r="B185" t="inlineStr">
         <is>
           <t>耳機</t>
         </is>
       </c>
-      <c r="C166" t="inlineStr">
+      <c r="C185" t="inlineStr">
         <is>
           <t>A</t>
         </is>
       </c>
-      <c r="D166" t="inlineStr">
+      <c r="D185" t="inlineStr">
         <is>
           <t>Apple</t>
         </is>
       </c>
-      <c r="E166" t="inlineStr">
+      <c r="E185" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
-      <c r="F166" t="inlineStr">
+      <c r="F185" t="inlineStr">
         <is>
           <t>AirPods Pro(第 2 代)</t>
         </is>
       </c>
-      <c r="G166" t="inlineStr">
+      <c r="G185" t="inlineStr">
         <is>
           <t>AP2XX</t>
         </is>
       </c>
-      <c r="H166" t="inlineStr">
+      <c r="H185" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
-      <c r="I166" t="inlineStr"/>
-      <c r="J166" t="inlineStr">
+      <c r="I185" t="inlineStr"/>
+      <c r="J185" t="inlineStr">
         <is>
           <t>AAPAP2XX</t>
         </is>
       </c>
-      <c r="K166" t="inlineStr">
+      <c r="K185" t="inlineStr">
         <is>
           <t>Magsafe無線充電(Lightning款)/Magsafe無線充電(Type-C款)</t>
         </is>
       </c>
-      <c r="L166" t="inlineStr">
+      <c r="L185" t="inlineStr">
         <is>
           <t>充電盒</t>
         </is>
       </c>
-      <c r="M166" t="inlineStr"/>
-[...1 lines deleted...]
-      <c r="O166" t="inlineStr">
+      <c r="M185" t="inlineStr"/>
+      <c r="N185" t="inlineStr"/>
+      <c r="O185" t="inlineStr">
         <is>
           <t>AC</t>
         </is>
       </c>
-      <c r="P166" t="inlineStr">
+      <c r="P185" t="inlineStr">
         <is>
           <t>CCAI23LP0820T1
 CCAI23LP0830T4
 CCAI23LP0840T7</t>
         </is>
       </c>
-      <c r="Q166" t="inlineStr">
+      <c r="Q185" t="inlineStr">
         <is>
           <t>R33057</t>
         </is>
       </c>
-      <c r="R166" t="n">
-[...1235 lines deleted...]
-      <c r="R184" t="n">
+      <c r="R185" t="n">
         <v>184</v>
-      </c>
-[...66 lines deleted...]
-        <v>185</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" t="n">
-        <v>143</v>
+        <v>134</v>
       </c>
       <c r="B186" t="inlineStr">
         <is>
-          <t>觸控筆</t>
+          <t>耳機</t>
         </is>
       </c>
       <c r="C186" t="inlineStr">
         <is>
-          <t>P</t>
+          <t>A</t>
         </is>
       </c>
       <c r="D186" t="inlineStr">
         <is>
-          <t>NovaPlus</t>
+          <t>Apple</t>
         </is>
       </c>
       <c r="E186" t="inlineStr">
         <is>
-          <t>NP</t>
+          <t>AP</t>
         </is>
       </c>
       <c r="F186" t="inlineStr">
         <is>
-          <t>A7 pro</t>
+          <t>AirPods Max</t>
         </is>
       </c>
       <c r="G186" t="inlineStr">
         <is>
-          <t>PA7PX</t>
-[...2 lines deleted...]
-      <c r="H186" t="inlineStr"/>
+          <t>AM1XX</t>
+        </is>
+      </c>
+      <c r="H186" t="inlineStr">
+        <is>
+          <t>型號關鍵字命名</t>
+        </is>
+      </c>
       <c r="I186" t="inlineStr"/>
       <c r="J186" t="inlineStr">
         <is>
-          <t>PNPPA7PX</t>
+          <t>AAPAM1XX</t>
         </is>
       </c>
       <c r="K186" t="inlineStr"/>
       <c r="L186" t="inlineStr"/>
       <c r="M186" t="inlineStr">
         <is>
-          <t>黑色/白色</t>
+          <t>銀色/太空灰色/天藍色/粉紅色/綠色</t>
         </is>
       </c>
       <c r="N186" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O186" t="inlineStr">
         <is>
-          <t>NR</t>
+          <t>AC</t>
         </is>
       </c>
       <c r="P186" t="inlineStr">
         <is>
-          <t>CCAH22LP4820T3</t>
-[...2 lines deleted...]
-      <c r="Q186" t="inlineStr"/>
+          <t>CCAI20LP2780E2</t>
+        </is>
+      </c>
+      <c r="Q186" t="inlineStr">
+        <is>
+          <t>R33057</t>
+        </is>
+      </c>
       <c r="R186" t="n">
-        <v>186</v>
+        <v>185</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" t="n">
-        <v>144</v>
+        <v>182</v>
       </c>
       <c r="B187" t="inlineStr">
         <is>
-          <t>觸控筆</t>
+          <t>耳機</t>
         </is>
       </c>
       <c r="C187" t="inlineStr">
         <is>
-          <t>P</t>
+          <t>A</t>
         </is>
       </c>
       <c r="D187" t="inlineStr">
         <is>
-          <t>NovaPlus</t>
+          <t>Apple</t>
         </is>
       </c>
       <c r="E187" t="inlineStr">
         <is>
-          <t>NP</t>
+          <t>AP</t>
         </is>
       </c>
       <c r="F187" t="inlineStr">
         <is>
-          <t>A6</t>
+          <t>採用 USB-C 充電的 AirPods Max</t>
         </is>
       </c>
       <c r="G187" t="inlineStr">
         <is>
-          <t>PA6XX</t>
-[...2 lines deleted...]
-      <c r="H187" t="inlineStr"/>
+          <t>AM101</t>
+        </is>
+      </c>
+      <c r="H187" t="inlineStr">
+        <is>
+          <t>型號關鍵字命名</t>
+        </is>
+      </c>
       <c r="I187" t="inlineStr"/>
       <c r="J187" t="inlineStr">
         <is>
-          <t>PNPPA6XX</t>
+          <t>AAPAM101</t>
         </is>
       </c>
       <c r="K187" t="inlineStr"/>
       <c r="L187" t="inlineStr"/>
       <c r="M187" t="inlineStr">
         <is>
-          <t>黑色/白色</t>
+          <t>午夜色/星光色/藍色/紫色/橙色</t>
         </is>
       </c>
       <c r="N187" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O187" t="inlineStr">
         <is>
-          <t>NR</t>
-[...3 lines deleted...]
-      <c r="Q187" t="inlineStr"/>
+          <t>AC</t>
+        </is>
+      </c>
+      <c r="P187" t="inlineStr">
+        <is>
+          <t>CCAI24LP0840E0</t>
+        </is>
+      </c>
+      <c r="Q187" t="inlineStr">
+        <is>
+          <t>R33057</t>
+        </is>
+      </c>
       <c r="R187" t="n">
-        <v>187</v>
+        <v>186</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" t="n">
-        <v>145</v>
+        <v>135</v>
       </c>
       <c r="B188" t="inlineStr">
         <is>
-          <t>觸控筆</t>
+          <t>鍵盤</t>
         </is>
       </c>
       <c r="C188" t="inlineStr">
         <is>
-          <t>P</t>
+          <t>K</t>
         </is>
       </c>
       <c r="D188" t="inlineStr">
         <is>
-          <t>NovaPlus</t>
+          <t>Apple</t>
         </is>
       </c>
       <c r="E188" t="inlineStr">
         <is>
-          <t>NP</t>
+          <t>AP</t>
         </is>
       </c>
       <c r="F188" t="inlineStr">
         <is>
-          <t>A5</t>
+          <t>聰穎鍵盤(iPad)</t>
         </is>
       </c>
       <c r="G188" t="inlineStr">
         <is>
-          <t>PA5XX</t>
-[...2 lines deleted...]
-      <c r="H188" t="inlineStr"/>
+          <t>SK101</t>
+        </is>
+      </c>
+      <c r="H188" t="inlineStr">
+        <is>
+          <t>型號關鍵字命名</t>
+        </is>
+      </c>
       <c r="I188" t="inlineStr"/>
       <c r="J188" t="inlineStr">
         <is>
-          <t>PNPPA5XX</t>
-[...13 lines deleted...]
-      </c>
+          <t>KAPSK101</t>
+        </is>
+      </c>
+      <c r="K188" t="inlineStr">
+        <is>
+          <t>10.2"&amp;10.5"/10.9"&amp;11" (單鏡頭)/11" (雙鏡頭)/12.9" (單鏡頭)/12.9" (雙鏡頭)/13" (單鏡頭)/13" (雙鏡頭)</t>
+        </is>
+      </c>
+      <c r="L188" t="inlineStr">
+        <is>
+          <t>款式</t>
+        </is>
+      </c>
+      <c r="M188" t="inlineStr"/>
+      <c r="N188" t="inlineStr"/>
       <c r="O188" t="inlineStr">
         <is>
-          <t>NR</t>
+          <t>AC</t>
         </is>
       </c>
       <c r="P188" t="inlineStr"/>
       <c r="Q188" t="inlineStr"/>
       <c r="R188" t="n">
-        <v>188</v>
+        <v>187</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" t="n">
-        <v>146</v>
+        <v>179</v>
       </c>
       <c r="B189" t="inlineStr">
         <is>
-          <t>觸控筆</t>
+          <t>鍵盤</t>
         </is>
       </c>
       <c r="C189" t="inlineStr">
         <is>
-          <t>P</t>
+          <t>K</t>
         </is>
       </c>
       <c r="D189" t="inlineStr">
         <is>
-          <t>NovaPlus</t>
+          <t>Apple</t>
         </is>
       </c>
       <c r="E189" t="inlineStr">
         <is>
-          <t>NP</t>
+          <t>AP</t>
         </is>
       </c>
       <c r="F189" t="inlineStr">
         <is>
-          <t>A5筆頭</t>
+          <t>巧控鍵盤(iPad)</t>
         </is>
       </c>
       <c r="G189" t="inlineStr">
         <is>
-          <t>HA5XX</t>
-[...2 lines deleted...]
-      <c r="H189" t="inlineStr"/>
+          <t>MK101</t>
+        </is>
+      </c>
+      <c r="H189" t="inlineStr">
+        <is>
+          <t>型號關鍵字命名</t>
+        </is>
+      </c>
       <c r="I189" t="inlineStr"/>
       <c r="J189" t="inlineStr">
         <is>
-          <t>PNPHA5XX</t>
+          <t>KAPMK101</t>
         </is>
       </c>
       <c r="K189" t="inlineStr">
         <is>
-          <t>一入/四入</t>
+          <t>10.2"&amp;10.5"/10.9"&amp;11" (單鏡頭)/11" (雙鏡頭)/12.9" (單鏡頭)/12.9" (雙鏡頭)/13" (單鏡頭)/13" (雙鏡頭)</t>
         </is>
       </c>
       <c r="L189" t="inlineStr">
         <is>
-          <t>單位組數</t>
-[...11 lines deleted...]
-      </c>
+          <t>款式</t>
+        </is>
+      </c>
+      <c r="M189" t="inlineStr"/>
+      <c r="N189" t="inlineStr"/>
       <c r="O189" t="inlineStr">
         <is>
-          <t>NR</t>
+          <t>AC</t>
         </is>
       </c>
       <c r="P189" t="inlineStr"/>
       <c r="Q189" t="inlineStr"/>
       <c r="R189" t="n">
-        <v>189</v>
+        <v>188</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" t="n">
-        <v>147</v>
+        <v>180</v>
       </c>
       <c r="B190" t="inlineStr">
         <is>
-          <t>觸控筆</t>
+          <t>鍵盤</t>
         </is>
       </c>
       <c r="C190" t="inlineStr">
         <is>
-          <t>P</t>
+          <t>K</t>
         </is>
       </c>
       <c r="D190" t="inlineStr">
         <is>
-          <t>NovaPlus</t>
+          <t>Apple</t>
         </is>
       </c>
       <c r="E190" t="inlineStr">
         <is>
-          <t>NP</t>
+          <t>AP</t>
         </is>
       </c>
       <c r="F190" t="inlineStr">
         <is>
-          <t>【NovaPlus】Apple Pencil 2代筆套：多色附筆帽/適用NovaPlus Pencil筆尖套/握筆套</t>
+          <t>巧控鍵盤雙面夾(iPad)</t>
         </is>
       </c>
       <c r="G190" t="inlineStr">
         <is>
-          <t>CA5XX</t>
-[...2 lines deleted...]
-      <c r="H190" t="inlineStr"/>
+          <t>MKD01</t>
+        </is>
+      </c>
+      <c r="H190" t="inlineStr">
+        <is>
+          <t>型號關鍵字命名</t>
+        </is>
+      </c>
       <c r="I190" t="inlineStr"/>
       <c r="J190" t="inlineStr">
         <is>
-          <t>PNPCA5XX</t>
-[...13 lines deleted...]
-      </c>
+          <t>KAPMKD01</t>
+        </is>
+      </c>
+      <c r="K190" t="inlineStr">
+        <is>
+          <t>10.2"&amp;10.5"/10.9"&amp;11" (單鏡頭)/11" (雙鏡頭)/12.9" (單鏡頭)/12.9" (雙鏡頭)/13" (單鏡頭)/13" (雙鏡頭)</t>
+        </is>
+      </c>
+      <c r="L190" t="inlineStr">
+        <is>
+          <t>款式</t>
+        </is>
+      </c>
+      <c r="M190" t="inlineStr"/>
+      <c r="N190" t="inlineStr"/>
       <c r="O190" t="inlineStr">
         <is>
-          <t>ON</t>
+          <t>AC</t>
         </is>
       </c>
       <c r="P190" t="inlineStr"/>
       <c r="Q190" t="inlineStr"/>
       <c r="R190" t="n">
-        <v>190</v>
+        <v>189</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" t="n">
-        <v>148</v>
+        <v>193</v>
       </c>
       <c r="B191" t="inlineStr">
         <is>
-          <t>支架</t>
+          <t>鍵盤</t>
         </is>
       </c>
       <c r="C191" t="inlineStr">
         <is>
-          <t>S</t>
+          <t>K</t>
         </is>
       </c>
       <c r="D191" t="inlineStr">
         <is>
-          <t>NovaPlus</t>
+          <t>Apple</t>
         </is>
       </c>
       <c r="E191" t="inlineStr">
         <is>
-          <t>NP</t>
+          <t>AP</t>
         </is>
       </c>
       <c r="F191" t="inlineStr">
         <is>
-          <t>八合一平板手機支架</t>
+          <t>巧控鍵盤(電腦)</t>
         </is>
       </c>
       <c r="G191" t="inlineStr">
         <is>
-          <t>HS5XX</t>
+          <t>MK01X</t>
         </is>
       </c>
       <c r="H191" t="inlineStr">
         <is>
-          <t>官方商品編號+XX</t>
+          <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I191" t="inlineStr"/>
       <c r="J191" t="inlineStr">
         <is>
-          <t>SNPHS5XX</t>
+          <t>KAPMK01X</t>
         </is>
       </c>
       <c r="K191" t="inlineStr"/>
       <c r="L191" t="inlineStr"/>
       <c r="M191" t="inlineStr"/>
       <c r="N191" t="inlineStr"/>
       <c r="O191" t="inlineStr">
         <is>
-          <t>ON</t>
-[...2 lines deleted...]
-      <c r="P191" t="inlineStr"/>
+          <t>AC</t>
+        </is>
+      </c>
+      <c r="P191" t="inlineStr">
+        <is>
+          <t>CCA117LP0830T1</t>
+        </is>
+      </c>
       <c r="Q191" t="inlineStr"/>
       <c r="R191" t="n">
-        <v>191</v>
+        <v>190</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" t="n">
-        <v>149</v>
+        <v>194</v>
       </c>
       <c r="B192" t="inlineStr">
         <is>
-          <t>支架</t>
+          <t>鍵盤</t>
         </is>
       </c>
       <c r="C192" t="inlineStr">
         <is>
-          <t>S</t>
+          <t>K</t>
         </is>
       </c>
       <c r="D192" t="inlineStr">
         <is>
-          <t>NovaPlus</t>
+          <t>Apple</t>
         </is>
       </c>
       <c r="E192" t="inlineStr">
         <is>
-          <t>NP</t>
+          <t>AP</t>
         </is>
       </c>
       <c r="F192" t="inlineStr">
         <is>
-          <t>【NovaPlus】C1 MagSafe二合一雙15W超薄快充磁吸支架：iPhone / Android手機充電/Qi無線充電/雙機充電/移動電源</t>
+          <t>巧控鍵盤(電腦USB-C)</t>
         </is>
       </c>
       <c r="G192" t="inlineStr">
         <is>
-          <t>CM15Q</t>
-[...2 lines deleted...]
-      <c r="H192" t="inlineStr"/>
+          <t>MK01C</t>
+        </is>
+      </c>
+      <c r="H192" t="inlineStr">
+        <is>
+          <t>型號關鍵字命名</t>
+        </is>
+      </c>
       <c r="I192" t="inlineStr"/>
       <c r="J192" t="inlineStr">
         <is>
-          <t>SNPCM15Q</t>
-[...3 lines deleted...]
-      <c r="L192" t="inlineStr"/>
+          <t>KAPMK01C</t>
+        </is>
+      </c>
+      <c r="K192" t="inlineStr">
+        <is>
+          <t>一般款/搭配APPLE晶片版</t>
+        </is>
+      </c>
+      <c r="L192" t="inlineStr">
+        <is>
+          <t>款式</t>
+        </is>
+      </c>
       <c r="M192" t="inlineStr"/>
       <c r="N192" t="inlineStr"/>
       <c r="O192" t="inlineStr">
         <is>
-          <t>ON</t>
+          <t>AC</t>
         </is>
       </c>
       <c r="P192" t="inlineStr">
         <is>
-          <t>CCAH23LP4780T2</t>
-[...6 lines deleted...]
-      </c>
+          <t>CCAI21LP0540E3</t>
+        </is>
+      </c>
+      <c r="Q192" t="inlineStr"/>
       <c r="R192" t="n">
-        <v>192</v>
+        <v>191</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" t="n">
-        <v>150</v>
+        <v>189</v>
       </c>
       <c r="B193" t="inlineStr">
         <is>
-          <t>支架</t>
+          <t>滑鼠</t>
         </is>
       </c>
       <c r="C193" t="inlineStr">
         <is>
-          <t>S</t>
+          <t>M</t>
         </is>
       </c>
       <c r="D193" t="inlineStr">
         <is>
-          <t>NovaPlus</t>
+          <t>Apple</t>
         </is>
       </c>
       <c r="E193" t="inlineStr">
         <is>
-          <t>NP</t>
+          <t>AP</t>
         </is>
       </c>
       <c r="F193" t="inlineStr">
         <is>
-          <t>【神繪師】日本原裝iPad磁吸可拆卸式類紙膜：紙質書寫筆記，插畫繪圖最愛！適用iPad 10及各機型</t>
+          <t>Trackpad</t>
         </is>
       </c>
       <c r="G193" t="inlineStr">
         <is>
-          <t>PLF1X</t>
-[...2 lines deleted...]
-      <c r="H193" t="inlineStr"/>
+          <t>TP01X</t>
+        </is>
+      </c>
+      <c r="H193" t="inlineStr">
+        <is>
+          <t>型號關鍵字命名</t>
+        </is>
+      </c>
       <c r="I193" t="inlineStr"/>
       <c r="J193" t="inlineStr">
         <is>
-          <t>SNPPLF1X</t>
+          <t>MAPTP01X</t>
         </is>
       </c>
       <c r="K193" t="inlineStr"/>
       <c r="L193" t="inlineStr"/>
-      <c r="M193" t="inlineStr"/>
-      <c r="N193" t="inlineStr"/>
+      <c r="M193" t="inlineStr">
+        <is>
+          <t>黑色/白色</t>
+        </is>
+      </c>
+      <c r="N193" t="inlineStr">
+        <is>
+          <t>顏色</t>
+        </is>
+      </c>
       <c r="O193" t="inlineStr">
         <is>
-          <t>ON</t>
-[...3 lines deleted...]
-      <c r="Q193" t="inlineStr"/>
+          <t>AC</t>
+        </is>
+      </c>
+      <c r="P193" t="inlineStr">
+        <is>
+          <t>CCAI15LP2020T2</t>
+        </is>
+      </c>
+      <c r="Q193" t="inlineStr">
+        <is>
+          <t>R33057</t>
+        </is>
+      </c>
       <c r="R193" t="n">
-        <v>193</v>
+        <v>192</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" t="n">
-        <v>151</v>
+        <v>190</v>
       </c>
       <c r="B194" t="inlineStr">
         <is>
-          <t>支架</t>
+          <t>滑鼠</t>
         </is>
       </c>
       <c r="C194" t="inlineStr">
         <is>
-          <t>S</t>
+          <t>M</t>
         </is>
       </c>
       <c r="D194" t="inlineStr">
         <is>
-          <t>NovaPlus</t>
+          <t>Apple</t>
         </is>
       </c>
       <c r="E194" t="inlineStr">
         <is>
-          <t>NP</t>
+          <t>AP</t>
         </is>
       </c>
       <c r="F194" t="inlineStr">
         <is>
-          <t>【ZURVA】超輕薄iPad 兩段式肯特紙類紙膜</t>
+          <t>Trackpad (USB‑C)</t>
         </is>
       </c>
       <c r="G194" t="inlineStr">
         <is>
-          <t>PLF2X</t>
-[...2 lines deleted...]
-      <c r="H194" t="inlineStr"/>
+          <t>TP01C</t>
+        </is>
+      </c>
+      <c r="H194" t="inlineStr">
+        <is>
+          <t>型號關鍵字命名</t>
+        </is>
+      </c>
       <c r="I194" t="inlineStr"/>
       <c r="J194" t="inlineStr">
         <is>
-          <t>SNPPLF2X</t>
+          <t>MAPTP01C</t>
         </is>
       </c>
       <c r="K194" t="inlineStr"/>
       <c r="L194" t="inlineStr"/>
-      <c r="M194" t="inlineStr"/>
-      <c r="N194" t="inlineStr"/>
+      <c r="M194" t="inlineStr">
+        <is>
+          <t>黑色/白色</t>
+        </is>
+      </c>
+      <c r="N194" t="inlineStr">
+        <is>
+          <t>顏色</t>
+        </is>
+      </c>
       <c r="O194" t="inlineStr">
         <is>
-          <t>ON</t>
-[...3 lines deleted...]
-      <c r="Q194" t="inlineStr"/>
+          <t>AC</t>
+        </is>
+      </c>
+      <c r="P194" t="inlineStr">
+        <is>
+          <t>CCAI24LP1120T2</t>
+        </is>
+      </c>
+      <c r="Q194" t="inlineStr">
+        <is>
+          <t>R33057</t>
+        </is>
+      </c>
       <c r="R194" t="n">
-        <v>194</v>
+        <v>193</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" t="n">
-        <v>152</v>
+        <v>191</v>
       </c>
       <c r="B195" t="inlineStr">
         <is>
-          <t>支架</t>
+          <t>滑鼠</t>
         </is>
       </c>
       <c r="C195" t="inlineStr">
         <is>
-          <t>S</t>
+          <t>M</t>
         </is>
       </c>
       <c r="D195" t="inlineStr">
         <is>
-          <t>NovaPlus</t>
+          <t>Apple</t>
         </is>
       </c>
       <c r="E195" t="inlineStr">
         <is>
-          <t>NP</t>
+          <t>AP</t>
         </is>
       </c>
       <c r="F195" t="inlineStr">
         <is>
-          <t>【NovaPlus】Apple Pencil 充電倉座充版：磁吸充電+插線充電+收納功能</t>
+          <t>巧控滑鼠</t>
         </is>
       </c>
       <c r="G195" t="inlineStr">
         <is>
-          <t>APCB1</t>
-[...2 lines deleted...]
-      <c r="H195" t="inlineStr"/>
+          <t>MM01X</t>
+        </is>
+      </c>
+      <c r="H195" t="inlineStr">
+        <is>
+          <t>型號關鍵字命名</t>
+        </is>
+      </c>
       <c r="I195" t="inlineStr"/>
       <c r="J195" t="inlineStr">
         <is>
-          <t>SNPAPCB1</t>
+          <t>MAPMM01X</t>
         </is>
       </c>
       <c r="K195" t="inlineStr"/>
       <c r="L195" t="inlineStr"/>
-      <c r="M195" t="inlineStr"/>
-      <c r="N195" t="inlineStr"/>
+      <c r="M195" t="inlineStr">
+        <is>
+          <t>黑色/白色</t>
+        </is>
+      </c>
+      <c r="N195" t="inlineStr">
+        <is>
+          <t>顏色</t>
+        </is>
+      </c>
       <c r="O195" t="inlineStr">
         <is>
-          <t>ON</t>
-[...11 lines deleted...]
-      </c>
+          <t>AC</t>
+        </is>
+      </c>
+      <c r="P195" t="inlineStr"/>
+      <c r="Q195" t="inlineStr"/>
       <c r="R195" t="n">
-        <v>195</v>
+        <v>194</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" t="n">
-        <v>153</v>
+        <v>192</v>
       </c>
       <c r="B196" t="inlineStr">
         <is>
-          <t>支架</t>
+          <t>滑鼠</t>
         </is>
       </c>
       <c r="C196" t="inlineStr">
         <is>
-          <t>S</t>
+          <t>M</t>
         </is>
       </c>
       <c r="D196" t="inlineStr">
         <is>
-          <t>NovaPlus</t>
+          <t>Apple</t>
         </is>
       </c>
       <c r="E196" t="inlineStr">
         <is>
-          <t>NP</t>
+          <t>AP</t>
         </is>
       </c>
       <c r="F196" t="inlineStr">
         <is>
-          <t>【NovaPlus】Apple Pencil 1代/2代 二合一充電筆盒(供電版/行動版)：無線充電/立插充電/磁吸充電/插線充電/磁吸收納</t>
+          <t>巧控滑鼠 (USB‑C)</t>
         </is>
       </c>
       <c r="G196" t="inlineStr">
         <is>
-          <t>APCB2</t>
-[...2 lines deleted...]
-      <c r="H196" t="inlineStr"/>
+          <t>MM01C</t>
+        </is>
+      </c>
+      <c r="H196" t="inlineStr">
+        <is>
+          <t>型號關鍵字命名</t>
+        </is>
+      </c>
       <c r="I196" t="inlineStr"/>
       <c r="J196" t="inlineStr">
         <is>
-          <t>SNPAPCB2</t>
+          <t>MAPMM01C</t>
         </is>
       </c>
       <c r="K196" t="inlineStr"/>
       <c r="L196" t="inlineStr"/>
-      <c r="M196" t="inlineStr"/>
-      <c r="N196" t="inlineStr"/>
+      <c r="M196" t="inlineStr">
+        <is>
+          <t>黑色/白色</t>
+        </is>
+      </c>
+      <c r="N196" t="inlineStr">
+        <is>
+          <t>顏色</t>
+        </is>
+      </c>
       <c r="O196" t="inlineStr">
         <is>
-          <t>ON</t>
+          <t>AC</t>
         </is>
       </c>
       <c r="P196" t="inlineStr">
         <is>
-          <t>CCAH23LP4751T5</t>
-[...6 lines deleted...]
-      </c>
+          <t>CCAI24LP1070E8</t>
+        </is>
+      </c>
+      <c r="Q196" t="inlineStr"/>
       <c r="R196" t="n">
-        <v>196</v>
+        <v>195</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" t="n">
-        <v>208</v>
+        <v>139</v>
       </c>
       <c r="B197" t="inlineStr">
         <is>
-          <t>充電組</t>
+          <t>觸控筆</t>
         </is>
       </c>
       <c r="C197" t="inlineStr">
         <is>
-          <t>G</t>
+          <t>P</t>
         </is>
       </c>
       <c r="D197" t="inlineStr">
         <is>
-          <t>HANG</t>
+          <t>Apple</t>
         </is>
       </c>
       <c r="E197" t="inlineStr">
         <is>
-          <t>HG</t>
+          <t>AP</t>
         </is>
       </c>
       <c r="F197" t="inlineStr">
         <is>
-          <t>HANG 2.6A iphone/ipad 系列Lightning 快速充電傳輸線 R6</t>
+          <t>Apple pencil 1代</t>
         </is>
       </c>
       <c r="G197" t="inlineStr">
         <is>
-          <t>26ALX</t>
+          <t>APL1X</t>
         </is>
       </c>
       <c r="H197" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I197" t="inlineStr"/>
       <c r="J197" t="inlineStr">
         <is>
-          <t>GHG26ALX</t>
+          <t>PAPAPL1X</t>
         </is>
       </c>
       <c r="K197" t="inlineStr"/>
       <c r="L197" t="inlineStr"/>
       <c r="M197" t="inlineStr"/>
       <c r="N197" t="inlineStr"/>
       <c r="O197" t="inlineStr">
         <is>
-          <t>ON</t>
-[...2 lines deleted...]
-      <c r="P197" t="inlineStr"/>
+          <t>AC</t>
+        </is>
+      </c>
+      <c r="P197" t="inlineStr">
+        <is>
+          <t>CCAI18LP2130T4</t>
+        </is>
+      </c>
       <c r="Q197" t="inlineStr"/>
       <c r="R197" t="n">
-        <v>197</v>
+        <v>196</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" t="n">
-        <v>209</v>
+        <v>140</v>
       </c>
       <c r="B198" t="inlineStr">
         <is>
-          <t>充電組</t>
+          <t>觸控筆</t>
         </is>
       </c>
       <c r="C198" t="inlineStr">
         <is>
-          <t>G</t>
+          <t>P</t>
         </is>
       </c>
       <c r="D198" t="inlineStr">
         <is>
-          <t>HANG</t>
+          <t>Apple</t>
         </is>
       </c>
       <c r="E198" t="inlineStr">
         <is>
-          <t>HG</t>
+          <t>AP</t>
         </is>
       </c>
       <c r="F198" t="inlineStr">
         <is>
-          <t>【HANG】 C6 2A極速充電 USB旅充 充電器 充電頭 豆腐頭 單孔超大輸出 商檢認證 原廠盒裝</t>
+          <t>Apple pencil 2代</t>
         </is>
       </c>
       <c r="G198" t="inlineStr">
         <is>
-          <t>C62AX</t>
+          <t>APL2X</t>
         </is>
       </c>
       <c r="H198" t="inlineStr">
         <is>
           <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I198" t="inlineStr"/>
       <c r="J198" t="inlineStr">
         <is>
-          <t>GHGC62AX</t>
+          <t>PAPAPL2X</t>
         </is>
       </c>
       <c r="K198" t="inlineStr"/>
       <c r="L198" t="inlineStr"/>
       <c r="M198" t="inlineStr"/>
       <c r="N198" t="inlineStr"/>
       <c r="O198" t="inlineStr">
         <is>
-          <t>ON</t>
-[...2 lines deleted...]
-      <c r="P198" t="inlineStr"/>
+          <t>AC</t>
+        </is>
+      </c>
+      <c r="P198" t="inlineStr">
+        <is>
+          <t>CCAI18LP2130T4</t>
+        </is>
+      </c>
       <c r="Q198" t="inlineStr"/>
       <c r="R198" t="n">
-        <v>198</v>
+        <v>197</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" t="n">
-        <v>210</v>
+        <v>170</v>
       </c>
       <c r="B199" t="inlineStr">
         <is>
-          <t>保護套</t>
+          <t>觸控筆</t>
         </is>
       </c>
       <c r="C199" t="inlineStr">
         <is>
-          <t>B</t>
+          <t>P</t>
         </is>
       </c>
       <c r="D199" t="inlineStr">
         <is>
-          <t>MagEasy</t>
+          <t>Apple</t>
         </is>
       </c>
       <c r="E199" t="inlineStr">
         <is>
-          <t>ME</t>
+          <t>AP</t>
         </is>
       </c>
       <c r="F199" t="inlineStr">
         <is>
-          <t>Bright M iPhone 不發黃軍規磁吸透明殼</t>
+          <t>Apple Pencil Pro</t>
         </is>
       </c>
       <c r="G199" t="inlineStr">
         <is>
-          <t>PH248</t>
+          <t>APLPX</t>
         </is>
       </c>
       <c r="H199" t="inlineStr">
         <is>
-          <t>商品編號取名</t>
+          <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I199" t="inlineStr"/>
       <c r="J199" t="inlineStr">
         <is>
-          <t>BMEPH248</t>
-[...21 lines deleted...]
-      </c>
+          <t>PAPAPLPX</t>
+        </is>
+      </c>
+      <c r="K199" t="inlineStr"/>
+      <c r="L199" t="inlineStr"/>
+      <c r="M199" t="inlineStr"/>
+      <c r="N199" t="inlineStr"/>
       <c r="O199" t="inlineStr">
         <is>
-          <t>ON</t>
-[...2 lines deleted...]
-      <c r="P199" t="inlineStr"/>
+          <t>AC</t>
+        </is>
+      </c>
+      <c r="P199" t="inlineStr">
+        <is>
+          <t>CCAI24LP0420T6</t>
+        </is>
+      </c>
       <c r="Q199" t="inlineStr"/>
       <c r="R199" t="n">
-        <v>199</v>
+        <v>198</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" t="n">
-        <v>211</v>
+        <v>171</v>
       </c>
       <c r="B200" t="inlineStr">
         <is>
-          <t>保護套</t>
+          <t>觸控筆</t>
         </is>
       </c>
       <c r="C200" t="inlineStr">
         <is>
-          <t>B</t>
+          <t>P</t>
         </is>
       </c>
       <c r="D200" t="inlineStr">
         <is>
-          <t>MagEasy</t>
+          <t>Apple</t>
         </is>
       </c>
       <c r="E200" t="inlineStr">
         <is>
-          <t>ME</t>
+          <t>AP</t>
         </is>
       </c>
       <c r="F200" t="inlineStr">
         <is>
-          <t>MagStand 360 M iPhone 磁吸旋轉支架防摔手機殼</t>
+          <t>Apple Pencil (USB-C)</t>
         </is>
       </c>
       <c r="G200" t="inlineStr">
         <is>
-          <t>PH262</t>
+          <t>APLCX</t>
         </is>
       </c>
       <c r="H200" t="inlineStr">
         <is>
-          <t>商品編號取名</t>
+          <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I200" t="inlineStr"/>
       <c r="J200" t="inlineStr">
         <is>
-          <t>BMEPH262</t>
-[...21 lines deleted...]
-      </c>
+          <t>PAPAPLCX</t>
+        </is>
+      </c>
+      <c r="K200" t="inlineStr"/>
+      <c r="L200" t="inlineStr"/>
+      <c r="M200" t="inlineStr"/>
+      <c r="N200" t="inlineStr"/>
       <c r="O200" t="inlineStr">
         <is>
-          <t>ON</t>
-[...2 lines deleted...]
-      <c r="P200" t="inlineStr"/>
+          <t>AC</t>
+        </is>
+      </c>
+      <c r="P200" t="inlineStr">
+        <is>
+          <t>CCAI23LP0930T8</t>
+        </is>
+      </c>
       <c r="Q200" t="inlineStr"/>
       <c r="R200" t="n">
-        <v>200</v>
+        <v>199</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" t="n">
-        <v>212</v>
+        <v>188</v>
       </c>
       <c r="B201" t="inlineStr">
         <is>
-          <t>保護套</t>
+          <t>配件</t>
         </is>
       </c>
       <c r="C201" t="inlineStr">
         <is>
-          <t>B</t>
+          <t>T</t>
         </is>
       </c>
       <c r="D201" t="inlineStr">
         <is>
-          <t>MagEasy</t>
+          <t>Apple</t>
         </is>
       </c>
       <c r="E201" t="inlineStr">
         <is>
-          <t>ME</t>
+          <t>AP</t>
         </is>
       </c>
       <c r="F201" t="inlineStr">
         <is>
-          <t>Roam M iPhone 城市漫遊超軍規防摔掛繩手機殼</t>
+          <t>AirTag</t>
         </is>
       </c>
       <c r="G201" t="inlineStr">
         <is>
-          <t>PH260</t>
+          <t>AT01X</t>
         </is>
       </c>
       <c r="H201" t="inlineStr">
         <is>
-          <t>商品編號取名</t>
+          <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I201" t="inlineStr"/>
       <c r="J201" t="inlineStr">
         <is>
-          <t>BMEPH260</t>
-[...21 lines deleted...]
-      </c>
+          <t>TAPAT01X</t>
+        </is>
+      </c>
+      <c r="K201" t="inlineStr"/>
+      <c r="L201" t="inlineStr"/>
+      <c r="M201" t="inlineStr"/>
+      <c r="N201" t="inlineStr"/>
       <c r="O201" t="inlineStr">
         <is>
-          <t>ON</t>
-[...2 lines deleted...]
-      <c r="P201" t="inlineStr"/>
+          <t>AC</t>
+        </is>
+      </c>
+      <c r="P201" t="inlineStr">
+        <is>
+          <t>CCAI21LP0690T1</t>
+        </is>
+      </c>
       <c r="Q201" t="inlineStr"/>
       <c r="R201" t="n">
-        <v>201</v>
+        <v>200</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" t="n">
-        <v>213</v>
+        <v>141</v>
       </c>
       <c r="B202" t="inlineStr">
         <is>
-          <t>保護套</t>
+          <t>觸控筆</t>
         </is>
       </c>
       <c r="C202" t="inlineStr">
         <is>
-          <t>B</t>
+          <t>P</t>
         </is>
       </c>
       <c r="D202" t="inlineStr">
         <is>
-          <t>SwitchEasy</t>
+          <t>NovaPlus</t>
         </is>
       </c>
       <c r="E202" t="inlineStr">
         <is>
-          <t>SE</t>
+          <t>NP</t>
         </is>
       </c>
       <c r="F202" t="inlineStr">
         <is>
-          <t>0.35 iPhone 極輕薄手機殼</t>
+          <t>A8 pro</t>
         </is>
       </c>
       <c r="G202" t="inlineStr">
         <is>
-          <t>PH004</t>
-[...6 lines deleted...]
-      </c>
+          <t>PA8PX</t>
+        </is>
+      </c>
+      <c r="H202" t="inlineStr"/>
       <c r="I202" t="inlineStr"/>
       <c r="J202" t="inlineStr">
         <is>
-          <t>BSEPH004</t>
+          <t>PNPPA8PX</t>
         </is>
       </c>
       <c r="K202" t="inlineStr">
         <is>
-          <t>iPhone 16/iPhone 16 Plus/iPhone 16 Pro/iPhone 16 Pro Max</t>
+          <t>null</t>
         </is>
       </c>
       <c r="L202" t="inlineStr">
         <is>
-          <t>型號</t>
+          <t>null</t>
         </is>
       </c>
       <c r="M202" t="inlineStr">
         <is>
-          <t>透明/透黑/鈦色/玫瑰</t>
+          <t>新款白（2018-25 含mini7）/新款黑（2018-25 含mini7）/白(2018-23年iPad適用）/黑(2018-23年iPad適用）</t>
         </is>
       </c>
       <c r="N202" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O202" t="inlineStr">
         <is>
-          <t>ON</t>
-[...3 lines deleted...]
-      <c r="Q202" t="inlineStr"/>
+          <t>NR</t>
+        </is>
+      </c>
+      <c r="P202" t="inlineStr">
+        <is>
+          <t>CCAJ23LP2B40T3</t>
+        </is>
+      </c>
+      <c r="Q202" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
       <c r="R202" t="n">
-        <v>202</v>
+        <v>201</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" t="n">
-        <v>214</v>
+        <v>142</v>
       </c>
       <c r="B203" t="inlineStr">
         <is>
-          <t>保護套</t>
+          <t>觸控筆</t>
         </is>
       </c>
       <c r="C203" t="inlineStr">
         <is>
-          <t>B</t>
+          <t>P</t>
         </is>
       </c>
       <c r="D203" t="inlineStr">
         <is>
-          <t>SwitchEasy</t>
+          <t>NovaPlus</t>
         </is>
       </c>
       <c r="E203" t="inlineStr">
         <is>
-          <t>SE</t>
+          <t>NP</t>
         </is>
       </c>
       <c r="F203" t="inlineStr">
         <is>
-          <t>0.35 M iPhone 極輕薄手機殼</t>
+          <t>A8 Duo</t>
         </is>
       </c>
       <c r="G203" t="inlineStr">
         <is>
-          <t>PH271</t>
-[...6 lines deleted...]
-      </c>
+          <t>PA8DX</t>
+        </is>
+      </c>
+      <c r="H203" t="inlineStr"/>
       <c r="I203" t="inlineStr"/>
       <c r="J203" t="inlineStr">
         <is>
-          <t>BSEPH271</t>
-[...11 lines deleted...]
-      </c>
+          <t>PNPPA8DX</t>
+        </is>
+      </c>
+      <c r="K203" t="inlineStr"/>
+      <c r="L203" t="inlineStr"/>
       <c r="M203" t="inlineStr">
         <is>
-          <t>透明/透黑/鈦色/玫瑰</t>
+          <t>黑色/白色</t>
         </is>
       </c>
       <c r="N203" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O203" t="inlineStr">
         <is>
-          <t>ON</t>
+          <t>NR</t>
         </is>
       </c>
       <c r="P203" t="inlineStr"/>
       <c r="Q203" t="inlineStr"/>
       <c r="R203" t="n">
-        <v>203</v>
+        <v>202</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" t="n">
-        <v>215</v>
+        <v>353</v>
       </c>
       <c r="B204" t="inlineStr">
         <is>
-          <t>保護套</t>
+          <t>觸控筆</t>
         </is>
       </c>
       <c r="C204" t="inlineStr">
         <is>
-          <t>B</t>
+          <t>P</t>
         </is>
       </c>
       <c r="D204" t="inlineStr">
         <is>
-          <t>SwitchEasy</t>
+          <t>NovaPlus</t>
         </is>
       </c>
       <c r="E204" t="inlineStr">
         <is>
-          <t>SE</t>
+          <t>NP</t>
         </is>
       </c>
       <c r="F204" t="inlineStr">
         <is>
-          <t>Nude  iPhone 軍規防摔手機殼</t>
+          <t>A8 SE</t>
         </is>
       </c>
       <c r="G204" t="inlineStr">
         <is>
-          <t>PH012</t>
-[...6 lines deleted...]
-      </c>
+          <t>PA8SX</t>
+        </is>
+      </c>
+      <c r="H204" t="inlineStr"/>
       <c r="I204" t="inlineStr"/>
       <c r="J204" t="inlineStr">
         <is>
-          <t>BSEPH012</t>
-[...11 lines deleted...]
-      </c>
+          <t>PNPPA8SX</t>
+        </is>
+      </c>
+      <c r="K204" t="inlineStr"/>
+      <c r="L204" t="inlineStr"/>
       <c r="M204" t="inlineStr">
         <is>
-          <t>透明</t>
+          <t>黑色/白色</t>
         </is>
       </c>
       <c r="N204" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O204" t="inlineStr">
         <is>
-          <t>ON</t>
-[...2 lines deleted...]
-      <c r="P204" t="inlineStr"/>
+          <t>NR</t>
+        </is>
+      </c>
+      <c r="P204" t="inlineStr">
+        <is>
+          <t>CCAH22LPA961T6</t>
+        </is>
+      </c>
       <c r="Q204" t="inlineStr"/>
       <c r="R204" t="n">
-        <v>204</v>
+        <v>203</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" t="n">
-        <v>216</v>
+        <v>143</v>
       </c>
       <c r="B205" t="inlineStr">
         <is>
-          <t>保護套</t>
+          <t>觸控筆</t>
         </is>
       </c>
       <c r="C205" t="inlineStr">
         <is>
-          <t>B</t>
+          <t>P</t>
         </is>
       </c>
       <c r="D205" t="inlineStr">
         <is>
-          <t>SwitchEasy</t>
+          <t>NovaPlus</t>
         </is>
       </c>
       <c r="E205" t="inlineStr">
         <is>
-          <t>SE</t>
+          <t>NP</t>
         </is>
       </c>
       <c r="F205" t="inlineStr">
         <is>
-          <t>Nude M iPhone 軍規防摔透明殼</t>
+          <t>A7 pro</t>
         </is>
       </c>
       <c r="G205" t="inlineStr">
         <is>
-          <t>PH013</t>
-[...6 lines deleted...]
-      </c>
+          <t>PA7PX</t>
+        </is>
+      </c>
+      <c r="H205" t="inlineStr"/>
       <c r="I205" t="inlineStr"/>
       <c r="J205" t="inlineStr">
         <is>
-          <t>BSEPH013</t>
-[...11 lines deleted...]
-      </c>
+          <t>PNPPA7PX</t>
+        </is>
+      </c>
+      <c r="K205" t="inlineStr"/>
+      <c r="L205" t="inlineStr"/>
       <c r="M205" t="inlineStr">
         <is>
-          <t>透明</t>
+          <t>黑色/白色</t>
         </is>
       </c>
       <c r="N205" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O205" t="inlineStr">
         <is>
-          <t>ON</t>
-[...2 lines deleted...]
-      <c r="P205" t="inlineStr"/>
+          <t>NR</t>
+        </is>
+      </c>
+      <c r="P205" t="inlineStr">
+        <is>
+          <t>CCAH22LP4820T3</t>
+        </is>
+      </c>
       <c r="Q205" t="inlineStr"/>
       <c r="R205" t="n">
-        <v>205</v>
+        <v>204</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" t="n">
-        <v>217</v>
+        <v>144</v>
       </c>
       <c r="B206" t="inlineStr">
         <is>
-          <t>保護套</t>
+          <t>觸控筆</t>
         </is>
       </c>
       <c r="C206" t="inlineStr">
         <is>
-          <t>B</t>
+          <t>P</t>
         </is>
       </c>
       <c r="D206" t="inlineStr">
         <is>
-          <t>SwitchEasy</t>
+          <t>NovaPlus</t>
         </is>
       </c>
       <c r="E206" t="inlineStr">
         <is>
-          <t>SE</t>
+          <t>NP</t>
         </is>
       </c>
       <c r="F206" t="inlineStr">
         <is>
-          <t>Starfield iPhone 星砂防摔手機殼</t>
+          <t>A6</t>
         </is>
       </c>
       <c r="G206" t="inlineStr">
         <is>
-          <t>PH288</t>
-[...6 lines deleted...]
-      </c>
+          <t>PA6XX</t>
+        </is>
+      </c>
+      <c r="H206" t="inlineStr"/>
       <c r="I206" t="inlineStr"/>
       <c r="J206" t="inlineStr">
         <is>
-          <t>BSEPH288</t>
+          <t>PNPPA6XX</t>
         </is>
       </c>
       <c r="K206" t="inlineStr">
         <is>
-          <t>iPhone 16/iPhone 16 Plus/iPhone 16 Pro/iPhone 16 Pro Max</t>
+          <t>null</t>
         </is>
       </c>
       <c r="L206" t="inlineStr">
         <is>
-          <t>型號</t>
+          <t>null</t>
         </is>
       </c>
       <c r="M206" t="inlineStr">
         <is>
-          <t>透明/夜幕</t>
+          <t>新款白（2018-25 含mini7）/白(2018-23年iPad適用）/黑(2018-23年iPad適用）</t>
         </is>
       </c>
       <c r="N206" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O206" t="inlineStr">
         <is>
-          <t>ON</t>
-[...3 lines deleted...]
-      <c r="Q206" t="inlineStr"/>
+          <t>NR</t>
+        </is>
+      </c>
+      <c r="P206" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
+      <c r="Q206" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
       <c r="R206" t="n">
-        <v>206</v>
+        <v>205</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" t="n">
-        <v>218</v>
+        <v>145</v>
       </c>
       <c r="B207" t="inlineStr">
         <is>
-          <t>保護套</t>
+          <t>觸控筆</t>
         </is>
       </c>
       <c r="C207" t="inlineStr">
         <is>
-          <t>B</t>
+          <t>P</t>
         </is>
       </c>
       <c r="D207" t="inlineStr">
         <is>
-          <t>SwitchEasy</t>
+          <t>NovaPlus</t>
         </is>
       </c>
       <c r="E207" t="inlineStr">
         <is>
-          <t>SE</t>
+          <t>NP</t>
         </is>
       </c>
       <c r="F207" t="inlineStr">
         <is>
-          <t>Starfield M iPhone 星砂防摔手機殼</t>
+          <t>A5</t>
         </is>
       </c>
       <c r="G207" t="inlineStr">
         <is>
-          <t>PH289</t>
-[...6 lines deleted...]
-      </c>
+          <t>PA5XX</t>
+        </is>
+      </c>
+      <c r="H207" t="inlineStr"/>
       <c r="I207" t="inlineStr"/>
       <c r="J207" t="inlineStr">
         <is>
-          <t>BSEPH289</t>
+          <t>PNPPA5XX</t>
         </is>
       </c>
       <c r="K207" t="inlineStr">
         <is>
-          <t>iPhone 16e/iPhone 16/iPhone 16 Plus/iPhone 16 Pro/iPhone 16 Pro Max</t>
+          <t>null</t>
         </is>
       </c>
       <c r="L207" t="inlineStr">
         <is>
-          <t>型號</t>
+          <t>null</t>
         </is>
       </c>
       <c r="M207" t="inlineStr">
         <is>
-          <t>透明/夜幕</t>
+          <t>新款白（2018-25 含mini7）/白(2018-23年iPad適用）/黑(2018-23年iPad適用）</t>
         </is>
       </c>
       <c r="N207" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O207" t="inlineStr">
         <is>
-          <t>ON</t>
-[...3 lines deleted...]
-      <c r="Q207" t="inlineStr"/>
+          <t>NR</t>
+        </is>
+      </c>
+      <c r="P207" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
+      <c r="Q207" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
       <c r="R207" t="n">
-        <v>207</v>
+        <v>206</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" t="n">
-        <v>219</v>
+        <v>146</v>
       </c>
       <c r="B208" t="inlineStr">
         <is>
-          <t>保護套</t>
+          <t>觸控筆</t>
         </is>
       </c>
       <c r="C208" t="inlineStr">
         <is>
-          <t>B</t>
+          <t>P</t>
         </is>
       </c>
       <c r="D208" t="inlineStr">
         <is>
-          <t>SwitchEasy</t>
+          <t>NovaPlus</t>
         </is>
       </c>
       <c r="E208" t="inlineStr">
         <is>
-          <t>SE</t>
+          <t>NP</t>
         </is>
       </c>
       <c r="F208" t="inlineStr">
         <is>
-          <t>Fleur iPhone 花卉系列防摔手機殼</t>
+          <t>A5筆頭</t>
         </is>
       </c>
       <c r="G208" t="inlineStr">
         <is>
-          <t>PH285</t>
-[...6 lines deleted...]
-      </c>
+          <t>HA5XX</t>
+        </is>
+      </c>
+      <c r="H208" t="inlineStr"/>
       <c r="I208" t="inlineStr"/>
       <c r="J208" t="inlineStr">
         <is>
-          <t>BSEPH285</t>
+          <t>PNPHA5XX</t>
         </is>
       </c>
       <c r="K208" t="inlineStr">
         <is>
-          <t>iPhone 16/iPhone 16 Plus/iPhone 16 Pro/iPhone 16 Pro Max</t>
+          <t>一入/四入</t>
         </is>
       </c>
       <c r="L208" t="inlineStr">
         <is>
-          <t>型號</t>
+          <t>單位組數</t>
         </is>
       </c>
       <c r="M208" t="inlineStr">
         <is>
-          <t>白花</t>
+          <t>黑色/白色</t>
         </is>
       </c>
       <c r="N208" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O208" t="inlineStr">
         <is>
-          <t>ON</t>
+          <t>NR</t>
         </is>
       </c>
       <c r="P208" t="inlineStr"/>
       <c r="Q208" t="inlineStr"/>
       <c r="R208" t="n">
-        <v>208</v>
+        <v>207</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" t="n">
-        <v>220</v>
+        <v>147</v>
       </c>
       <c r="B209" t="inlineStr">
         <is>
-          <t>保護套</t>
+          <t>觸控筆</t>
         </is>
       </c>
       <c r="C209" t="inlineStr">
         <is>
-          <t>B</t>
+          <t>P</t>
         </is>
       </c>
       <c r="D209" t="inlineStr">
         <is>
-          <t>SwitchEasy</t>
+          <t>NovaPlus</t>
         </is>
       </c>
       <c r="E209" t="inlineStr">
         <is>
-          <t>SE</t>
+          <t>NP</t>
         </is>
       </c>
       <c r="F209" t="inlineStr">
         <is>
-          <t>Fleur M iPhone 花卉系列防摔手機殼</t>
+          <t>【NovaPlus】Apple Pencil 2代筆套：多色附筆帽/適用NovaPlus Pencil筆尖套/握筆套</t>
         </is>
       </c>
       <c r="G209" t="inlineStr">
         <is>
-          <t>PH286</t>
-[...6 lines deleted...]
-      </c>
+          <t>CA5XX</t>
+        </is>
+      </c>
+      <c r="H209" t="inlineStr"/>
       <c r="I209" t="inlineStr"/>
       <c r="J209" t="inlineStr">
         <is>
-          <t>BSEPH286</t>
-[...11 lines deleted...]
-      </c>
+          <t>PNPCA5XX</t>
+        </is>
+      </c>
+      <c r="K209" t="inlineStr"/>
+      <c r="L209" t="inlineStr"/>
       <c r="M209" t="inlineStr">
         <is>
-          <t>白色/玫瑰</t>
+          <t>白冰藍/薰衣草紫/陽光橙/抹茶綠/尊爵黑/西柚粉</t>
         </is>
       </c>
       <c r="N209" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O209" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P209" t="inlineStr"/>
       <c r="Q209" t="inlineStr"/>
       <c r="R209" t="n">
-        <v>209</v>
+        <v>208</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" t="n">
-        <v>221</v>
+        <v>427</v>
       </c>
       <c r="B210" t="inlineStr">
         <is>
-          <t>保護套</t>
+          <t>觸控筆</t>
         </is>
       </c>
       <c r="C210" t="inlineStr">
         <is>
-          <t>B</t>
+          <t>P</t>
         </is>
       </c>
       <c r="D210" t="inlineStr">
         <is>
-          <t>MagEasy</t>
+          <t>NovaPlus</t>
         </is>
       </c>
       <c r="E210" t="inlineStr">
         <is>
-          <t>ME</t>
+          <t>NP</t>
         </is>
       </c>
       <c r="F210" t="inlineStr">
         <is>
-          <t>Odyssey iPhone 超軍規防摔手機殼</t>
+          <t>超細四入/類紙膜筆尖 iPad Pencil A5 耐磨30公里觸控筆尖/POM超細筆尖/手寫筆尖</t>
         </is>
       </c>
       <c r="G210" t="inlineStr">
         <is>
-          <t>PH007</t>
-[...6 lines deleted...]
-      </c>
+          <t>A530P</t>
+        </is>
+      </c>
+      <c r="H210" t="inlineStr"/>
       <c r="I210" t="inlineStr"/>
       <c r="J210" t="inlineStr">
         <is>
-          <t>BMEPH007</t>
+          <t>PNPA530P</t>
         </is>
       </c>
       <c r="K210" t="inlineStr">
         <is>
-          <t>iPhone 16/iPhone 16 Plus/iPhone 16 Pro/iPhone 16 Pro Max</t>
+          <t>一入/四入</t>
         </is>
       </c>
       <c r="L210" t="inlineStr">
         <is>
-          <t>型號</t>
+          <t>數量</t>
         </is>
       </c>
       <c r="M210" t="inlineStr">
         <is>
-          <t>皮革黑</t>
+          <t>黑色/白色</t>
         </is>
       </c>
       <c r="N210" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O210" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P210" t="inlineStr"/>
       <c r="Q210" t="inlineStr"/>
       <c r="R210" t="n">
-        <v>210</v>
+        <v>209</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" t="n">
-        <v>222</v>
+        <v>148</v>
       </c>
       <c r="B211" t="inlineStr">
         <is>
-          <t>保護套</t>
+          <t>支架</t>
         </is>
       </c>
       <c r="C211" t="inlineStr">
         <is>
-          <t>B</t>
+          <t>S</t>
         </is>
       </c>
       <c r="D211" t="inlineStr">
         <is>
-          <t>MagEasy</t>
+          <t>NovaPlus</t>
         </is>
       </c>
       <c r="E211" t="inlineStr">
         <is>
-          <t>ME</t>
+          <t>NP</t>
         </is>
       </c>
       <c r="F211" t="inlineStr">
         <is>
-          <t>Odyssey M iPhone 超軍規防摔手機殼</t>
+          <t>八合一平板手機支架</t>
         </is>
       </c>
       <c r="G211" t="inlineStr">
         <is>
-          <t>PH009</t>
+          <t>HS5XX</t>
         </is>
       </c>
       <c r="H211" t="inlineStr">
         <is>
-          <t>商品編號取名</t>
+          <t>官方商品編號+XX</t>
         </is>
       </c>
       <c r="I211" t="inlineStr"/>
       <c r="J211" t="inlineStr">
         <is>
-          <t>BMEPH009</t>
-[...21 lines deleted...]
-      </c>
+          <t>SNPHS5XX</t>
+        </is>
+      </c>
+      <c r="K211" t="inlineStr"/>
+      <c r="L211" t="inlineStr"/>
+      <c r="M211" t="inlineStr"/>
+      <c r="N211" t="inlineStr"/>
       <c r="O211" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P211" t="inlineStr"/>
       <c r="Q211" t="inlineStr"/>
       <c r="R211" t="n">
-        <v>211</v>
+        <v>210</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" t="n">
-        <v>223</v>
+        <v>149</v>
       </c>
       <c r="B212" t="inlineStr">
         <is>
-          <t>保護套</t>
+          <t>支架</t>
         </is>
       </c>
       <c r="C212" t="inlineStr">
         <is>
-          <t>B</t>
+          <t>S</t>
         </is>
       </c>
       <c r="D212" t="inlineStr">
         <is>
-          <t>MagEasy</t>
+          <t>NovaPlus</t>
         </is>
       </c>
       <c r="E212" t="inlineStr">
         <is>
-          <t>ME</t>
+          <t>NP</t>
         </is>
       </c>
       <c r="F212" t="inlineStr">
         <is>
-          <t>Odyssey Stand M iPhone 超軍規防摔手機殼</t>
+          <t>【NovaPlus】C1 MagSafe二合一雙15W超薄快充磁吸支架：iPhone / Android手機充電/Qi無線充電/雙機充電/移動電源</t>
         </is>
       </c>
       <c r="G212" t="inlineStr">
         <is>
-          <t>PH256</t>
-[...6 lines deleted...]
-      </c>
+          <t>CM15Q</t>
+        </is>
+      </c>
+      <c r="H212" t="inlineStr"/>
       <c r="I212" t="inlineStr"/>
       <c r="J212" t="inlineStr">
         <is>
-          <t>BMEPH256</t>
-[...21 lines deleted...]
-      </c>
+          <t>SNPCM15Q</t>
+        </is>
+      </c>
+      <c r="K212" t="inlineStr"/>
+      <c r="L212" t="inlineStr"/>
+      <c r="M212" t="inlineStr"/>
+      <c r="N212" t="inlineStr"/>
       <c r="O212" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
-      <c r="P212" t="inlineStr"/>
-      <c r="Q212" t="inlineStr"/>
+      <c r="P212" t="inlineStr">
+        <is>
+          <t>CCAH23LP4780T2</t>
+        </is>
+      </c>
+      <c r="Q212" t="inlineStr">
+        <is>
+          <t>R56549</t>
+        </is>
+      </c>
       <c r="R212" t="n">
-        <v>212</v>
+        <v>211</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" t="n">
-        <v>224</v>
+        <v>150</v>
       </c>
       <c r="B213" t="inlineStr">
         <is>
-          <t>保護套</t>
+          <t>支架</t>
         </is>
       </c>
       <c r="C213" t="inlineStr">
         <is>
-          <t>B</t>
+          <t>S</t>
         </is>
       </c>
       <c r="D213" t="inlineStr">
         <is>
-          <t>MagEasy</t>
+          <t>NovaPlus</t>
         </is>
       </c>
       <c r="E213" t="inlineStr">
         <is>
-          <t>ME</t>
+          <t>NP</t>
         </is>
       </c>
       <c r="F213" t="inlineStr">
         <is>
-          <t>Pouch M iPhone 錢包掛繩支架手機殼</t>
+          <t>【神繪師】日本原裝iPad磁吸可拆卸式類紙膜：紙質書寫筆記，插畫繪圖最愛！適用iPad 10及各機型</t>
         </is>
       </c>
       <c r="G213" t="inlineStr">
         <is>
-          <t>PH264</t>
-[...6 lines deleted...]
-      </c>
+          <t>PLF1X</t>
+        </is>
+      </c>
+      <c r="H213" t="inlineStr"/>
       <c r="I213" t="inlineStr"/>
       <c r="J213" t="inlineStr">
         <is>
-          <t>BMEPH264</t>
-[...21 lines deleted...]
-      </c>
+          <t>SNPPLF1X</t>
+        </is>
+      </c>
+      <c r="K213" t="inlineStr"/>
+      <c r="L213" t="inlineStr"/>
+      <c r="M213" t="inlineStr"/>
+      <c r="N213" t="inlineStr"/>
       <c r="O213" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P213" t="inlineStr"/>
       <c r="Q213" t="inlineStr"/>
       <c r="R213" t="n">
-        <v>213</v>
+        <v>212</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" t="n">
-        <v>225</v>
+        <v>151</v>
       </c>
       <c r="B214" t="inlineStr">
         <is>
-          <t>保護套</t>
+          <t>支架</t>
         </is>
       </c>
       <c r="C214" t="inlineStr">
         <is>
-          <t>B</t>
+          <t>S</t>
         </is>
       </c>
       <c r="D214" t="inlineStr">
         <is>
-          <t>MagEasy</t>
+          <t>NovaPlus</t>
         </is>
       </c>
       <c r="E214" t="inlineStr">
         <is>
-          <t>ME</t>
+          <t>NP</t>
         </is>
       </c>
       <c r="F214" t="inlineStr">
         <is>
-          <t>Atoms iPhone 超軍規防摔手機殼</t>
+          <t>【ZURVA】超輕薄iPad 兩段式肯特紙類紙膜</t>
         </is>
       </c>
       <c r="G214" t="inlineStr">
         <is>
-          <t>PH050</t>
-[...6 lines deleted...]
-      </c>
+          <t>PLF2X</t>
+        </is>
+      </c>
+      <c r="H214" t="inlineStr"/>
       <c r="I214" t="inlineStr"/>
       <c r="J214" t="inlineStr">
         <is>
-          <t>BMEPH050</t>
-[...21 lines deleted...]
-      </c>
+          <t>SNPPLF2X</t>
+        </is>
+      </c>
+      <c r="K214" t="inlineStr"/>
+      <c r="L214" t="inlineStr"/>
+      <c r="M214" t="inlineStr"/>
+      <c r="N214" t="inlineStr"/>
       <c r="O214" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P214" t="inlineStr"/>
       <c r="Q214" t="inlineStr"/>
       <c r="R214" t="n">
-        <v>214</v>
+        <v>213</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" t="n">
-        <v>226</v>
+        <v>152</v>
       </c>
       <c r="B215" t="inlineStr">
         <is>
-          <t>保護套</t>
+          <t>支架</t>
         </is>
       </c>
       <c r="C215" t="inlineStr">
         <is>
-          <t>B</t>
+          <t>S</t>
         </is>
       </c>
       <c r="D215" t="inlineStr">
         <is>
-          <t>MagEasy</t>
+          <t>NovaPlus</t>
         </is>
       </c>
       <c r="E215" t="inlineStr">
         <is>
-          <t>ME</t>
+          <t>NP</t>
         </is>
       </c>
       <c r="F215" t="inlineStr">
         <is>
-          <t>Atoms M iPhone 超軍規防摔手機殼</t>
+          <t>【NovaPlus】Apple Pencil 充電倉座充版：磁吸充電+插線充電+收納功能</t>
         </is>
       </c>
       <c r="G215" t="inlineStr">
         <is>
-          <t>PH051</t>
-[...6 lines deleted...]
-      </c>
+          <t>APCB1</t>
+        </is>
+      </c>
+      <c r="H215" t="inlineStr"/>
       <c r="I215" t="inlineStr"/>
       <c r="J215" t="inlineStr">
         <is>
-          <t>BMEPH051</t>
-[...21 lines deleted...]
-      </c>
+          <t>SNPAPCB1</t>
+        </is>
+      </c>
+      <c r="K215" t="inlineStr"/>
+      <c r="L215" t="inlineStr"/>
+      <c r="M215" t="inlineStr"/>
+      <c r="N215" t="inlineStr"/>
       <c r="O215" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
-      <c r="P215" t="inlineStr"/>
-      <c r="Q215" t="inlineStr"/>
+      <c r="P215" t="inlineStr">
+        <is>
+          <t>CCAH23LP4950T1</t>
+        </is>
+      </c>
+      <c r="Q215" t="inlineStr">
+        <is>
+          <t>R56549</t>
+        </is>
+      </c>
       <c r="R215" t="n">
-        <v>215</v>
+        <v>214</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" t="n">
-        <v>227</v>
+        <v>153</v>
       </c>
       <c r="B216" t="inlineStr">
         <is>
-          <t>保護套</t>
+          <t>支架</t>
         </is>
       </c>
       <c r="C216" t="inlineStr">
         <is>
-          <t>B</t>
+          <t>S</t>
         </is>
       </c>
       <c r="D216" t="inlineStr">
         <is>
-          <t>SwitchEasy</t>
+          <t>NovaPlus</t>
         </is>
       </c>
       <c r="E216" t="inlineStr">
         <is>
-          <t>SE</t>
+          <t>NP</t>
         </is>
       </c>
       <c r="F216" t="inlineStr">
         <is>
-          <t>EasyStand M iPhone 磁吸支架防摔手機殼</t>
+          <t>【NovaPlus】Apple Pencil 1代/2代 二合一充電筆盒(供電版/行動版)：無線充電/立插充電/磁吸充電/插線充電/磁吸收納</t>
         </is>
       </c>
       <c r="G216" t="inlineStr">
         <is>
-          <t>PH267</t>
-[...6 lines deleted...]
-      </c>
+          <t>APCB2</t>
+        </is>
+      </c>
+      <c r="H216" t="inlineStr"/>
       <c r="I216" t="inlineStr"/>
       <c r="J216" t="inlineStr">
         <is>
-          <t>BSEPH267</t>
+          <t>SNPAPCB2</t>
         </is>
       </c>
       <c r="K216" t="inlineStr">
         <is>
-          <t>iPhone 16/iPhone 16 Plus/iPhone 16 Pro/iPhone 16 Pro Max</t>
+          <t>行動版(插線款)/供電版(帶電池款)</t>
         </is>
       </c>
       <c r="L216" t="inlineStr">
         <is>
           <t>型號</t>
         </is>
       </c>
       <c r="M216" t="inlineStr">
         <is>
-          <t>黑色/鈦色</t>
+          <t>null</t>
         </is>
       </c>
       <c r="N216" t="inlineStr">
         <is>
-          <t>顏色</t>
+          <t>null</t>
         </is>
       </c>
       <c r="O216" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
-      <c r="P216" t="inlineStr"/>
-      <c r="Q216" t="inlineStr"/>
+      <c r="P216" t="inlineStr">
+        <is>
+          <t>CCAH23LP4751T5</t>
+        </is>
+      </c>
+      <c r="Q216" t="inlineStr">
+        <is>
+          <t>R56549</t>
+        </is>
+      </c>
       <c r="R216" t="n">
-        <v>216</v>
+        <v>215</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" t="n">
-        <v>228</v>
+        <v>208</v>
       </c>
       <c r="B217" t="inlineStr">
         <is>
-          <t>保護套</t>
+          <t>充電組</t>
         </is>
       </c>
       <c r="C217" t="inlineStr">
         <is>
-          <t>B</t>
+          <t>G</t>
         </is>
       </c>
       <c r="D217" t="inlineStr">
         <is>
-          <t>MagEasy</t>
+          <t>HANG</t>
         </is>
       </c>
       <c r="E217" t="inlineStr">
         <is>
-          <t>ME</t>
+          <t>HG</t>
         </is>
       </c>
       <c r="F217" t="inlineStr">
         <is>
-          <t>Kev M iPhone 軍工航太纖維手機殼</t>
+          <t>HANG 2.6A iphone/ipad 系列Lightning 快速充電傳輸線 R6</t>
         </is>
       </c>
       <c r="G217" t="inlineStr">
         <is>
-          <t>PH259</t>
+          <t>26ALX</t>
         </is>
       </c>
       <c r="H217" t="inlineStr">
         <is>
-          <t>商品編號取名</t>
+          <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I217" t="inlineStr"/>
       <c r="J217" t="inlineStr">
         <is>
-          <t>BMEPH259</t>
-[...21 lines deleted...]
-      </c>
+          <t>GHG26ALX</t>
+        </is>
+      </c>
+      <c r="K217" t="inlineStr"/>
+      <c r="L217" t="inlineStr"/>
+      <c r="M217" t="inlineStr"/>
+      <c r="N217" t="inlineStr"/>
       <c r="O217" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P217" t="inlineStr"/>
       <c r="Q217" t="inlineStr"/>
       <c r="R217" t="n">
-        <v>217</v>
+        <v>216</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" t="n">
-        <v>229</v>
+        <v>209</v>
       </c>
       <c r="B218" t="inlineStr">
         <is>
-          <t>保護套</t>
+          <t>充電組</t>
         </is>
       </c>
       <c r="C218" t="inlineStr">
         <is>
-          <t>B</t>
+          <t>G</t>
         </is>
       </c>
       <c r="D218" t="inlineStr">
         <is>
-          <t>MagEasy</t>
+          <t>HANG</t>
         </is>
       </c>
       <c r="E218" t="inlineStr">
         <is>
-          <t>ME</t>
+          <t>HG</t>
         </is>
       </c>
       <c r="F218" t="inlineStr">
         <is>
-          <t>Vibrant M iPhone 超軍規防摔手機殼</t>
+          <t>【HANG】 C6 2A極速充電 USB旅充 充電器 充電頭 豆腐頭 單孔超大輸出 商檢認證 原廠盒裝</t>
         </is>
       </c>
       <c r="G218" t="inlineStr">
         <is>
-          <t>PH261</t>
+          <t>C62AX</t>
         </is>
       </c>
       <c r="H218" t="inlineStr">
         <is>
-          <t>商品編號取名</t>
+          <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I218" t="inlineStr"/>
       <c r="J218" t="inlineStr">
         <is>
-          <t>BMEPH261</t>
-[...21 lines deleted...]
-      </c>
+          <t>GHGC62AX</t>
+        </is>
+      </c>
+      <c r="K218" t="inlineStr"/>
+      <c r="L218" t="inlineStr"/>
+      <c r="M218" t="inlineStr"/>
+      <c r="N218" t="inlineStr"/>
       <c r="O218" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P218" t="inlineStr"/>
       <c r="Q218" t="inlineStr"/>
       <c r="R218" t="n">
-        <v>218</v>
+        <v>217</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" t="n">
-        <v>230</v>
+        <v>210</v>
       </c>
       <c r="B219" t="inlineStr">
         <is>
           <t>保護套</t>
         </is>
       </c>
       <c r="C219" t="inlineStr">
         <is>
           <t>B</t>
         </is>
       </c>
       <c r="D219" t="inlineStr">
         <is>
           <t>MagEasy</t>
         </is>
       </c>
       <c r="E219" t="inlineStr">
         <is>
           <t>ME</t>
         </is>
       </c>
       <c r="F219" t="inlineStr">
         <is>
-          <t>Urban M 3D iPhone 視覺防摔磁吸手機殼</t>
+          <t>Bright M iPhone 不發黃軍規磁吸透明殼</t>
         </is>
       </c>
       <c r="G219" t="inlineStr">
         <is>
-          <t>PH265</t>
+          <t>PH248</t>
         </is>
       </c>
       <c r="H219" t="inlineStr">
         <is>
           <t>商品編號取名</t>
         </is>
       </c>
       <c r="I219" t="inlineStr"/>
       <c r="J219" t="inlineStr">
         <is>
-          <t>BMEPH265</t>
+          <t>BMEPH248</t>
         </is>
       </c>
       <c r="K219" t="inlineStr">
         <is>
-          <t>iPhone 16/iPhone 16 Plus/iPhone 16 Pro/iPhone 16 Pro Max</t>
+          <t>iPhone 16e/iPhone 16/iPhone 16 Plus/iPhone 16 Pro/iPhone 16 Pro Max</t>
         </is>
       </c>
       <c r="L219" t="inlineStr">
         <is>
           <t>型號</t>
         </is>
       </c>
       <c r="M219" t="inlineStr">
         <is>
-          <t>紐約/倫敦/台北/東京</t>
+          <t>透明/耀眼透/耀眼黑</t>
         </is>
       </c>
       <c r="N219" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O219" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P219" t="inlineStr"/>
       <c r="Q219" t="inlineStr"/>
       <c r="R219" t="n">
-        <v>219</v>
+        <v>218</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" t="n">
-        <v>231</v>
+        <v>211</v>
       </c>
       <c r="B220" t="inlineStr">
         <is>
           <t>保護套</t>
         </is>
       </c>
       <c r="C220" t="inlineStr">
         <is>
           <t>B</t>
         </is>
       </c>
       <c r="D220" t="inlineStr">
         <is>
           <t>MagEasy</t>
         </is>
       </c>
       <c r="E220" t="inlineStr">
         <is>
           <t>ME</t>
         </is>
       </c>
       <c r="F220" t="inlineStr">
         <is>
-          <t>XRay M 3D iPhone 視覺防摔手機殼</t>
+          <t>MagStand 360 M iPhone 磁吸旋轉支架防摔手機殼</t>
         </is>
       </c>
       <c r="G220" t="inlineStr">
         <is>
-          <t>PH266</t>
+          <t>PH262</t>
         </is>
       </c>
       <c r="H220" t="inlineStr">
         <is>
           <t>商品編號取名</t>
         </is>
       </c>
       <c r="I220" t="inlineStr"/>
       <c r="J220" t="inlineStr">
         <is>
-          <t>BMEPH266</t>
+          <t>BMEPH262</t>
         </is>
       </c>
       <c r="K220" t="inlineStr">
         <is>
-          <t>iPhone 16/iPhone 16 Plus/iPhone 16 Pro/iPhone 16 Pro Max</t>
+          <t>iPhone 16e/iPhone 16/iPhone 16 Plus/iPhone 16 Pro/iPhone 16 Pro Max</t>
         </is>
       </c>
       <c r="L220" t="inlineStr">
         <is>
           <t>型號</t>
         </is>
       </c>
       <c r="M220" t="inlineStr">
         <is>
-          <t>透明/透黑/透灰</t>
+          <t>透明/黑色/鈦色/玫瑰</t>
         </is>
       </c>
       <c r="N220" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O220" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P220" t="inlineStr"/>
       <c r="Q220" t="inlineStr"/>
       <c r="R220" t="n">
-        <v>220</v>
+        <v>219</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" t="n">
-        <v>232</v>
+        <v>212</v>
       </c>
       <c r="B221" t="inlineStr">
         <is>
           <t>保護套</t>
         </is>
       </c>
       <c r="C221" t="inlineStr">
         <is>
           <t>B</t>
         </is>
       </c>
       <c r="D221" t="inlineStr">
         <is>
           <t>MagEasy</t>
         </is>
       </c>
       <c r="E221" t="inlineStr">
         <is>
           <t>ME</t>
         </is>
       </c>
       <c r="F221" t="inlineStr">
         <is>
-          <t>Aero iPhone Pro極輕薄防摔手機殼(兼容 MagSafe)</t>
+          <t>Roam M iPhone 城市漫遊超軍規防摔掛繩手機殼</t>
         </is>
       </c>
       <c r="G221" t="inlineStr">
         <is>
-          <t>PH005</t>
+          <t>PH260</t>
         </is>
       </c>
       <c r="H221" t="inlineStr">
         <is>
           <t>商品編號取名</t>
         </is>
       </c>
       <c r="I221" t="inlineStr"/>
       <c r="J221" t="inlineStr">
         <is>
-          <t>BMEPH005</t>
+          <t>BMEPH260</t>
         </is>
       </c>
       <c r="K221" t="inlineStr">
         <is>
-          <t>iPhone 16/iPhone 16 Plus/iPhone 16 Pro/iPhone 16 Pro Max</t>
+          <t>iPhone 16e/iPhone 16/iPhone 16 Plus/iPhone 16 Pro/iPhone 16 Pro Max</t>
         </is>
       </c>
       <c r="L221" t="inlineStr">
         <is>
           <t>型號</t>
         </is>
       </c>
       <c r="M221" t="inlineStr">
         <is>
-          <t>透明/透明黑/鈦色/霧透黑</t>
+          <t>黑色/玫瑰/透明/鈦色</t>
         </is>
       </c>
       <c r="N221" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O221" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P221" t="inlineStr"/>
       <c r="Q221" t="inlineStr"/>
       <c r="R221" t="n">
-        <v>221</v>
+        <v>220</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" t="n">
-        <v>233</v>
+        <v>213</v>
       </c>
       <c r="B222" t="inlineStr">
         <is>
           <t>保護套</t>
         </is>
       </c>
       <c r="C222" t="inlineStr">
         <is>
           <t>B</t>
         </is>
       </c>
       <c r="D222" t="inlineStr">
         <is>
-          <t>MagEasy</t>
+          <t>SwitchEasy</t>
         </is>
       </c>
       <c r="E222" t="inlineStr">
         <is>
-          <t>ME</t>
+          <t>SE</t>
         </is>
       </c>
       <c r="F222" t="inlineStr">
         <is>
-          <t>Card Folio M iPhone皮革翻蓋支架手機殼</t>
+          <t>0.35 iPhone 極輕薄手機殼</t>
         </is>
       </c>
       <c r="G222" t="inlineStr">
         <is>
-          <t>PH263</t>
+          <t>PH004</t>
         </is>
       </c>
       <c r="H222" t="inlineStr">
         <is>
           <t>商品編號取名</t>
         </is>
       </c>
       <c r="I222" t="inlineStr"/>
       <c r="J222" t="inlineStr">
         <is>
-          <t>BMEPH263</t>
+          <t>BSEPH004</t>
         </is>
       </c>
       <c r="K222" t="inlineStr">
         <is>
           <t>iPhone 16/iPhone 16 Plus/iPhone 16 Pro/iPhone 16 Pro Max</t>
         </is>
       </c>
       <c r="L222" t="inlineStr">
         <is>
           <t>型號</t>
         </is>
       </c>
       <c r="M222" t="inlineStr">
         <is>
-          <t>黑色/星光白</t>
+          <t>透明/透黑/鈦色/玫瑰</t>
         </is>
       </c>
       <c r="N222" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O222" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P222" t="inlineStr"/>
       <c r="Q222" t="inlineStr"/>
       <c r="R222" t="n">
-        <v>222</v>
+        <v>221</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" t="n">
-        <v>234</v>
+        <v>214</v>
       </c>
       <c r="B223" t="inlineStr">
         <is>
           <t>保護套</t>
         </is>
       </c>
       <c r="C223" t="inlineStr">
         <is>
           <t>B</t>
         </is>
       </c>
       <c r="D223" t="inlineStr">
         <is>
           <t>SwitchEasy</t>
         </is>
       </c>
       <c r="E223" t="inlineStr">
         <is>
           <t>SE</t>
         </is>
       </c>
       <c r="F223" t="inlineStr">
         <is>
-          <t>Style M iPhone 印花防摔手機殼</t>
+          <t>0.35 M iPhone 極輕薄手機殼</t>
         </is>
       </c>
       <c r="G223" t="inlineStr">
         <is>
-          <t>PH290</t>
+          <t>PH271</t>
         </is>
       </c>
       <c r="H223" t="inlineStr">
         <is>
           <t>商品編號取名</t>
         </is>
       </c>
       <c r="I223" t="inlineStr"/>
       <c r="J223" t="inlineStr">
         <is>
-          <t>BSEPH290</t>
+          <t>BSEPH271</t>
         </is>
       </c>
       <c r="K223" t="inlineStr">
         <is>
-          <t>iPhone 16/iPhone 16 Plus/iPhone 16 Pro/iPhone 16 Pro Max</t>
+          <t>iPhone 16e/iPhone 16/iPhone 16 Plus/iPhone 16 Pro/iPhone 16 Pro Max</t>
         </is>
       </c>
       <c r="L223" t="inlineStr">
         <is>
           <t>型號</t>
         </is>
       </c>
       <c r="M223" t="inlineStr">
         <is>
-          <t>巴黎/紐約/倫敦/雛菊/粉櫻</t>
+          <t>透明/透黑/鈦色/玫瑰</t>
         </is>
       </c>
       <c r="N223" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O223" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P223" t="inlineStr"/>
       <c r="Q223" t="inlineStr"/>
       <c r="R223" t="n">
-        <v>223</v>
+        <v>222</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" t="n">
-        <v>235</v>
+        <v>215</v>
       </c>
       <c r="B224" t="inlineStr">
         <is>
           <t>保護套</t>
         </is>
       </c>
       <c r="C224" t="inlineStr">
         <is>
           <t>B</t>
         </is>
       </c>
       <c r="D224" t="inlineStr">
         <is>
           <t>SwitchEasy</t>
         </is>
       </c>
       <c r="E224" t="inlineStr">
         <is>
           <t>SE</t>
         </is>
       </c>
       <c r="F224" t="inlineStr">
         <is>
-          <t>Artist iPhone 藝術家防摔手機殼</t>
+          <t>Nude  iPhone 軍規防摔手機殼</t>
         </is>
       </c>
       <c r="G224" t="inlineStr">
         <is>
-          <t>PH019</t>
+          <t>PH012</t>
         </is>
       </c>
       <c r="H224" t="inlineStr">
         <is>
           <t>商品編號取名</t>
         </is>
       </c>
       <c r="I224" t="inlineStr"/>
       <c r="J224" t="inlineStr">
         <is>
-          <t>BSEPH019</t>
+          <t>BSEPH012</t>
         </is>
       </c>
       <c r="K224" t="inlineStr">
         <is>
           <t>iPhone 16/iPhone 16 Plus/iPhone 16 Pro/iPhone 16 Pro Max</t>
         </is>
       </c>
       <c r="L224" t="inlineStr">
         <is>
           <t>型號</t>
         </is>
       </c>
       <c r="M224" t="inlineStr">
         <is>
-          <t>麻之葉/櫻花/雨林/大理石黑/大理石白</t>
+          <t>透明</t>
         </is>
       </c>
       <c r="N224" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O224" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P224" t="inlineStr"/>
       <c r="Q224" t="inlineStr"/>
       <c r="R224" t="n">
-        <v>224</v>
+        <v>223</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" t="n">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="B225" t="inlineStr">
         <is>
           <t>保護套</t>
         </is>
       </c>
       <c r="C225" t="inlineStr">
         <is>
           <t>B</t>
         </is>
       </c>
       <c r="D225" t="inlineStr">
         <is>
           <t>SwitchEasy</t>
         </is>
       </c>
       <c r="E225" t="inlineStr">
         <is>
           <t>SE</t>
         </is>
       </c>
       <c r="F225" t="inlineStr">
         <is>
-          <t>Artist M iPhone 藝術家防摔手機殼</t>
+          <t>Nude M iPhone 軍規防摔透明殼</t>
         </is>
       </c>
       <c r="G225" t="inlineStr">
         <is>
-          <t>PH020</t>
+          <t>PH013</t>
         </is>
       </c>
       <c r="H225" t="inlineStr">
         <is>
-          <t>商品編號取名</t>
+          <t>型號關鍵字命名</t>
         </is>
       </c>
       <c r="I225" t="inlineStr"/>
       <c r="J225" t="inlineStr">
         <is>
-          <t>BSEPH020</t>
+          <t>BSEPH013</t>
         </is>
       </c>
       <c r="K225" t="inlineStr">
         <is>
-          <t>iPhone 16/iPhone 16 Plus/iPhone 16 Pro/iPhone 16 Pro Max</t>
+          <t>iPhone 16e/iPhone 16/iPhone 16 Plus/iPhone 16 Pro/iPhone 16 Pro Max</t>
         </is>
       </c>
       <c r="L225" t="inlineStr">
         <is>
           <t>型號</t>
         </is>
       </c>
       <c r="M225" t="inlineStr">
         <is>
-          <t>極光/賽博/水墨/窗花/蒙德里安</t>
+          <t>透明</t>
         </is>
       </c>
       <c r="N225" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O225" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P225" t="inlineStr"/>
       <c r="Q225" t="inlineStr"/>
       <c r="R225" t="n">
-        <v>225</v>
+        <v>224</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" t="n">
-        <v>237</v>
+        <v>217</v>
       </c>
       <c r="B226" t="inlineStr">
         <is>
           <t>保護套</t>
         </is>
       </c>
       <c r="C226" t="inlineStr">
         <is>
           <t>B</t>
         </is>
       </c>
       <c r="D226" t="inlineStr">
         <is>
           <t>SwitchEasy</t>
         </is>
       </c>
       <c r="E226" t="inlineStr">
         <is>
           <t>SE</t>
         </is>
       </c>
       <c r="F226" t="inlineStr">
         <is>
-          <t>Cosmos M iPhone 星系防摔磁吸手機殼</t>
+          <t>Starfield iPhone 星砂防摔手機殼</t>
         </is>
       </c>
       <c r="G226" t="inlineStr">
         <is>
-          <t>PH287</t>
+          <t>PH288</t>
         </is>
       </c>
       <c r="H226" t="inlineStr">
         <is>
           <t>商品編號取名</t>
         </is>
       </c>
       <c r="I226" t="inlineStr"/>
       <c r="J226" t="inlineStr">
         <is>
-          <t>BSEPH287</t>
+          <t>BSEPH288</t>
         </is>
       </c>
       <c r="K226" t="inlineStr">
         <is>
           <t>iPhone 16/iPhone 16 Plus/iPhone 16 Pro/iPhone 16 Pro Max</t>
         </is>
       </c>
       <c r="L226" t="inlineStr">
         <is>
           <t>型號</t>
         </is>
       </c>
       <c r="M226" t="inlineStr">
         <is>
-          <t>星雲</t>
+          <t>透明/夜幕</t>
         </is>
       </c>
       <c r="N226" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O226" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P226" t="inlineStr"/>
       <c r="Q226" t="inlineStr"/>
       <c r="R226" t="n">
-        <v>226</v>
+        <v>225</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" t="n">
-        <v>238</v>
+        <v>218</v>
       </c>
       <c r="B227" t="inlineStr">
         <is>
-          <t>保護膜</t>
+          <t>保護套</t>
         </is>
       </c>
       <c r="C227" t="inlineStr">
         <is>
-          <t>J</t>
+          <t>B</t>
         </is>
       </c>
       <c r="D227" t="inlineStr">
         <is>
-          <t>MagEasy</t>
+          <t>SwitchEasy</t>
         </is>
       </c>
       <c r="E227" t="inlineStr">
         <is>
-          <t>ME</t>
+          <t>SE</t>
         </is>
       </c>
       <c r="F227" t="inlineStr">
         <is>
-          <t>Vetro 9H iPhone 鋼化玻璃保護膜</t>
+          <t>Starfield M iPhone 星砂防摔手機殼</t>
         </is>
       </c>
       <c r="G227" t="inlineStr">
         <is>
-          <t>PH023</t>
+          <t>PH289</t>
         </is>
       </c>
       <c r="H227" t="inlineStr">
         <is>
           <t>商品編號取名</t>
         </is>
       </c>
       <c r="I227" t="inlineStr"/>
       <c r="J227" t="inlineStr">
         <is>
-          <t>JMEPH023</t>
+          <t>BSEPH289</t>
         </is>
       </c>
       <c r="K227" t="inlineStr">
         <is>
           <t>iPhone 16e/iPhone 16/iPhone 16 Plus/iPhone 16 Pro/iPhone 16 Pro Max</t>
         </is>
       </c>
       <c r="L227" t="inlineStr">
         <is>
           <t>型號</t>
         </is>
       </c>
       <c r="M227" t="inlineStr">
         <is>
-          <t>透明</t>
+          <t>透明/夜幕</t>
         </is>
       </c>
       <c r="N227" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O227" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P227" t="inlineStr"/>
       <c r="Q227" t="inlineStr"/>
       <c r="R227" t="n">
-        <v>227</v>
+        <v>226</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" t="n">
-        <v>239</v>
+        <v>219</v>
       </c>
       <c r="B228" t="inlineStr">
         <is>
-          <t>保護膜</t>
+          <t>保護套</t>
         </is>
       </c>
       <c r="C228" t="inlineStr">
         <is>
-          <t>J</t>
+          <t>B</t>
         </is>
       </c>
       <c r="D228" t="inlineStr">
         <is>
-          <t>MagEasy</t>
+          <t>SwitchEasy</t>
         </is>
       </c>
       <c r="E228" t="inlineStr">
         <is>
-          <t>ME</t>
+          <t>SE</t>
         </is>
       </c>
       <c r="F228" t="inlineStr">
         <is>
-          <t>Vetro Privacy iPhone 防窺鋼化玻璃保護膜</t>
+          <t>Fleur iPhone 花卉系列防摔手機殼</t>
         </is>
       </c>
       <c r="G228" t="inlineStr">
         <is>
-          <t>PH026</t>
+          <t>PH285</t>
         </is>
       </c>
       <c r="H228" t="inlineStr">
         <is>
           <t>商品編號取名</t>
         </is>
       </c>
       <c r="I228" t="inlineStr"/>
       <c r="J228" t="inlineStr">
         <is>
-          <t>JMEPH026</t>
+          <t>BSEPH285</t>
         </is>
       </c>
       <c r="K228" t="inlineStr">
         <is>
           <t>iPhone 16/iPhone 16 Plus/iPhone 16 Pro/iPhone 16 Pro Max</t>
         </is>
       </c>
       <c r="L228" t="inlineStr">
         <is>
           <t>型號</t>
         </is>
       </c>
       <c r="M228" t="inlineStr">
         <is>
-          <t>透明</t>
+          <t>白花</t>
         </is>
       </c>
       <c r="N228" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O228" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P228" t="inlineStr"/>
       <c r="Q228" t="inlineStr"/>
       <c r="R228" t="n">
-        <v>228</v>
+        <v>227</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" t="n">
-        <v>240</v>
+        <v>220</v>
       </c>
       <c r="B229" t="inlineStr">
         <is>
-          <t>保護膜</t>
+          <t>保護套</t>
         </is>
       </c>
       <c r="C229" t="inlineStr">
         <is>
-          <t>J</t>
+          <t>B</t>
         </is>
       </c>
       <c r="D229" t="inlineStr">
         <is>
-          <t>MagEasy</t>
+          <t>SwitchEasy</t>
         </is>
       </c>
       <c r="E229" t="inlineStr">
         <is>
-          <t>ME</t>
+          <t>SE</t>
         </is>
       </c>
       <c r="F229" t="inlineStr">
         <is>
-          <t>Vetro BlueLight iPhone 抗藍光鋼化玻璃保護膜</t>
+          <t>Fleur M iPhone 花卉系列防摔手機殼</t>
         </is>
       </c>
       <c r="G229" t="inlineStr">
         <is>
-          <t>PH025</t>
+          <t>PH286</t>
         </is>
       </c>
       <c r="H229" t="inlineStr">
         <is>
           <t>商品編號取名</t>
         </is>
       </c>
       <c r="I229" t="inlineStr"/>
       <c r="J229" t="inlineStr">
         <is>
-          <t>JMEPH025</t>
+          <t>BSEPH286</t>
         </is>
       </c>
       <c r="K229" t="inlineStr">
         <is>
-          <t>iPhone 16/iPhone 16 Plus/iPhone 16 Pro/iPhone 16 Pro Max</t>
+          <t>iPhone 16e/iPhone 16/iPhone 16 Plus/iPhone 16 Pro/iPhone 16 Pro Max</t>
         </is>
       </c>
       <c r="L229" t="inlineStr">
         <is>
           <t>型號</t>
         </is>
       </c>
       <c r="M229" t="inlineStr">
         <is>
-          <t>透明</t>
+          <t>白色/玫瑰</t>
         </is>
       </c>
       <c r="N229" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O229" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P229" t="inlineStr"/>
       <c r="Q229" t="inlineStr"/>
       <c r="R229" t="n">
-        <v>229</v>
+        <v>228</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" t="n">
-        <v>241</v>
+        <v>221</v>
       </c>
       <c r="B230" t="inlineStr">
         <is>
-          <t>保護膜</t>
+          <t>保護套</t>
         </is>
       </c>
       <c r="C230" t="inlineStr">
         <is>
-          <t>J</t>
+          <t>B</t>
         </is>
       </c>
       <c r="D230" t="inlineStr">
         <is>
           <t>MagEasy</t>
         </is>
       </c>
       <c r="E230" t="inlineStr">
         <is>
           <t>ME</t>
         </is>
       </c>
       <c r="F230" t="inlineStr">
         <is>
-          <t>Lenz iPhone 兩鏡頭藍寶石鏡頭膜</t>
+          <t>Odyssey iPhone 超軍規防摔手機殼</t>
         </is>
       </c>
       <c r="G230" t="inlineStr">
         <is>
-          <t>PH617</t>
+          <t>PH007</t>
         </is>
       </c>
       <c r="H230" t="inlineStr">
         <is>
           <t>商品編號取名</t>
         </is>
       </c>
       <c r="I230" t="inlineStr"/>
       <c r="J230" t="inlineStr">
         <is>
-          <t>JMEPH617</t>
+          <t>BMEPH007</t>
         </is>
       </c>
       <c r="K230" t="inlineStr">
         <is>
-          <t>iPhone 16/iPhone 16 Plus</t>
+          <t>iPhone 16/iPhone 16 Plus/iPhone 16 Pro/iPhone 16 Pro Max</t>
         </is>
       </c>
       <c r="L230" t="inlineStr">
         <is>
           <t>型號</t>
         </is>
       </c>
       <c r="M230" t="inlineStr">
         <is>
-          <t>黑色/白色/粉紫/藍色/水藍/鈦彩</t>
+          <t>皮革黑</t>
         </is>
       </c>
       <c r="N230" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O230" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P230" t="inlineStr"/>
       <c r="Q230" t="inlineStr"/>
       <c r="R230" t="n">
-        <v>230</v>
+        <v>229</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" t="n">
-        <v>242</v>
+        <v>222</v>
       </c>
       <c r="B231" t="inlineStr">
         <is>
-          <t>保護膜</t>
+          <t>保護套</t>
         </is>
       </c>
       <c r="C231" t="inlineStr">
         <is>
-          <t>J</t>
+          <t>B</t>
         </is>
       </c>
       <c r="D231" t="inlineStr">
         <is>
           <t>MagEasy</t>
         </is>
       </c>
       <c r="E231" t="inlineStr">
         <is>
           <t>ME</t>
         </is>
       </c>
       <c r="F231" t="inlineStr">
         <is>
-          <t>Lenz iPhone 三鏡頭鏡頭膜</t>
+          <t>Odyssey M iPhone 超軍規防摔手機殼</t>
         </is>
       </c>
       <c r="G231" t="inlineStr">
         <is>
-          <t>PH61P</t>
+          <t>PH009</t>
         </is>
       </c>
       <c r="H231" t="inlineStr">
         <is>
           <t>商品編號取名</t>
         </is>
       </c>
       <c r="I231" t="inlineStr"/>
       <c r="J231" t="inlineStr">
         <is>
-          <t>JMEPH61P</t>
+          <t>BMEPH009</t>
         </is>
       </c>
       <c r="K231" t="inlineStr">
         <is>
-          <t>iPhone 16 Pro/iPhone 16 Pro Max</t>
+          <t>iPhone 16/iPhone 16 Plus/iPhone 16 Pro/iPhone 16 Pro Max</t>
         </is>
       </c>
       <c r="L231" t="inlineStr">
         <is>
           <t>型號</t>
         </is>
       </c>
       <c r="M231" t="inlineStr">
         <is>
-          <t>鈦白/鈦黑/原色鈦/鈦玫瑰/鈦彩/鈦白(Ti64)/鈦黑 (Ti64)/鈦原色 (Ti64)/ 鈦玫瑰 (Ti64)</t>
+          <t>皮革黑/金屬黑/鈦原色/金屬銀</t>
         </is>
       </c>
       <c r="N231" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O231" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P231" t="inlineStr"/>
       <c r="Q231" t="inlineStr"/>
       <c r="R231" t="n">
-        <v>231</v>
+        <v>230</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" t="n">
-        <v>243</v>
+        <v>223</v>
       </c>
       <c r="B232" t="inlineStr">
         <is>
-          <t>保護膜</t>
+          <t>保護套</t>
         </is>
       </c>
       <c r="C232" t="inlineStr">
         <is>
-          <t>J</t>
+          <t>B</t>
         </is>
       </c>
       <c r="D232" t="inlineStr">
         <is>
-          <t>SwitchEasy</t>
+          <t>MagEasy</t>
         </is>
       </c>
       <c r="E232" t="inlineStr">
         <is>
-          <t>SE</t>
+          <t>ME</t>
         </is>
       </c>
       <c r="F232" t="inlineStr">
         <is>
-          <t>LenShield iPhone 鋁合金鏡頭貼</t>
+          <t>Odyssey Stand M iPhone 超軍規防摔手機殼</t>
         </is>
       </c>
       <c r="G232" t="inlineStr">
         <is>
-          <t>PH028</t>
+          <t>PH256</t>
         </is>
       </c>
       <c r="H232" t="inlineStr">
         <is>
           <t>商品編號取名</t>
         </is>
       </c>
       <c r="I232" t="inlineStr"/>
       <c r="J232" t="inlineStr">
         <is>
-          <t>JSEPH028</t>
+          <t>BMEPH256</t>
         </is>
       </c>
       <c r="K232" t="inlineStr">
         <is>
-          <t>iPhone 16(雙鏡頭)/iPhone 16 Plus(雙鏡頭)/iPhone 16 Pro(三鏡頭)/iPhone 16 Pro Max(三鏡頭)</t>
+          <t>iPhone 16/iPhone 16 Plus/iPhone 16 Pro/iPhone 16 Pro Max</t>
         </is>
       </c>
       <c r="L232" t="inlineStr">
         <is>
           <t>型號</t>
         </is>
       </c>
       <c r="M232" t="inlineStr">
         <is>
-          <t>黑色/玫瑰金/鈦色</t>
+          <t>皮革黑/金屬黑/鈦原色</t>
         </is>
       </c>
       <c r="N232" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O232" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P232" t="inlineStr"/>
       <c r="Q232" t="inlineStr"/>
       <c r="R232" t="n">
-        <v>232</v>
+        <v>231</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" t="n">
-        <v>244</v>
+        <v>224</v>
       </c>
       <c r="B233" t="inlineStr">
         <is>
-          <t>保護膜</t>
+          <t>保護套</t>
         </is>
       </c>
       <c r="C233" t="inlineStr">
         <is>
-          <t>J</t>
+          <t>B</t>
         </is>
       </c>
       <c r="D233" t="inlineStr">
         <is>
-          <t>SwitchEasy</t>
+          <t>MagEasy</t>
         </is>
       </c>
       <c r="E233" t="inlineStr">
         <is>
-          <t>SE</t>
+          <t>ME</t>
         </is>
       </c>
       <c r="F233" t="inlineStr">
         <is>
-          <t>LensArmor iPhone 全透明鏡頭保護貼</t>
+          <t>Pouch M iPhone 錢包掛繩支架手機殼</t>
         </is>
       </c>
       <c r="G233" t="inlineStr">
         <is>
-          <t>PH178</t>
+          <t>PH264</t>
         </is>
       </c>
       <c r="H233" t="inlineStr">
         <is>
           <t>商品編號取名</t>
         </is>
       </c>
       <c r="I233" t="inlineStr"/>
       <c r="J233" t="inlineStr">
         <is>
-          <t>JSEPH178</t>
+          <t>BMEPH264</t>
         </is>
       </c>
       <c r="K233" t="inlineStr">
         <is>
-          <t>iPhone 16(雙鏡頭)/iPhone 16 Plus(雙鏡頭)/iPhone 16 Pro(三鏡頭)/iPhone 16 Pro Max(三鏡頭)</t>
+          <t>iPhone 16/iPhone 16 Plus/iPhone 16 Pro/iPhone 16 Pro Max</t>
         </is>
       </c>
       <c r="L233" t="inlineStr">
         <is>
           <t>型號</t>
         </is>
       </c>
       <c r="M233" t="inlineStr">
         <is>
-          <t>透明</t>
+          <t>黑色/星光白/玫瑰/駝色/灰色</t>
         </is>
       </c>
       <c r="N233" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O233" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P233" t="inlineStr"/>
       <c r="Q233" t="inlineStr"/>
       <c r="R233" t="n">
-        <v>233</v>
+        <v>232</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" t="n">
-        <v>245</v>
+        <v>225</v>
       </c>
       <c r="B234" t="inlineStr">
         <is>
           <t>保護套</t>
         </is>
       </c>
       <c r="C234" t="inlineStr">
         <is>
           <t>B</t>
         </is>
       </c>
       <c r="D234" t="inlineStr">
         <is>
           <t>MagEasy</t>
         </is>
       </c>
       <c r="E234" t="inlineStr">
         <is>
           <t>ME</t>
         </is>
       </c>
       <c r="F234" t="inlineStr">
         <is>
-          <t>Magfolio iPad 聰穎雙面夾</t>
+          <t>Atoms iPhone 超軍規防摔手機殼</t>
         </is>
       </c>
       <c r="G234" t="inlineStr">
         <is>
-          <t>PD190</t>
+          <t>PH050</t>
         </is>
       </c>
       <c r="H234" t="inlineStr">
         <is>
           <t>商品編號取名</t>
         </is>
       </c>
       <c r="I234" t="inlineStr"/>
       <c r="J234" t="inlineStr">
         <is>
-          <t>BMEPD190</t>
+          <t>BMEPH050</t>
         </is>
       </c>
       <c r="K234" t="inlineStr">
         <is>
-          <t>10.9&amp;11吋/12.9吋</t>
+          <t>iPhone 16/iPhone 16 Plus/iPhone 16 Pro/iPhone 16 Pro Max</t>
         </is>
       </c>
       <c r="L234" t="inlineStr">
         <is>
-          <t>尺寸</t>
+          <t>型號</t>
         </is>
       </c>
       <c r="M234" t="inlineStr">
         <is>
-          <t>石墨色</t>
+          <t>透明</t>
         </is>
       </c>
       <c r="N234" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O234" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P234" t="inlineStr"/>
       <c r="Q234" t="inlineStr"/>
       <c r="R234" t="n">
-        <v>234</v>
+        <v>233</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" t="n">
-        <v>246</v>
+        <v>226</v>
       </c>
       <c r="B235" t="inlineStr">
         <is>
           <t>保護套</t>
         </is>
       </c>
       <c r="C235" t="inlineStr">
         <is>
           <t>B</t>
         </is>
       </c>
       <c r="D235" t="inlineStr">
         <is>
-          <t>SwitchEasy</t>
+          <t>MagEasy</t>
         </is>
       </c>
       <c r="E235" t="inlineStr">
         <is>
-          <t>SE</t>
+          <t>ME</t>
         </is>
       </c>
       <c r="F235" t="inlineStr">
         <is>
-          <t>Origami iPad 全尺寸多角度支架折疊保護套</t>
+          <t>Atoms M iPhone 超軍規防摔手機殼</t>
         </is>
       </c>
       <c r="G235" t="inlineStr">
         <is>
-          <t>PD093</t>
+          <t>PH051</t>
         </is>
       </c>
       <c r="H235" t="inlineStr">
         <is>
           <t>商品編號取名</t>
         </is>
       </c>
       <c r="I235" t="inlineStr"/>
       <c r="J235" t="inlineStr">
         <is>
-          <t>BSEPD093</t>
+          <t>BMEPH051</t>
         </is>
       </c>
       <c r="K235" t="inlineStr">
         <is>
-          <t>8.3吋/10.2吋/10.9吋/11吋/12.9吋/13吋</t>
+          <t>iPhone 16/iPhone 16 Plus/iPhone 16 Pro/iPhone 16 Pro Max</t>
         </is>
       </c>
       <c r="L235" t="inlineStr">
         <is>
-          <t>尺寸</t>
+          <t>型號</t>
         </is>
       </c>
       <c r="M235" t="inlineStr">
         <is>
-          <t>黑色/阿拉斯加藍/星光白/寧靜藍/粉沙色/砂粉色/紫丁香/皮革黑/松葉綠</t>
+          <t>透明/透黑</t>
         </is>
       </c>
       <c r="N235" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O235" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P235" t="inlineStr"/>
       <c r="Q235" t="inlineStr"/>
       <c r="R235" t="n">
-        <v>235</v>
+        <v>234</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" t="n">
-        <v>247</v>
+        <v>227</v>
       </c>
       <c r="B236" t="inlineStr">
         <is>
           <t>保護套</t>
         </is>
       </c>
       <c r="C236" t="inlineStr">
         <is>
           <t>B</t>
         </is>
       </c>
       <c r="D236" t="inlineStr">
         <is>
           <t>SwitchEasy</t>
         </is>
       </c>
       <c r="E236" t="inlineStr">
         <is>
           <t>SE</t>
         </is>
       </c>
       <c r="F236" t="inlineStr">
         <is>
-          <t>Origami Nude iPad多角度透明保護套</t>
+          <t>EasyStand M iPhone 磁吸支架防摔手機殼</t>
         </is>
       </c>
       <c r="G236" t="inlineStr">
         <is>
-          <t>PD037</t>
+          <t>PH267</t>
         </is>
       </c>
       <c r="H236" t="inlineStr">
         <is>
           <t>商品編號取名</t>
         </is>
       </c>
       <c r="I236" t="inlineStr"/>
       <c r="J236" t="inlineStr">
         <is>
-          <t>BSEPD037</t>
+          <t>BSEPH267</t>
         </is>
       </c>
       <c r="K236" t="inlineStr">
         <is>
-          <t>8.3吋/10.2吋/10.9吋/11吋/12.9吋/13吋</t>
+          <t>iPhone 16/iPhone 16 Plus/iPhone 16 Pro/iPhone 16 Pro Max</t>
         </is>
       </c>
       <c r="L236" t="inlineStr">
         <is>
-          <t>尺寸</t>
+          <t>型號</t>
         </is>
       </c>
       <c r="M236" t="inlineStr">
         <is>
-          <t>黑色/阿拉斯加藍/星光白/粉沙色/奶茶色/灰色</t>
+          <t>黑色/鈦色</t>
         </is>
       </c>
       <c r="N236" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O236" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P236" t="inlineStr"/>
       <c r="Q236" t="inlineStr"/>
       <c r="R236" t="n">
-        <v>236</v>
+        <v>235</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" t="n">
-        <v>248</v>
+        <v>228</v>
       </c>
       <c r="B237" t="inlineStr">
         <is>
           <t>保護套</t>
         </is>
       </c>
       <c r="C237" t="inlineStr">
         <is>
           <t>B</t>
         </is>
       </c>
       <c r="D237" t="inlineStr">
         <is>
           <t>MagEasy</t>
         </is>
       </c>
       <c r="E237" t="inlineStr">
         <is>
           <t>ME</t>
         </is>
       </c>
       <c r="F237" t="inlineStr">
         <is>
-          <t>Citicover 磁吸保護殼 iPad 支援巧控鍵盤</t>
+          <t>Kev M iPhone 軍工航太纖維手機殼</t>
         </is>
       </c>
       <c r="G237" t="inlineStr">
         <is>
-          <t>PD114</t>
+          <t>PH259</t>
         </is>
       </c>
       <c r="H237" t="inlineStr">
         <is>
           <t>商品編號取名</t>
         </is>
       </c>
       <c r="I237" t="inlineStr"/>
       <c r="J237" t="inlineStr">
         <is>
-          <t>BMEPD114</t>
+          <t>BMEPH259</t>
         </is>
       </c>
       <c r="K237" t="inlineStr">
         <is>
-          <t>10.9&amp;11吋/12.9吋</t>
+          <t>iPhone 16/iPhone 16 Plus/iPhone 16 Pro/iPhone 16 Pro Max</t>
         </is>
       </c>
       <c r="L237" t="inlineStr">
         <is>
-          <t>尺寸</t>
+          <t>型號</t>
         </is>
       </c>
       <c r="M237" t="inlineStr">
         <is>
-          <t>皮革黑/白色</t>
+          <t>1500D黑/600D黑</t>
         </is>
       </c>
       <c r="N237" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O237" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P237" t="inlineStr"/>
       <c r="Q237" t="inlineStr"/>
       <c r="R237" t="n">
-        <v>237</v>
+        <v>236</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" t="n">
-        <v>249</v>
+        <v>229</v>
       </c>
       <c r="B238" t="inlineStr">
         <is>
           <t>保護套</t>
         </is>
       </c>
       <c r="C238" t="inlineStr">
         <is>
           <t>B</t>
         </is>
       </c>
       <c r="D238" t="inlineStr">
         <is>
           <t>MagEasy</t>
         </is>
       </c>
       <c r="E238" t="inlineStr">
         <is>
           <t>ME</t>
         </is>
       </c>
       <c r="F238" t="inlineStr">
         <is>
-          <t>LIFT增高支架保護殼</t>
+          <t>Vibrant M iPhone 超軍規防摔手機殼</t>
         </is>
       </c>
       <c r="G238" t="inlineStr">
         <is>
-          <t>PD208</t>
+          <t>PH261</t>
         </is>
       </c>
       <c r="H238" t="inlineStr">
         <is>
           <t>商品編號取名</t>
         </is>
       </c>
       <c r="I238" t="inlineStr"/>
       <c r="J238" t="inlineStr">
         <is>
-          <t>BMEPD208</t>
+          <t>BMEPH261</t>
         </is>
       </c>
       <c r="K238" t="inlineStr">
         <is>
-          <t>10.9&amp;11吋/12.9吋/13吋/11吋</t>
+          <t>iPhone 16/iPhone 16 Plus/iPhone 16 Pro/iPhone 16 Pro Max</t>
         </is>
       </c>
       <c r="L238" t="inlineStr">
         <is>
-          <t>尺寸</t>
+          <t>型號</t>
         </is>
       </c>
       <c r="M238" t="inlineStr">
         <is>
-          <t>黑色/阿拉斯加藍/星光白/星光灰</t>
+          <t>黑色/透明/紫色/藍色/水藍/鈦色/玫瑰</t>
         </is>
       </c>
       <c r="N238" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O238" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P238" t="inlineStr"/>
       <c r="Q238" t="inlineStr"/>
       <c r="R238" t="n">
-        <v>238</v>
+        <v>237</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" t="n">
-        <v>250</v>
+        <v>230</v>
       </c>
       <c r="B239" t="inlineStr">
         <is>
           <t>保護套</t>
         </is>
       </c>
       <c r="C239" t="inlineStr">
         <is>
           <t>B</t>
         </is>
       </c>
       <c r="D239" t="inlineStr">
         <is>
           <t>MagEasy</t>
         </is>
       </c>
       <c r="E239" t="inlineStr">
         <is>
           <t>ME</t>
         </is>
       </c>
       <c r="F239" t="inlineStr">
         <is>
-          <t>Vivaz+ iPad 可拆式多角度支架透明保護套</t>
+          <t>Urban M 3D iPhone 視覺防摔磁吸手機殼</t>
         </is>
       </c>
       <c r="G239" t="inlineStr">
         <is>
-          <t>PD105</t>
+          <t>PH265</t>
         </is>
       </c>
       <c r="H239" t="inlineStr">
         <is>
           <t>商品編號取名</t>
         </is>
       </c>
       <c r="I239" t="inlineStr"/>
       <c r="J239" t="inlineStr">
         <is>
-          <t>BMEPD105</t>
+          <t>BMEPH265</t>
         </is>
       </c>
       <c r="K239" t="inlineStr">
         <is>
-          <t>10.9&amp;11吋/12.9吋</t>
+          <t>iPhone 16/iPhone 16 Plus/iPhone 16 Pro/iPhone 16 Pro Max</t>
         </is>
       </c>
       <c r="L239" t="inlineStr">
         <is>
-          <t>尺寸</t>
+          <t>型號</t>
         </is>
       </c>
       <c r="M239" t="inlineStr">
         <is>
-          <t>石墨色/灰褐色/石墨色(M系列)/灰褐色(M系列)</t>
+          <t>紐約/倫敦/台北/東京</t>
         </is>
       </c>
       <c r="N239" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O239" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P239" t="inlineStr"/>
       <c r="Q239" t="inlineStr"/>
       <c r="R239" t="n">
-        <v>239</v>
+        <v>238</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" t="n">
-        <v>251</v>
+        <v>231</v>
       </c>
       <c r="B240" t="inlineStr">
         <is>
           <t>保護套</t>
         </is>
       </c>
       <c r="C240" t="inlineStr">
         <is>
           <t>B</t>
         </is>
       </c>
       <c r="D240" t="inlineStr">
         <is>
           <t>MagEasy</t>
         </is>
       </c>
       <c r="E240" t="inlineStr">
         <is>
           <t>ME</t>
         </is>
       </c>
       <c r="F240" t="inlineStr">
         <is>
-          <t>Vivaz iPad 多角度支架透明保護套</t>
+          <t>XRay M 3D iPhone 視覺防摔手機殼</t>
         </is>
       </c>
       <c r="G240" t="inlineStr">
         <is>
-          <t>PD103</t>
+          <t>PH266</t>
         </is>
       </c>
       <c r="H240" t="inlineStr">
         <is>
           <t>商品編號取名</t>
         </is>
       </c>
       <c r="I240" t="inlineStr"/>
       <c r="J240" t="inlineStr">
         <is>
-          <t>BMEPD103</t>
+          <t>BMEPH266</t>
         </is>
       </c>
       <c r="K240" t="inlineStr">
         <is>
-          <t>10.9&amp;11吋/12.9吋</t>
+          <t>iPhone 16/iPhone 16 Plus/iPhone 16 Pro/iPhone 16 Pro Max</t>
         </is>
       </c>
       <c r="L240" t="inlineStr">
         <is>
-          <t>尺寸</t>
+          <t>型號</t>
         </is>
       </c>
       <c r="M240" t="inlineStr">
         <is>
-          <t>石墨色/灰褐色</t>
+          <t>透明/透黑/透灰</t>
         </is>
       </c>
       <c r="N240" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O240" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P240" t="inlineStr"/>
       <c r="Q240" t="inlineStr"/>
       <c r="R240" t="n">
-        <v>240</v>
+        <v>239</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" t="n">
-        <v>252</v>
+        <v>232</v>
       </c>
       <c r="B241" t="inlineStr">
         <is>
           <t>保護套</t>
         </is>
       </c>
       <c r="C241" t="inlineStr">
         <is>
           <t>B</t>
         </is>
       </c>
       <c r="D241" t="inlineStr">
         <is>
           <t>MagEasy</t>
         </is>
       </c>
       <c r="E241" t="inlineStr">
         <is>
           <t>ME</t>
         </is>
       </c>
       <c r="F241" t="inlineStr">
         <is>
-          <t>Facet iPad 全方位支架透明保護殼套</t>
+          <t>Aero iPhone Pro極輕薄防摔手機殼(兼容 MagSafe)</t>
         </is>
       </c>
       <c r="G241" t="inlineStr">
         <is>
-          <t>PD204</t>
+          <t>PH005</t>
         </is>
       </c>
       <c r="H241" t="inlineStr">
         <is>
           <t>商品編號取名</t>
         </is>
       </c>
       <c r="I241" t="inlineStr"/>
       <c r="J241" t="inlineStr">
         <is>
-          <t>BMEPD204</t>
+          <t>BMEPH005</t>
         </is>
       </c>
       <c r="K241" t="inlineStr">
         <is>
-          <t>10.9吋/11吋/12.9吋/13吋</t>
+          <t>iPhone 16/iPhone 16 Plus/iPhone 16 Pro/iPhone 16 Pro Max</t>
         </is>
       </c>
       <c r="L241" t="inlineStr">
         <is>
-          <t>尺寸</t>
+          <t>型號</t>
         </is>
       </c>
       <c r="M241" t="inlineStr">
         <is>
-          <t>黑色/阿拉斯加藍/星光白/奶茶色/寧靜藍/星光灰/雪白/天空藍</t>
+          <t>透明/透明黑/鈦色/霧透黑</t>
         </is>
       </c>
       <c r="N241" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O241" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P241" t="inlineStr"/>
       <c r="Q241" t="inlineStr"/>
       <c r="R241" t="n">
-        <v>241</v>
+        <v>240</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" t="n">
-        <v>253</v>
+        <v>233</v>
       </c>
       <c r="B242" t="inlineStr">
         <is>
           <t>保護套</t>
         </is>
       </c>
       <c r="C242" t="inlineStr">
         <is>
           <t>B</t>
         </is>
       </c>
       <c r="D242" t="inlineStr">
         <is>
           <t>MagEasy</t>
         </is>
       </c>
       <c r="E242" t="inlineStr">
         <is>
           <t>ME</t>
         </is>
       </c>
       <c r="F242" t="inlineStr">
         <is>
-          <t>Facet iPad 筆槽款全方位支架透明保護套</t>
+          <t>Card Folio M iPhone皮革翻蓋支架手機殼</t>
         </is>
       </c>
       <c r="G242" t="inlineStr">
         <is>
-          <t>PD251</t>
+          <t>PH263</t>
         </is>
       </c>
       <c r="H242" t="inlineStr">
         <is>
           <t>商品編號取名</t>
         </is>
       </c>
       <c r="I242" t="inlineStr"/>
       <c r="J242" t="inlineStr">
         <is>
-          <t>BMEPD251</t>
+          <t>BMEPH263</t>
         </is>
       </c>
       <c r="K242" t="inlineStr">
         <is>
-          <t>10.9吋/11吋/12.9吋/13吋</t>
+          <t>iPhone 16/iPhone 16 Plus/iPhone 16 Pro/iPhone 16 Pro Max</t>
         </is>
       </c>
       <c r="L242" t="inlineStr">
         <is>
-          <t>尺寸</t>
+          <t>型號</t>
         </is>
       </c>
       <c r="M242" t="inlineStr">
         <is>
-          <t>黑色/阿拉斯加藍/星光白</t>
+          <t>黑色/星光白</t>
         </is>
       </c>
       <c r="N242" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O242" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P242" t="inlineStr"/>
       <c r="Q242" t="inlineStr"/>
       <c r="R242" t="n">
-        <v>242</v>
+        <v>241</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" t="n">
-        <v>254</v>
+        <v>234</v>
       </c>
       <c r="B243" t="inlineStr">
         <is>
           <t>保護套</t>
         </is>
       </c>
       <c r="C243" t="inlineStr">
         <is>
           <t>B</t>
         </is>
       </c>
       <c r="D243" t="inlineStr">
         <is>
           <t>SwitchEasy</t>
         </is>
       </c>
       <c r="E243" t="inlineStr">
         <is>
           <t>SE</t>
         </is>
       </c>
       <c r="F243" t="inlineStr">
         <is>
-          <t>CoverBuddy iPad 磁吸升級版保護殼</t>
+          <t>Style M iPhone 印花防摔手機殼</t>
         </is>
       </c>
       <c r="G243" t="inlineStr">
         <is>
-          <t>GS109</t>
+          <t>PH290</t>
         </is>
       </c>
       <c r="H243" t="inlineStr">
         <is>
           <t>商品編號取名</t>
         </is>
       </c>
       <c r="I243" t="inlineStr"/>
       <c r="J243" t="inlineStr">
         <is>
-          <t>BSEGS109</t>
+          <t>BSEPH290</t>
         </is>
       </c>
       <c r="K243" t="inlineStr">
         <is>
-          <t>10.9吋/11吋/12.9吋</t>
+          <t>iPhone 16/iPhone 16 Plus/iPhone 16 Pro/iPhone 16 Pro Max</t>
         </is>
       </c>
       <c r="L243" t="inlineStr">
         <is>
-          <t>尺寸</t>
+          <t>型號</t>
         </is>
       </c>
       <c r="M243" t="inlineStr">
         <is>
-          <t>實黑/實白</t>
+          <t>巴黎/紐約/倫敦/雛菊/粉櫻</t>
         </is>
       </c>
       <c r="N243" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O243" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P243" t="inlineStr"/>
       <c r="Q243" t="inlineStr"/>
       <c r="R243" t="n">
-        <v>243</v>
+        <v>242</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" t="n">
-        <v>255</v>
+        <v>235</v>
       </c>
       <c r="B244" t="inlineStr">
         <is>
           <t>保護套</t>
         </is>
       </c>
       <c r="C244" t="inlineStr">
         <is>
           <t>B</t>
         </is>
       </c>
       <c r="D244" t="inlineStr">
         <is>
-          <t>MagEasy</t>
+          <t>SwitchEasy</t>
         </is>
       </c>
       <c r="E244" t="inlineStr">
         <is>
-          <t>ME</t>
+          <t>SE</t>
         </is>
       </c>
       <c r="F244" t="inlineStr">
         <is>
-          <t>CoverBuddy iPad磁吸保護殼</t>
+          <t>Artist iPhone 藝術家防摔手機殼</t>
         </is>
       </c>
       <c r="G244" t="inlineStr">
         <is>
-          <t>PD253</t>
+          <t>PH019</t>
         </is>
       </c>
       <c r="H244" t="inlineStr">
         <is>
           <t>商品編號取名</t>
         </is>
       </c>
       <c r="I244" t="inlineStr"/>
       <c r="J244" t="inlineStr">
         <is>
-          <t>BMEPD253</t>
+          <t>BSEPH019</t>
         </is>
       </c>
       <c r="K244" t="inlineStr">
         <is>
-          <t>10.9吋/11吋/12.9吋/13吋</t>
+          <t>iPhone 16/iPhone 16 Plus/iPhone 16 Pro/iPhone 16 Pro Max</t>
         </is>
       </c>
       <c r="L244" t="inlineStr">
         <is>
-          <t>尺寸</t>
+          <t>型號</t>
         </is>
       </c>
       <c r="M244" t="inlineStr">
         <is>
-          <t>黑色/白色/黑色升級版/白色升級版</t>
+          <t>麻之葉/櫻花/雨林/大理石黑/大理石白</t>
         </is>
       </c>
       <c r="N244" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O244" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P244" t="inlineStr"/>
       <c r="Q244" t="inlineStr"/>
       <c r="R244" t="n">
-        <v>244</v>
+        <v>243</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" t="n">
-        <v>256</v>
+        <v>236</v>
       </c>
       <c r="B245" t="inlineStr">
         <is>
-          <t>保護膜</t>
+          <t>保護套</t>
         </is>
       </c>
       <c r="C245" t="inlineStr">
         <is>
-          <t>J</t>
+          <t>B</t>
         </is>
       </c>
       <c r="D245" t="inlineStr">
         <is>
-          <t>MagEasy</t>
+          <t>SwitchEasy</t>
         </is>
       </c>
       <c r="E245" t="inlineStr">
         <is>
-          <t>ME</t>
+          <t>SE</t>
         </is>
       </c>
       <c r="F245" t="inlineStr">
         <is>
-          <t>EasyPaper Pro可拆卸奈米吸盤類紙膜</t>
+          <t>Artist M iPhone 藝術家防摔手機殼</t>
         </is>
       </c>
       <c r="G245" t="inlineStr">
         <is>
-          <t>PD109</t>
+          <t>PH020</t>
         </is>
       </c>
       <c r="H245" t="inlineStr">
         <is>
           <t>商品編號取名</t>
         </is>
       </c>
       <c r="I245" t="inlineStr"/>
       <c r="J245" t="inlineStr">
         <is>
-          <t>JMEPD109</t>
+          <t>BSEPH020</t>
         </is>
       </c>
       <c r="K245" t="inlineStr">
         <is>
-          <t>8.3吋/Pro 11吋/Pro 13吋/iPad 10 &amp; A16/Air 11吋/Air 13吋/10.9吋/10.2吋/12.9吋</t>
+          <t>iPhone 16/iPhone 16 Plus/iPhone 16 Pro/iPhone 16 Pro Max</t>
         </is>
       </c>
       <c r="L245" t="inlineStr">
         <is>
-          <t>尺寸</t>
+          <t>型號</t>
         </is>
       </c>
       <c r="M245" t="inlineStr">
         <is>
-          <t>透明</t>
+          <t>極光/賽博/水墨/窗花/蒙德里安</t>
         </is>
       </c>
       <c r="N245" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O245" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P245" t="inlineStr"/>
       <c r="Q245" t="inlineStr"/>
       <c r="R245" t="n">
-        <v>245</v>
+        <v>244</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" t="n">
-        <v>257</v>
+        <v>237</v>
       </c>
       <c r="B246" t="inlineStr">
         <is>
-          <t>保護膜</t>
+          <t>保護套</t>
         </is>
       </c>
       <c r="C246" t="inlineStr">
         <is>
-          <t>J</t>
+          <t>B</t>
         </is>
       </c>
       <c r="D246" t="inlineStr">
         <is>
-          <t>MagEasy</t>
+          <t>SwitchEasy</t>
         </is>
       </c>
       <c r="E246" t="inlineStr">
         <is>
-          <t>ME</t>
+          <t>SE</t>
         </is>
       </c>
       <c r="F246" t="inlineStr">
         <is>
-          <t>EasyPaper Note類紙膜書寫款抗藍光</t>
+          <t>Cosmos M iPhone 星系防摔磁吸手機殼</t>
         </is>
       </c>
       <c r="G246" t="inlineStr">
         <is>
-          <t>PD108</t>
+          <t>PH287</t>
         </is>
       </c>
       <c r="H246" t="inlineStr">
         <is>
           <t>商品編號取名</t>
         </is>
       </c>
       <c r="I246" t="inlineStr"/>
       <c r="J246" t="inlineStr">
         <is>
-          <t>JMEPD108</t>
+          <t>BSEPH287</t>
         </is>
       </c>
       <c r="K246" t="inlineStr">
         <is>
-          <t>8.3吋/Pro 11吋/Pro 13吋/iPad 10 &amp; A16/Air 11吋/Air 13吋/10.9吋/10.2吋/12.9吋</t>
+          <t>iPhone 16/iPhone 16 Plus/iPhone 16 Pro/iPhone 16 Pro Max</t>
         </is>
       </c>
       <c r="L246" t="inlineStr">
         <is>
-          <t>尺寸</t>
+          <t>型號</t>
         </is>
       </c>
       <c r="M246" t="inlineStr">
         <is>
-          <t>透明</t>
+          <t>星雲</t>
         </is>
       </c>
       <c r="N246" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O246" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P246" t="inlineStr"/>
       <c r="Q246" t="inlineStr"/>
       <c r="R246" t="n">
-        <v>246</v>
+        <v>245</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" t="n">
-        <v>258</v>
+        <v>238</v>
       </c>
       <c r="B247" t="inlineStr">
         <is>
           <t>保護膜</t>
         </is>
       </c>
       <c r="C247" t="inlineStr">
         <is>
           <t>J</t>
         </is>
       </c>
       <c r="D247" t="inlineStr">
         <is>
           <t>MagEasy</t>
         </is>
       </c>
       <c r="E247" t="inlineStr">
         <is>
           <t>ME</t>
         </is>
       </c>
       <c r="F247" t="inlineStr">
         <is>
-          <t>EasyPaper類紙膜繪圖款保護貼</t>
+          <t>Vetro 9H iPhone 鋼化玻璃保護膜</t>
         </is>
       </c>
       <c r="G247" t="inlineStr">
         <is>
-          <t>PD107</t>
+          <t>PH023</t>
         </is>
       </c>
       <c r="H247" t="inlineStr">
         <is>
           <t>商品編號取名</t>
         </is>
       </c>
       <c r="I247" t="inlineStr"/>
       <c r="J247" t="inlineStr">
         <is>
-          <t>JMEPD107</t>
+          <t>JMEPH023</t>
         </is>
       </c>
       <c r="K247" t="inlineStr">
         <is>
-          <t>8.3吋/Pro 11吋/Pro 13吋/iPad 10 &amp; A16/Air 11吋/Air 13吋/10.9吋/10.2吋/12.9吋</t>
+          <t>iPhone 16e/iPhone 16/iPhone 16 Plus/iPhone 16 Pro/iPhone 16 Pro Max</t>
         </is>
       </c>
       <c r="L247" t="inlineStr">
         <is>
-          <t>尺寸</t>
+          <t>型號</t>
         </is>
       </c>
       <c r="M247" t="inlineStr">
         <is>
           <t>透明</t>
         </is>
       </c>
       <c r="N247" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O247" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P247" t="inlineStr"/>
       <c r="Q247" t="inlineStr"/>
       <c r="R247" t="n">
-        <v>247</v>
+        <v>246</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" t="n">
-        <v>259</v>
+        <v>239</v>
       </c>
       <c r="B248" t="inlineStr">
         <is>
           <t>保護膜</t>
         </is>
       </c>
       <c r="C248" t="inlineStr">
         <is>
           <t>J</t>
         </is>
       </c>
       <c r="D248" t="inlineStr">
         <is>
           <t>MagEasy</t>
         </is>
       </c>
       <c r="E248" t="inlineStr">
         <is>
           <t>ME</t>
         </is>
       </c>
       <c r="F248" t="inlineStr">
         <is>
-          <t>EasyPaper Pro 2-in-1</t>
+          <t>Vetro Privacy iPhone 防窺鋼化玻璃保護膜</t>
         </is>
       </c>
       <c r="G248" t="inlineStr">
         <is>
-          <t>PD239</t>
+          <t>PH026</t>
         </is>
       </c>
       <c r="H248" t="inlineStr">
         <is>
           <t>商品編號取名</t>
         </is>
       </c>
       <c r="I248" t="inlineStr"/>
       <c r="J248" t="inlineStr">
         <is>
-          <t>JMEPD239</t>
+          <t>JMEPH026</t>
         </is>
       </c>
       <c r="K248" t="inlineStr">
         <is>
-          <t>8.3吋/Pro 11吋/Pro 13吋/iPad 10 &amp; A16/Air 11吋/Air 13吋/10.9吋/10.2吋/12.9吋</t>
+          <t>iPhone 16/iPhone 16 Plus/iPhone 16 Pro/iPhone 16 Pro Max</t>
         </is>
       </c>
       <c r="L248" t="inlineStr">
         <is>
-          <t>尺寸</t>
+          <t>型號</t>
         </is>
       </c>
       <c r="M248" t="inlineStr">
         <is>
           <t>透明</t>
         </is>
       </c>
       <c r="N248" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O248" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P248" t="inlineStr"/>
       <c r="Q248" t="inlineStr"/>
       <c r="R248" t="n">
-        <v>248</v>
+        <v>247</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" t="n">
-        <v>260</v>
+        <v>240</v>
       </c>
       <c r="B249" t="inlineStr">
         <is>
           <t>保護膜</t>
         </is>
       </c>
       <c r="C249" t="inlineStr">
         <is>
           <t>J</t>
         </is>
       </c>
       <c r="D249" t="inlineStr">
         <is>
-          <t>SwitchEasy</t>
+          <t>MagEasy</t>
         </is>
       </c>
       <c r="E249" t="inlineStr">
         <is>
-          <t>SE</t>
+          <t>ME</t>
         </is>
       </c>
       <c r="F249" t="inlineStr">
         <is>
-          <t>iPad 抗藍光鋼化玻璃保護貼 Glass Defender</t>
+          <t>Vetro BlueLight iPhone 抗藍光鋼化玻璃保護膜</t>
         </is>
       </c>
       <c r="G249" t="inlineStr">
         <is>
-          <t>PD110</t>
+          <t>PH025</t>
         </is>
       </c>
       <c r="H249" t="inlineStr">
         <is>
           <t>商品編號取名</t>
         </is>
       </c>
       <c r="I249" t="inlineStr"/>
       <c r="J249" t="inlineStr">
         <is>
-          <t>JSEPD110</t>
+          <t>JMEPH025</t>
         </is>
       </c>
       <c r="K249" t="inlineStr">
         <is>
-          <t>8.3吋/10.2吋/11吋/12.9吋/13吋</t>
+          <t>iPhone 16/iPhone 16 Plus/iPhone 16 Pro/iPhone 16 Pro Max</t>
         </is>
       </c>
       <c r="L249" t="inlineStr">
         <is>
-          <t>尺寸</t>
+          <t>型號</t>
         </is>
       </c>
       <c r="M249" t="inlineStr">
         <is>
           <t>透明</t>
         </is>
       </c>
       <c r="N249" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O249" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P249" t="inlineStr"/>
       <c r="Q249" t="inlineStr"/>
       <c r="R249" t="n">
-        <v>249</v>
+        <v>248</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" t="n">
-        <v>261</v>
+        <v>241</v>
       </c>
       <c r="B250" t="inlineStr">
         <is>
           <t>保護膜</t>
         </is>
       </c>
       <c r="C250" t="inlineStr">
         <is>
           <t>J</t>
         </is>
       </c>
       <c r="D250" t="inlineStr">
         <is>
-          <t>SwitchEasy</t>
+          <t>MagEasy</t>
         </is>
       </c>
       <c r="E250" t="inlineStr">
         <is>
-          <t>SE</t>
+          <t>ME</t>
         </is>
       </c>
       <c r="F250" t="inlineStr">
         <is>
-          <t>PaperLike Note抗藍光類紙膜 iPad紙膜</t>
+          <t>Lenz iPhone 兩鏡頭藍寶石鏡頭膜</t>
         </is>
       </c>
       <c r="G250" t="inlineStr">
         <is>
-          <t>PD113</t>
+          <t>PH617</t>
         </is>
       </c>
       <c r="H250" t="inlineStr">
         <is>
           <t>商品編號取名</t>
         </is>
       </c>
       <c r="I250" t="inlineStr"/>
       <c r="J250" t="inlineStr">
         <is>
-          <t>JSEPD113</t>
+          <t>JMEPH617</t>
         </is>
       </c>
       <c r="K250" t="inlineStr">
         <is>
-          <t>8.3吋/10.2吋/10.9吋/Air 11吋/12.9吋/Air 13吋/Pro 11吋/Pro 13吋/A16 11吋</t>
+          <t>iPhone 16/iPhone 16 Plus</t>
         </is>
       </c>
       <c r="L250" t="inlineStr">
         <is>
-          <t>尺寸</t>
+          <t>型號</t>
         </is>
       </c>
       <c r="M250" t="inlineStr">
         <is>
-          <t>透明</t>
+          <t>黑色/白色/粉紫/藍色/水藍/鈦彩</t>
         </is>
       </c>
       <c r="N250" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O250" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P250" t="inlineStr"/>
       <c r="Q250" t="inlineStr"/>
       <c r="R250" t="n">
-        <v>250</v>
+        <v>249</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" t="n">
-        <v>262</v>
+        <v>242</v>
       </c>
       <c r="B251" t="inlineStr">
         <is>
           <t>保護膜</t>
         </is>
       </c>
       <c r="C251" t="inlineStr">
         <is>
           <t>J</t>
         </is>
       </c>
       <c r="D251" t="inlineStr">
         <is>
-          <t>SwitchEasy</t>
+          <t>MagEasy</t>
         </is>
       </c>
       <c r="E251" t="inlineStr">
         <is>
-          <t>SE</t>
+          <t>ME</t>
         </is>
       </c>
       <c r="F251" t="inlineStr">
         <is>
-          <t>EasyPaper iPad 類紙膜 PaperLike</t>
+          <t>Lenz iPhone 三鏡頭鏡頭膜</t>
         </is>
       </c>
       <c r="G251" t="inlineStr">
         <is>
-          <t>PD112</t>
+          <t>PH61P</t>
         </is>
       </c>
       <c r="H251" t="inlineStr">
         <is>
           <t>商品編號取名</t>
         </is>
       </c>
       <c r="I251" t="inlineStr"/>
       <c r="J251" t="inlineStr">
         <is>
-          <t>JSEPD112</t>
+          <t>JMEPH61P</t>
         </is>
       </c>
       <c r="K251" t="inlineStr">
         <is>
-          <t>8.3吋/10.2吋/10.9吋/Air 11吋/12.9吋/Air 13吋/Pro 11吋/Pro 13吋/A16 11吋</t>
+          <t>iPhone 16 Pro/iPhone 16 Pro Max</t>
         </is>
       </c>
       <c r="L251" t="inlineStr">
         <is>
-          <t>尺寸</t>
+          <t>型號</t>
         </is>
       </c>
       <c r="M251" t="inlineStr">
         <is>
-          <t>透明</t>
+          <t>鈦白/鈦黑/原色鈦/鈦玫瑰/鈦彩/鈦白(Ti64)/鈦黑 (Ti64)/鈦原色 (Ti64)/ 鈦玫瑰 (Ti64)</t>
         </is>
       </c>
       <c r="N251" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O251" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P251" t="inlineStr"/>
       <c r="Q251" t="inlineStr"/>
       <c r="R251" t="n">
-        <v>251</v>
+        <v>250</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" t="n">
-        <v>263</v>
+        <v>243</v>
       </c>
       <c r="B252" t="inlineStr">
         <is>
           <t>保護膜</t>
         </is>
       </c>
       <c r="C252" t="inlineStr">
         <is>
           <t>J</t>
         </is>
       </c>
       <c r="D252" t="inlineStr">
         <is>
           <t>SwitchEasy</t>
         </is>
       </c>
       <c r="E252" t="inlineStr">
         <is>
           <t>SE</t>
         </is>
       </c>
       <c r="F252" t="inlineStr">
         <is>
-          <t>SwitchPaper iPad磁吸式類紙膜 全尺寸可拆式</t>
+          <t>LenShield iPhone 鋁合金鏡頭貼</t>
         </is>
       </c>
       <c r="G252" t="inlineStr">
         <is>
-          <t>PD262</t>
+          <t>PH028</t>
         </is>
       </c>
       <c r="H252" t="inlineStr">
         <is>
           <t>商品編號取名</t>
         </is>
       </c>
       <c r="I252" t="inlineStr"/>
       <c r="J252" t="inlineStr">
         <is>
-          <t>JSEPD262</t>
+          <t>JSEPH028</t>
         </is>
       </c>
       <c r="K252" t="inlineStr">
         <is>
-          <t>8.3吋/10.2吋/10.9吋/Air 11吋/12.9吋/Air 13吋/Pro 11吋/Pro 13吋/A16 11吋</t>
+          <t>iPhone 16(雙鏡頭)/iPhone 16 Plus(雙鏡頭)/iPhone 16 Pro(三鏡頭)/iPhone 16 Pro Max(三鏡頭)</t>
         </is>
       </c>
       <c r="L252" t="inlineStr">
         <is>
-          <t>尺寸</t>
+          <t>型號</t>
         </is>
       </c>
       <c r="M252" t="inlineStr">
         <is>
-          <t>透明</t>
+          <t>黑色/玫瑰金/鈦色</t>
         </is>
       </c>
       <c r="N252" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O252" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P252" t="inlineStr"/>
       <c r="Q252" t="inlineStr"/>
       <c r="R252" t="n">
-        <v>252</v>
+        <v>251</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" t="n">
-        <v>264</v>
+        <v>244</v>
       </c>
       <c r="B253" t="inlineStr">
         <is>
           <t>保護膜</t>
         </is>
       </c>
       <c r="C253" t="inlineStr">
         <is>
           <t>J</t>
         </is>
       </c>
       <c r="D253" t="inlineStr">
         <is>
           <t>SwitchEasy</t>
         </is>
       </c>
       <c r="E253" t="inlineStr">
         <is>
           <t>SE</t>
         </is>
       </c>
       <c r="F253" t="inlineStr">
         <is>
-          <t>SwitchPaper 2-in-1</t>
+          <t>LensArmor iPhone 全透明鏡頭保護貼</t>
         </is>
       </c>
       <c r="G253" t="inlineStr">
         <is>
-          <t>PD263</t>
+          <t>PH178</t>
         </is>
       </c>
       <c r="H253" t="inlineStr">
         <is>
           <t>商品編號取名</t>
         </is>
       </c>
       <c r="I253" t="inlineStr"/>
       <c r="J253" t="inlineStr">
         <is>
-          <t>JSEPD263</t>
+          <t>JSEPH178</t>
         </is>
       </c>
       <c r="K253" t="inlineStr">
         <is>
-          <t>8.3吋/10.2吋/10.9吋/Air 11吋/12.9吋/Air 13吋/Pro 11吋/Pro 13吋/A16 11吋</t>
+          <t>iPhone 16(雙鏡頭)/iPhone 16 Plus(雙鏡頭)/iPhone 16 Pro(三鏡頭)/iPhone 16 Pro Max(三鏡頭)</t>
         </is>
       </c>
       <c r="L253" t="inlineStr">
         <is>
-          <t>尺寸</t>
+          <t>型號</t>
         </is>
       </c>
       <c r="M253" t="inlineStr">
         <is>
           <t>透明</t>
         </is>
       </c>
       <c r="N253" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O253" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P253" t="inlineStr"/>
       <c r="Q253" t="inlineStr"/>
       <c r="R253" t="n">
-        <v>253</v>
+        <v>252</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" t="n">
-        <v>265</v>
+        <v>245</v>
       </c>
       <c r="B254" t="inlineStr">
         <is>
           <t>保護套</t>
         </is>
       </c>
       <c r="C254" t="inlineStr">
         <is>
           <t>B</t>
         </is>
       </c>
       <c r="D254" t="inlineStr">
         <is>
-          <t>SwitchEasy</t>
+          <t>MagEasy</t>
         </is>
       </c>
       <c r="E254" t="inlineStr">
         <is>
-          <t>SE</t>
+          <t>ME</t>
         </is>
       </c>
       <c r="F254" t="inlineStr">
         <is>
-          <t>Origami iPad mini 多角度支架折疊保護套</t>
+          <t>Magfolio iPad 聰穎雙面夾</t>
         </is>
       </c>
       <c r="G254" t="inlineStr">
         <is>
-          <t>PD292</t>
+          <t>PD190</t>
         </is>
       </c>
       <c r="H254" t="inlineStr">
         <is>
           <t>商品編號取名</t>
         </is>
       </c>
       <c r="I254" t="inlineStr"/>
       <c r="J254" t="inlineStr">
         <is>
-          <t>BSEPD292</t>
+          <t>BMEPD190</t>
         </is>
       </c>
       <c r="K254" t="inlineStr">
         <is>
-          <t>8.3吋</t>
+          <t>13" Air 最新2025適用/11" Air 最新2025適用(M3)/13" Air 2024適用/11" Air 2024適用</t>
         </is>
       </c>
       <c r="L254" t="inlineStr">
         <is>
           <t>尺寸</t>
         </is>
       </c>
       <c r="M254" t="inlineStr">
         <is>
-          <t>極致灰/寧靜藍</t>
+          <t>石墨色</t>
         </is>
       </c>
       <c r="N254" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O254" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
-      <c r="P254" t="inlineStr"/>
-      <c r="Q254" t="inlineStr"/>
+      <c r="P254" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
+      <c r="Q254" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
       <c r="R254" t="n">
-        <v>254</v>
+        <v>253</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" t="n">
-        <v>266</v>
+        <v>246</v>
       </c>
       <c r="B255" t="inlineStr">
         <is>
-          <t>保護膜</t>
+          <t>保護套</t>
         </is>
       </c>
       <c r="C255" t="inlineStr">
         <is>
-          <t>J</t>
+          <t>B</t>
         </is>
       </c>
       <c r="D255" t="inlineStr">
         <is>
-          <t>MagEasy</t>
+          <t>SwitchEasy</t>
         </is>
       </c>
       <c r="E255" t="inlineStr">
         <is>
-          <t>ME</t>
+          <t>SE</t>
         </is>
       </c>
       <c r="F255" t="inlineStr">
         <is>
-          <t>GUARD (PRIVACY) MacBook 磁吸式防窺膜</t>
+          <t>Origami iPad 全尺寸多角度支架折疊保護套</t>
         </is>
       </c>
       <c r="G255" t="inlineStr">
         <is>
-          <t>MB226</t>
-[...2 lines deleted...]
-      <c r="H255" t="inlineStr"/>
+          <t>PD093</t>
+        </is>
+      </c>
+      <c r="H255" t="inlineStr">
+        <is>
+          <t>商品編號取名</t>
+        </is>
+      </c>
       <c r="I255" t="inlineStr"/>
       <c r="J255" t="inlineStr">
         <is>
-          <t>JMEMB226</t>
+          <t>BSEPD093</t>
         </is>
       </c>
       <c r="K255" t="inlineStr">
         <is>
-          <t>Air&amp;Pro13/Air 13.6/Pro 14/Pro 16</t>
+          <t xml:space="preserve">	13'' Pro 最新2024專用/11" Pro 最新2024專用/13" Air 最新2024適用/11 10.9" Air20-24適用/11" Pro 2018-22/12.9" Pro 2018-22/10.9" iPad10(2022)/10.2" iPad 9 8 7/8.3" mini6</t>
         </is>
       </c>
       <c r="L255" t="inlineStr">
         <is>
-          <t>規格</t>
-[...3 lines deleted...]
-      <c r="N255" t="inlineStr"/>
+          <t>尺寸</t>
+        </is>
+      </c>
+      <c r="M255" t="inlineStr">
+        <is>
+          <t>黑色/阿拉斯加藍/星光白/寧靜藍/粉沙色/砂粉色/紫丁香/皮革黑/松葉綠</t>
+        </is>
+      </c>
+      <c r="N255" t="inlineStr">
+        <is>
+          <t>顏色</t>
+        </is>
+      </c>
       <c r="O255" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
-      <c r="P255" t="inlineStr"/>
-      <c r="Q255" t="inlineStr"/>
+      <c r="P255" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
+      <c r="Q255" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
       <c r="R255" t="n">
-        <v>255</v>
+        <v>254</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" t="n">
-        <v>267</v>
+        <v>247</v>
       </c>
       <c r="B256" t="inlineStr">
         <is>
           <t>保護套</t>
         </is>
       </c>
       <c r="C256" t="inlineStr">
         <is>
           <t>B</t>
         </is>
       </c>
       <c r="D256" t="inlineStr">
         <is>
-          <t>MagEasy</t>
+          <t>SwitchEasy</t>
         </is>
       </c>
       <c r="E256" t="inlineStr">
         <is>
-          <t>ME</t>
+          <t>SE</t>
         </is>
       </c>
       <c r="F256" t="inlineStr">
         <is>
-          <t>ErgoStand 支架筆電包</t>
+          <t>Origami Nude iPad多角度透明保護套</t>
         </is>
       </c>
       <c r="G256" t="inlineStr">
         <is>
-          <t>MB152</t>
-[...2 lines deleted...]
-      <c r="H256" t="inlineStr"/>
+          <t>PD037</t>
+        </is>
+      </c>
+      <c r="H256" t="inlineStr">
+        <is>
+          <t>商品編號取名</t>
+        </is>
+      </c>
       <c r="I256" t="inlineStr"/>
       <c r="J256" t="inlineStr">
         <is>
-          <t>BMEMB152</t>
+          <t>BSEPD037</t>
         </is>
       </c>
       <c r="K256" t="inlineStr">
         <is>
-          <t>13&amp;14</t>
+          <t>12.9" Pro 2018-22/11 10.9" Air 20-24適用/8.3" mini 6/10.2" iPad 7 8 9/10.9" iPad10 (2022)/11" Pro 最新2024專用M4/13" Pro 最新2024專用M4/13" Air最新2024適用/11'' Pro 18-22</t>
         </is>
       </c>
       <c r="L256" t="inlineStr">
         <is>
-          <t>規格</t>
+          <t>尺寸</t>
         </is>
       </c>
       <c r="M256" t="inlineStr">
         <is>
-          <t>石墨色/黑色</t>
+          <t>黑色/阿拉斯加藍/星光白/粉沙色/奶茶色/灰色</t>
         </is>
       </c>
       <c r="N256" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O256" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
-      <c r="P256" t="inlineStr"/>
-      <c r="Q256" t="inlineStr"/>
+      <c r="P256" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
+      <c r="Q256" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
       <c r="R256" t="n">
-        <v>256</v>
+        <v>255</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" t="n">
-        <v>268</v>
+        <v>248</v>
       </c>
       <c r="B257" t="inlineStr">
         <is>
           <t>保護套</t>
         </is>
       </c>
       <c r="C257" t="inlineStr">
         <is>
           <t>B</t>
         </is>
       </c>
       <c r="D257" t="inlineStr">
         <is>
           <t>MagEasy</t>
         </is>
       </c>
       <c r="E257" t="inlineStr">
         <is>
           <t>ME</t>
         </is>
       </c>
       <c r="F257" t="inlineStr">
         <is>
-          <t>MAGSLEEVE 磁吸筆電包 For MacBook</t>
+          <t>Citicover 磁吸保護殼 iPad 支援巧控鍵盤</t>
         </is>
       </c>
       <c r="G257" t="inlineStr">
         <is>
-          <t>MB153</t>
-[...2 lines deleted...]
-      <c r="H257" t="inlineStr"/>
+          <t>PD114</t>
+        </is>
+      </c>
+      <c r="H257" t="inlineStr">
+        <is>
+          <t>商品編號取名</t>
+        </is>
+      </c>
       <c r="I257" t="inlineStr"/>
       <c r="J257" t="inlineStr">
         <is>
-          <t>BMEMB153</t>
+          <t>BMEPD114</t>
         </is>
       </c>
       <c r="K257" t="inlineStr">
         <is>
-          <t>15"&amp; 16"/13"&amp; 14"</t>
+          <t>10.9" Air 2020-22/11" Pro 2018-22/12.9" Pro 2021-22/11" Air 2024 適用</t>
         </is>
       </c>
       <c r="L257" t="inlineStr">
         <is>
           <t>尺寸</t>
         </is>
       </c>
       <c r="M257" t="inlineStr">
         <is>
-          <t>黑色/淺灰</t>
+          <t>皮革黑/白色/碳纖黑</t>
         </is>
       </c>
       <c r="N257" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O257" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
-      <c r="P257" t="inlineStr"/>
-      <c r="Q257" t="inlineStr"/>
+      <c r="P257" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
+      <c r="Q257" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
       <c r="R257" t="n">
-        <v>257</v>
+        <v>256</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" t="n">
-        <v>269</v>
+        <v>249</v>
       </c>
       <c r="B258" t="inlineStr">
         <is>
           <t>保護套</t>
         </is>
       </c>
       <c r="C258" t="inlineStr">
         <is>
           <t>B</t>
         </is>
       </c>
       <c r="D258" t="inlineStr">
         <is>
-          <t>SwitchEasy</t>
+          <t>MagEasy</t>
         </is>
       </c>
       <c r="E258" t="inlineStr">
         <is>
-          <t>SE</t>
+          <t>ME</t>
         </is>
       </c>
       <c r="F258" t="inlineStr">
         <is>
-          <t>Defender電腦殼for MacBook</t>
+          <t>LIFT增高支架保護殼</t>
         </is>
       </c>
       <c r="G258" t="inlineStr">
         <is>
-          <t>MB092</t>
-[...2 lines deleted...]
-      <c r="H258" t="inlineStr"/>
+          <t>PD208</t>
+        </is>
+      </c>
+      <c r="H258" t="inlineStr">
+        <is>
+          <t>商品編號取名</t>
+        </is>
+      </c>
       <c r="I258" t="inlineStr"/>
       <c r="J258" t="inlineStr">
         <is>
-          <t>BSEMB092</t>
+          <t>BMEPD208</t>
         </is>
       </c>
       <c r="K258" t="inlineStr">
         <is>
-          <t>Air 13/Air M2 13.6/Pro 13 M1 M2/Pro 14/Air 15</t>
+          <t>11" Air 最新 2024 適用/11" Pro 最新2024專用/12.9" Pro 2018-22/13" Air 最新 2024 適用/13" Pro 最新2024專用/11 10.9" Pro Air 4 5</t>
         </is>
       </c>
       <c r="L258" t="inlineStr">
         <is>
-          <t>規格</t>
-[...3 lines deleted...]
-      <c r="N258" t="inlineStr"/>
+          <t>尺寸</t>
+        </is>
+      </c>
+      <c r="M258" t="inlineStr">
+        <is>
+          <t>黑色/阿拉斯加藍/星光白/星光灰</t>
+        </is>
+      </c>
+      <c r="N258" t="inlineStr">
+        <is>
+          <t>顏色</t>
+        </is>
+      </c>
       <c r="O258" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
-      <c r="P258" t="inlineStr"/>
-      <c r="Q258" t="inlineStr"/>
+      <c r="P258" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
+      <c r="Q258" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
       <c r="R258" t="n">
-        <v>258</v>
+        <v>257</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" t="n">
-        <v>270</v>
+        <v>250</v>
       </c>
       <c r="B259" t="inlineStr">
         <is>
           <t>保護套</t>
         </is>
       </c>
       <c r="C259" t="inlineStr">
         <is>
           <t>B</t>
         </is>
       </c>
       <c r="D259" t="inlineStr">
         <is>
-          <t>SwitchEasy</t>
+          <t>MagEasy</t>
         </is>
       </c>
       <c r="E259" t="inlineStr">
         <is>
-          <t>SE</t>
+          <t>ME</t>
         </is>
       </c>
       <c r="F259" t="inlineStr">
         <is>
-          <t>Touch</t>
+          <t>Vivaz+ iPad 可拆式多角度支架透明保護套</t>
         </is>
       </c>
       <c r="G259" t="inlineStr">
         <is>
-          <t>MB059</t>
-[...2 lines deleted...]
-      <c r="H259" t="inlineStr"/>
+          <t>PD105</t>
+        </is>
+      </c>
+      <c r="H259" t="inlineStr">
+        <is>
+          <t>商品編號取名</t>
+        </is>
+      </c>
       <c r="I259" t="inlineStr"/>
       <c r="J259" t="inlineStr">
         <is>
-          <t>BSEMB059</t>
+          <t>BMEPD105</t>
         </is>
       </c>
       <c r="K259" t="inlineStr">
         <is>
-          <t>Touch For 2023 MacBook Air 15/Touch MacBook For 2022-2016 M2 M1 Intel MacBook Pro 13/Touch For 2022 MacBook Air M2 13.6</t>
+          <t>10.9" Air 4 5/11" Pro 2018-22/12.9" Pro 2018-22/10.9" iPad 10 (2022)/11"  Air 2024適用</t>
         </is>
       </c>
       <c r="L259" t="inlineStr">
         <is>
-          <t>規格</t>
+          <t>尺寸</t>
         </is>
       </c>
       <c r="M259" t="inlineStr">
         <is>
-          <t>透白/碳纖黑/透黑/透綠</t>
+          <t>石墨色/灰褐色/石墨色(M系列)/灰褐色(M系列)</t>
         </is>
       </c>
       <c r="N259" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O259" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
-      <c r="P259" t="inlineStr"/>
-      <c r="Q259" t="inlineStr"/>
+      <c r="P259" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
+      <c r="Q259" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
       <c r="R259" t="n">
-        <v>259</v>
+        <v>258</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" t="n">
-        <v>271</v>
+        <v>251</v>
       </c>
       <c r="B260" t="inlineStr">
         <is>
           <t>保護套</t>
         </is>
       </c>
       <c r="C260" t="inlineStr">
         <is>
           <t>B</t>
         </is>
       </c>
       <c r="D260" t="inlineStr">
         <is>
-          <t>SwitchEasy</t>
+          <t>MagEasy</t>
         </is>
       </c>
       <c r="E260" t="inlineStr">
         <is>
-          <t>SE</t>
+          <t>ME</t>
         </is>
       </c>
       <c r="F260" t="inlineStr">
         <is>
-          <t>Urban Pouch</t>
+          <t>Vivaz iPad 多角度支架透明保護套</t>
         </is>
       </c>
       <c r="G260" t="inlineStr">
         <is>
-          <t>MB294</t>
-[...2 lines deleted...]
-      <c r="H260" t="inlineStr"/>
+          <t>PD103</t>
+        </is>
+      </c>
+      <c r="H260" t="inlineStr">
+        <is>
+          <t>商品編號取名</t>
+        </is>
+      </c>
       <c r="I260" t="inlineStr"/>
       <c r="J260" t="inlineStr">
         <is>
-          <t>BSEMB294</t>
+          <t>BMEPD103</t>
         </is>
       </c>
       <c r="K260" t="inlineStr">
         <is>
-          <t>14寸/16寸</t>
+          <t>10.9" Air 4 5/11" Pro 2018-22/12.9" Pro 2018-22/10.9" iPad 10 (2022)/11"  Air 2024適用</t>
         </is>
       </c>
       <c r="L260" t="inlineStr">
         <is>
           <t>尺寸</t>
         </is>
       </c>
       <c r="M260" t="inlineStr">
         <is>
-          <t>黑色</t>
+          <t>石墨色/灰褐色</t>
         </is>
       </c>
       <c r="N260" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O260" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
-      <c r="P260" t="inlineStr"/>
-      <c r="Q260" t="inlineStr"/>
+      <c r="P260" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
+      <c r="Q260" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
       <c r="R260" t="n">
-        <v>260</v>
+        <v>259</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" t="n">
-        <v>272</v>
+        <v>252</v>
       </c>
       <c r="B261" t="inlineStr">
         <is>
           <t>保護套</t>
         </is>
       </c>
       <c r="C261" t="inlineStr">
         <is>
           <t>B</t>
         </is>
       </c>
       <c r="D261" t="inlineStr">
         <is>
-          <t>SwitchEasy</t>
+          <t>MagEasy</t>
         </is>
       </c>
       <c r="E261" t="inlineStr">
         <is>
-          <t>SE</t>
+          <t>ME</t>
         </is>
       </c>
       <c r="F261" t="inlineStr">
         <is>
-          <t>EasyStand</t>
+          <t>Facet iPad 全方位支架透明保護殼套</t>
         </is>
       </c>
       <c r="G261" t="inlineStr">
         <is>
-          <t>MB201</t>
-[...2 lines deleted...]
-      <c r="H261" t="inlineStr"/>
+          <t>PD204</t>
+        </is>
+      </c>
+      <c r="H261" t="inlineStr">
+        <is>
+          <t>商品編號取名</t>
+        </is>
+      </c>
       <c r="I261" t="inlineStr"/>
       <c r="J261" t="inlineStr">
         <is>
-          <t>BSEMB201</t>
+          <t>BMEPD204</t>
         </is>
       </c>
       <c r="K261" t="inlineStr">
         <is>
-          <t>14吋/16吋</t>
+          <t>10.9" Air 4 2020/10.9" Air 5 M1 2021/11" Air 6 M2 2024/11" Air 7 M3 2025/13" Air 6 M2 2024/13" Air 7 M3 2025/11" Pro 2018-22/11" Pro M4 2024/12.9" Pro 2018-22/13" Pro M4 2024</t>
         </is>
       </c>
       <c r="L261" t="inlineStr">
         <is>
           <t>尺寸</t>
         </is>
       </c>
       <c r="M261" t="inlineStr">
         <is>
-          <t>黑色/午夜藍/馬鞍棕</t>
+          <t>黑色/阿拉斯加藍/星光白/奶茶色/寧靜藍/星光灰/雪白/天空藍</t>
         </is>
       </c>
       <c r="N261" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O261" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
-      <c r="P261" t="inlineStr"/>
-      <c r="Q261" t="inlineStr"/>
+      <c r="P261" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
+      <c r="Q261" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
       <c r="R261" t="n">
-        <v>261</v>
+        <v>260</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" t="n">
-        <v>273</v>
+        <v>253</v>
       </c>
       <c r="B262" t="inlineStr">
         <is>
-          <t>充電組</t>
+          <t>保護套</t>
         </is>
       </c>
       <c r="C262" t="inlineStr">
         <is>
-          <t>G</t>
+          <t>B</t>
         </is>
       </c>
       <c r="D262" t="inlineStr">
         <is>
-          <t>Sky King</t>
+          <t>MagEasy</t>
         </is>
       </c>
       <c r="E262" t="inlineStr">
         <is>
-          <t>SK</t>
+          <t>ME</t>
         </is>
       </c>
       <c r="F262" t="inlineStr">
         <is>
-          <t>【Sky King】22w/28w/33w/47w/68w 快充充電組</t>
+          <t>Facet iPad 筆槽款全方位支架透明保護套</t>
         </is>
       </c>
       <c r="G262" t="inlineStr">
         <is>
-          <t>GAN01</t>
+          <t>PD251</t>
         </is>
       </c>
       <c r="H262" t="inlineStr">
         <is>
-          <t>型號關鍵字命名</t>
-[...6 lines deleted...]
-      </c>
+          <t>商品編號取名</t>
+        </is>
+      </c>
+      <c r="I262" t="inlineStr"/>
       <c r="J262" t="inlineStr">
         <is>
-          <t>GSKGAN01</t>
+          <t>BMEPD251</t>
         </is>
       </c>
       <c r="K262" t="inlineStr">
         <is>
-          <t>22W/28W/33W/47W/68W</t>
+          <t>10.9" Air 4 2020/10.9" Air 5 M1 2021/11" Air 6 M2 2024/11" Air 7 M3 2025/13" Air 6 M2 2024/13" Air 7 M3 2025/11" Pro 2018-22/11" Pro M4 2024/12.9" Pro 2018-22/13" Pro M4 2024</t>
         </is>
       </c>
       <c r="L262" t="inlineStr">
         <is>
-          <t>瓦數</t>
+          <t>尺寸</t>
         </is>
       </c>
       <c r="M262" t="inlineStr">
         <is>
-          <t>黑色/白色</t>
+          <t>黑色/阿拉斯加藍/星光白</t>
         </is>
       </c>
       <c r="N262" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O262" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
-      <c r="P262" t="inlineStr"/>
-      <c r="Q262" t="inlineStr"/>
+      <c r="P262" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
+      <c r="Q262" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
       <c r="R262" t="n">
-        <v>262</v>
+        <v>261</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" t="n">
-        <v>274</v>
+        <v>254</v>
       </c>
       <c r="B263" t="inlineStr">
         <is>
           <t>保護套</t>
         </is>
       </c>
       <c r="C263" t="inlineStr">
         <is>
           <t>B</t>
         </is>
       </c>
       <c r="D263" t="inlineStr">
         <is>
           <t>SwitchEasy</t>
         </is>
       </c>
       <c r="E263" t="inlineStr">
         <is>
           <t>SE</t>
         </is>
       </c>
       <c r="F263" t="inlineStr">
         <is>
-          <t>Artist</t>
+          <t>CoverBuddy iPad 磁吸升級版保護殼</t>
         </is>
       </c>
       <c r="G263" t="inlineStr">
         <is>
-          <t>MB017</t>
-[...2 lines deleted...]
-      <c r="H263" t="inlineStr"/>
+          <t>GS109</t>
+        </is>
+      </c>
+      <c r="H263" t="inlineStr">
+        <is>
+          <t>商品編號取名</t>
+        </is>
+      </c>
       <c r="I263" t="inlineStr"/>
       <c r="J263" t="inlineStr">
         <is>
-          <t>BSEMB017</t>
+          <t>BSEGS109</t>
         </is>
       </c>
       <c r="K263" t="inlineStr">
         <is>
-          <t>Air 13.6/pro 13/pro 14/Air 13/pro 16</t>
+          <t>13"  Pro 最新2024版/11" Pro 最新2024版/13" Air 最新2024版/11"  Air 最新2024版/12.9" Pro 2021-22/11" Pro 2018-22/10.9" Air 2020-22/12.9" Pro 2018</t>
         </is>
       </c>
       <c r="L263" t="inlineStr">
         <is>
           <t>尺寸</t>
         </is>
       </c>
       <c r="M263" t="inlineStr">
         <is>
-          <t>黑色大理石/海洋藍/雲朵白/彩虹/曙光/冰晶</t>
+          <t>實黑/實白</t>
         </is>
       </c>
       <c r="N263" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O263" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
-      <c r="P263" t="inlineStr"/>
-      <c r="Q263" t="inlineStr"/>
+      <c r="P263" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
+      <c r="Q263" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
       <c r="R263" t="n">
-        <v>263</v>
+        <v>262</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" t="n">
-        <v>275</v>
+        <v>255</v>
       </c>
       <c r="B264" t="inlineStr">
         <is>
           <t>保護套</t>
         </is>
       </c>
       <c r="C264" t="inlineStr">
         <is>
           <t>B</t>
         </is>
       </c>
       <c r="D264" t="inlineStr">
         <is>
-          <t>SwitchEasy</t>
+          <t>MagEasy</t>
         </is>
       </c>
       <c r="E264" t="inlineStr">
         <is>
-          <t>SE</t>
+          <t>ME</t>
         </is>
       </c>
       <c r="F264" t="inlineStr">
         <is>
-          <t>NUDE</t>
+          <t>CoverBuddy iPad磁吸保護殼</t>
         </is>
       </c>
       <c r="G264" t="inlineStr">
         <is>
-          <t>MB012</t>
-[...2 lines deleted...]
-      <c r="H264" t="inlineStr"/>
+          <t>PD253</t>
+        </is>
+      </c>
+      <c r="H264" t="inlineStr">
+        <is>
+          <t>商品編號取名</t>
+        </is>
+      </c>
       <c r="I264" t="inlineStr"/>
       <c r="J264" t="inlineStr">
         <is>
-          <t>BSEMB012</t>
+          <t>BMEPD253</t>
         </is>
       </c>
       <c r="K264" t="inlineStr">
         <is>
-          <t>Air 15/Air 13.6/Air 13/Pro 13/Pro 14/Pro 16</t>
+          <t>13" Pro 最新2024版/11" Pro 最新2024版/13" Air 最新2024版/11" Air 最新2024版/12.9" Pro 2021-22/11" Pro 2018-22/10.9" Air 2020-22/12.9" Pro 2018</t>
         </is>
       </c>
       <c r="L264" t="inlineStr">
         <is>
           <t>尺寸</t>
         </is>
       </c>
       <c r="M264" t="inlineStr">
         <is>
-          <t>透明/透黑</t>
+          <t>黑色/白色/黑色升級版/白色升級版/碳纖黑/皮革黑</t>
         </is>
       </c>
       <c r="N264" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O264" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
-      <c r="P264" t="inlineStr"/>
-      <c r="Q264" t="inlineStr"/>
+      <c r="P264" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
+      <c r="Q264" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
       <c r="R264" t="n">
-        <v>264</v>
+        <v>263</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" t="n">
-        <v>276</v>
+        <v>256</v>
       </c>
       <c r="B265" t="inlineStr">
         <is>
           <t>保護膜</t>
         </is>
       </c>
       <c r="C265" t="inlineStr">
         <is>
           <t>J</t>
         </is>
       </c>
       <c r="D265" t="inlineStr">
         <is>
-          <t>SwitchEasy</t>
+          <t>MagEasy</t>
         </is>
       </c>
       <c r="E265" t="inlineStr">
         <is>
-          <t>SE</t>
+          <t>ME</t>
         </is>
       </c>
       <c r="F265" t="inlineStr">
         <is>
-          <t>EasyVision高透防反光螢幕保護膜</t>
+          <t>EasyPaper Pro可拆卸奈米吸盤類紙膜</t>
         </is>
       </c>
       <c r="G265" t="inlineStr">
         <is>
-          <t>MB055</t>
-[...2 lines deleted...]
-      <c r="H265" t="inlineStr"/>
+          <t>PD109</t>
+        </is>
+      </c>
+      <c r="H265" t="inlineStr">
+        <is>
+          <t>商品編號取名</t>
+        </is>
+      </c>
       <c r="I265" t="inlineStr"/>
       <c r="J265" t="inlineStr">
         <is>
-          <t>JSEMB055</t>
+          <t>JMEPD109</t>
         </is>
       </c>
       <c r="K265" t="inlineStr">
         <is>
-          <t>pro&amp;air 13/pro 14/pro 16/air 13.6/air 15</t>
+          <t>8.3吋/Pro 11吋/Pro 13吋/iPad 10 &amp; A16/Air 11吋/Air 13吋/10.9吋/10.2吋/12.9吋</t>
         </is>
       </c>
       <c r="L265" t="inlineStr">
         <is>
           <t>尺寸</t>
         </is>
       </c>
-      <c r="M265" t="inlineStr"/>
-      <c r="N265" t="inlineStr"/>
+      <c r="M265" t="inlineStr">
+        <is>
+          <t>透明</t>
+        </is>
+      </c>
+      <c r="N265" t="inlineStr">
+        <is>
+          <t>顏色</t>
+        </is>
+      </c>
       <c r="O265" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P265" t="inlineStr"/>
       <c r="Q265" t="inlineStr"/>
       <c r="R265" t="n">
-        <v>265</v>
+        <v>264</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" t="n">
-        <v>277</v>
+        <v>257</v>
       </c>
       <c r="B266" t="inlineStr">
         <is>
           <t>保護膜</t>
         </is>
       </c>
       <c r="C266" t="inlineStr">
         <is>
           <t>J</t>
         </is>
       </c>
       <c r="D266" t="inlineStr">
         <is>
-          <t>SwitchEasy</t>
+          <t>MagEasy</t>
         </is>
       </c>
       <c r="E266" t="inlineStr">
         <is>
-          <t>SE</t>
+          <t>ME</t>
         </is>
       </c>
       <c r="F266" t="inlineStr">
         <is>
-          <t>EasyProtector黏膠式防窺片</t>
+          <t>EasyPaper Note類紙膜書寫款抗藍光</t>
         </is>
       </c>
       <c r="G266" t="inlineStr">
         <is>
-          <t>MB056</t>
-[...2 lines deleted...]
-      <c r="H266" t="inlineStr"/>
+          <t>PD108</t>
+        </is>
+      </c>
+      <c r="H266" t="inlineStr">
+        <is>
+          <t>商品編號取名</t>
+        </is>
+      </c>
       <c r="I266" t="inlineStr"/>
       <c r="J266" t="inlineStr">
         <is>
-          <t>JSEMB056</t>
+          <t>JMEPD108</t>
         </is>
       </c>
       <c r="K266" t="inlineStr">
         <is>
-          <t>air 13.6</t>
+          <t>8.7" Mini 6 &amp; 7/11" ipad 10  11(A16)/10.9" iPad air 4&amp;5/11" Air 6 M2 2024/13" Air 6 M2 2024/11" Air 7 M3 2025/13" Air 7 M3 2025/11" iPad Pro 18-22/12.9" Pro 18-22/11" Pro M4 2024/13" Pro M4 2024</t>
         </is>
       </c>
       <c r="L266" t="inlineStr">
         <is>
           <t>尺寸</t>
         </is>
       </c>
-      <c r="M266" t="inlineStr"/>
-      <c r="N266" t="inlineStr"/>
+      <c r="M266" t="inlineStr">
+        <is>
+          <t>透明</t>
+        </is>
+      </c>
+      <c r="N266" t="inlineStr">
+        <is>
+          <t>顏色</t>
+        </is>
+      </c>
       <c r="O266" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
-      <c r="P266" t="inlineStr"/>
-      <c r="Q266" t="inlineStr"/>
+      <c r="P266" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
+      <c r="Q266" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
       <c r="R266" t="n">
-        <v>266</v>
+        <v>265</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" t="n">
-        <v>278</v>
+        <v>258</v>
       </c>
       <c r="B267" t="inlineStr">
         <is>
           <t>保護膜</t>
         </is>
       </c>
       <c r="C267" t="inlineStr">
         <is>
           <t>J</t>
         </is>
       </c>
       <c r="D267" t="inlineStr">
         <is>
-          <t>SwitchEasy</t>
+          <t>MagEasy</t>
         </is>
       </c>
       <c r="E267" t="inlineStr">
         <is>
-          <t>SE</t>
+          <t>ME</t>
         </is>
       </c>
       <c r="F267" t="inlineStr">
         <is>
-          <t>EasyProtector磁吸式防窺片</t>
+          <t>EasyPaper類紙膜繪圖款保護貼</t>
         </is>
       </c>
       <c r="G267" t="inlineStr">
         <is>
-          <t>MB057</t>
-[...2 lines deleted...]
-      <c r="H267" t="inlineStr"/>
+          <t>PD107</t>
+        </is>
+      </c>
+      <c r="H267" t="inlineStr">
+        <is>
+          <t>商品編號取名</t>
+        </is>
+      </c>
       <c r="I267" t="inlineStr"/>
       <c r="J267" t="inlineStr">
         <is>
-          <t>JSEMB057</t>
+          <t>JMEPD107</t>
         </is>
       </c>
       <c r="K267" t="inlineStr">
         <is>
-          <t>air 13.6/pro 14/air&amp;pro 13/air 15</t>
+          <t>11" 最新2025專用(A16)/13" Air 最新2025適用/11" Air 最新2025適用(M3)/13"  Pro 最新2024專用/11"  Pro 最新2024專用/13" Air 2024專用/11"  Air 2024專用/12.9"  Pro 18-22 新包裝/11" iPad Pro18-22新包裝/10.9" iPad air4&amp;5新包裝/10.2" iPad 9 8 7/8.3" iPad mini 6/7.9" iPad mini 5</t>
         </is>
       </c>
       <c r="L267" t="inlineStr">
         <is>
           <t>尺寸</t>
         </is>
       </c>
-      <c r="M267" t="inlineStr"/>
-      <c r="N267" t="inlineStr"/>
+      <c r="M267" t="inlineStr">
+        <is>
+          <t>透明</t>
+        </is>
+      </c>
+      <c r="N267" t="inlineStr">
+        <is>
+          <t>顏色</t>
+        </is>
+      </c>
       <c r="O267" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
-      <c r="P267" t="inlineStr"/>
-      <c r="Q267" t="inlineStr"/>
+      <c r="P267" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
+      <c r="Q267" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
       <c r="R267" t="n">
-        <v>267</v>
+        <v>266</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" t="n">
-        <v>279</v>
+        <v>259</v>
       </c>
       <c r="B268" t="inlineStr">
         <is>
-          <t>保護套</t>
+          <t>保護膜</t>
         </is>
       </c>
       <c r="C268" t="inlineStr">
         <is>
-          <t>B</t>
+          <t>J</t>
         </is>
       </c>
       <c r="D268" t="inlineStr">
         <is>
           <t>MagEasy</t>
         </is>
       </c>
       <c r="E268" t="inlineStr">
         <is>
           <t>ME</t>
         </is>
       </c>
       <c r="F268" t="inlineStr">
         <is>
-          <t>Braided 編織尼龍磁扣錶環</t>
+          <t>EasyPaper Pro 2-in-1</t>
         </is>
       </c>
       <c r="G268" t="inlineStr">
         <is>
-          <t>AW366</t>
-[...2 lines deleted...]
-      <c r="H268" t="inlineStr"/>
+          <t>PD239</t>
+        </is>
+      </c>
+      <c r="H268" t="inlineStr">
+        <is>
+          <t>商品編號取名</t>
+        </is>
+      </c>
       <c r="I268" t="inlineStr"/>
       <c r="J268" t="inlineStr">
         <is>
-          <t>BMEAW366</t>
+          <t>JMEPD239</t>
         </is>
       </c>
       <c r="K268" t="inlineStr">
         <is>
-          <t>40 41 42 mm/44 45 46 49mm</t>
+          <t>8.3吋/10.9吋/10.2吋/12.9吋/11" Air 6 M2 2024/13" Air 6 M2 2024/11" Air 7 M3 2025/13" Air 7 M3 2025/11" Pro M4 2024/13" Pro M4 2024/11" ipad 10  11(A16)</t>
         </is>
       </c>
       <c r="L268" t="inlineStr">
         <is>
           <t>尺寸</t>
         </is>
       </c>
       <c r="M268" t="inlineStr">
         <is>
-          <t>星光色/石墨灰/交織灰</t>
+          <t>透明</t>
         </is>
       </c>
       <c r="N268" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O268" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
-      <c r="P268" t="inlineStr"/>
-      <c r="Q268" t="inlineStr"/>
+      <c r="P268" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
+      <c r="Q268" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
       <c r="R268" t="n">
-        <v>268</v>
+        <v>267</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" t="n">
-        <v>280</v>
+        <v>260</v>
       </c>
       <c r="B269" t="inlineStr">
         <is>
-          <t>保護套</t>
+          <t>保護膜</t>
         </is>
       </c>
       <c r="C269" t="inlineStr">
         <is>
-          <t>B</t>
+          <t>J</t>
         </is>
       </c>
       <c r="D269" t="inlineStr">
         <is>
-          <t>MagEasy</t>
+          <t>SwitchEasy</t>
         </is>
       </c>
       <c r="E269" t="inlineStr">
         <is>
-          <t>ME</t>
+          <t>SE</t>
         </is>
       </c>
       <c r="F269" t="inlineStr">
         <is>
-          <t>Nappa 小牛皮革錶帶</t>
+          <t>iPad 抗藍光鋼化玻璃保護貼 Glass Defender</t>
         </is>
       </c>
       <c r="G269" t="inlineStr">
         <is>
-          <t>AW342</t>
-[...2 lines deleted...]
-      <c r="H269" t="inlineStr"/>
+          <t>PD110</t>
+        </is>
+      </c>
+      <c r="H269" t="inlineStr">
+        <is>
+          <t>商品編號取名</t>
+        </is>
+      </c>
       <c r="I269" t="inlineStr"/>
       <c r="J269" t="inlineStr">
         <is>
-          <t>BMEAW342</t>
+          <t>JSEPD110</t>
         </is>
       </c>
       <c r="K269" t="inlineStr">
         <is>
-          <t>40 41 42 mm/44 45 46 49mm</t>
+          <t>Air Pro 10.9 11吋/iPad 9 10.2吋/iPad mini 6 8.3吋/iPad Pro 12.9吋/iPad 10 10.9吋/13" Pro最新2024專用/11" Pro最新2024專用/13" Air 2024專用/11" Air 2024專用/11" Air 最新2025適用(M3)/13" Air 最新2025適用(M3)/11" iPad 11 (A16) 專用</t>
         </is>
       </c>
       <c r="L269" t="inlineStr">
         <is>
           <t>尺寸</t>
         </is>
       </c>
       <c r="M269" t="inlineStr">
         <is>
-          <t>黑色/棕色</t>
+          <t>透明</t>
         </is>
       </c>
       <c r="N269" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O269" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
-      <c r="P269" t="inlineStr"/>
-      <c r="Q269" t="inlineStr"/>
+      <c r="P269" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
+      <c r="Q269" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
       <c r="R269" t="n">
-        <v>269</v>
+        <v>268</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" t="n">
-        <v>281</v>
+        <v>261</v>
       </c>
       <c r="B270" t="inlineStr">
         <is>
           <t>保護膜</t>
         </is>
       </c>
       <c r="C270" t="inlineStr">
         <is>
           <t>J</t>
         </is>
       </c>
       <c r="D270" t="inlineStr">
         <is>
-          <t>MagEasy</t>
+          <t>SwitchEasy</t>
         </is>
       </c>
       <c r="E270" t="inlineStr">
         <is>
-          <t>ME</t>
+          <t>SE</t>
         </is>
       </c>
       <c r="F270" t="inlineStr">
         <is>
-          <t>Vetro 3D+ 滿版抗刮保護貼</t>
+          <t>PaperLike Note抗藍光類紙膜 iPad紙膜</t>
         </is>
       </c>
       <c r="G270" t="inlineStr">
         <is>
-          <t>AW347</t>
-[...2 lines deleted...]
-      <c r="H270" t="inlineStr"/>
+          <t>PD113</t>
+        </is>
+      </c>
+      <c r="H270" t="inlineStr">
+        <is>
+          <t>商品編號取名</t>
+        </is>
+      </c>
       <c r="I270" t="inlineStr"/>
       <c r="J270" t="inlineStr">
         <is>
-          <t>JMEAW347</t>
+          <t>JSEPD113</t>
         </is>
       </c>
       <c r="K270" t="inlineStr">
         <is>
-          <t>42mm/46mm/49mm</t>
+          <t>13" Air 最新2025適用/11" Air 最新2025適用(M3)/13" Pro 最新2024專用/11" Pro 最新2024專用/13" Air 2024專用/11" Air 2024專用/10.9   Air 5 2021 M1</t>
         </is>
       </c>
       <c r="L270" t="inlineStr">
         <is>
           <t>尺寸</t>
         </is>
       </c>
-      <c r="M270" t="inlineStr"/>
-      <c r="N270" t="inlineStr"/>
+      <c r="M270" t="inlineStr">
+        <is>
+          <t>透明</t>
+        </is>
+      </c>
+      <c r="N270" t="inlineStr">
+        <is>
+          <t>顏色</t>
+        </is>
+      </c>
       <c r="O270" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
-      <c r="P270" t="inlineStr"/>
-      <c r="Q270" t="inlineStr"/>
+      <c r="P270" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
+      <c r="Q270" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
       <c r="R270" t="n">
-        <v>270</v>
+        <v>269</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" t="n">
-        <v>282</v>
+        <v>262</v>
       </c>
       <c r="B271" t="inlineStr">
         <is>
-          <t>保護套</t>
+          <t>保護膜</t>
         </is>
       </c>
       <c r="C271" t="inlineStr">
         <is>
-          <t>B</t>
+          <t>J</t>
         </is>
       </c>
       <c r="D271" t="inlineStr">
         <is>
           <t>SwitchEasy</t>
         </is>
       </c>
       <c r="E271" t="inlineStr">
         <is>
           <t>SE</t>
         </is>
       </c>
       <c r="F271" t="inlineStr">
         <is>
-          <t>Hybrid WP 9H 鋼化玻璃防水保護殼</t>
+          <t>EasyPaper iPad 類紙膜 PaperLike</t>
         </is>
       </c>
       <c r="G271" t="inlineStr">
         <is>
-          <t>AW086</t>
-[...2 lines deleted...]
-      <c r="H271" t="inlineStr"/>
+          <t>PD112</t>
+        </is>
+      </c>
+      <c r="H271" t="inlineStr">
+        <is>
+          <t>商品編號取名</t>
+        </is>
+      </c>
       <c r="I271" t="inlineStr"/>
       <c r="J271" t="inlineStr">
         <is>
-          <t>BSEAW086</t>
+          <t>JSEPD112</t>
         </is>
       </c>
       <c r="K271" t="inlineStr">
         <is>
-          <t>41mm/42mm/45mm/46mm/49mm</t>
+          <t>8.3吋/10.2吋/10.9吋/Air 11吋/12.9吋/Air 13吋/Pro 11吋/Pro 13吋/A16 11吋</t>
         </is>
       </c>
       <c r="L271" t="inlineStr">
         <is>
           <t>尺寸</t>
         </is>
       </c>
       <c r="M271" t="inlineStr">
         <is>
-          <t>透明/午夜色/鈦色</t>
+          <t>透明</t>
         </is>
       </c>
       <c r="N271" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O271" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P271" t="inlineStr"/>
       <c r="Q271" t="inlineStr"/>
       <c r="R271" t="n">
-        <v>271</v>
+        <v>270</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" t="n">
-        <v>283</v>
+        <v>263</v>
       </c>
       <c r="B272" t="inlineStr">
         <is>
-          <t>保護套</t>
+          <t>保護膜</t>
         </is>
       </c>
       <c r="C272" t="inlineStr">
         <is>
-          <t>B</t>
+          <t>J</t>
         </is>
       </c>
       <c r="D272" t="inlineStr">
         <is>
           <t>SwitchEasy</t>
         </is>
       </c>
       <c r="E272" t="inlineStr">
         <is>
           <t>SE</t>
         </is>
       </c>
       <c r="F272" t="inlineStr">
         <is>
-          <t>Candy 磁吸防潑水高彈力編織錶帶</t>
+          <t>SwitchPaper iPad磁吸式類紙膜 全尺寸可拆式</t>
         </is>
       </c>
       <c r="G272" t="inlineStr">
         <is>
-          <t>AW237</t>
-[...2 lines deleted...]
-      <c r="H272" t="inlineStr"/>
+          <t>PD262</t>
+        </is>
+      </c>
+      <c r="H272" t="inlineStr">
+        <is>
+          <t>商品編號取名</t>
+        </is>
+      </c>
       <c r="I272" t="inlineStr"/>
       <c r="J272" t="inlineStr">
         <is>
-          <t>BSEAW237</t>
+          <t>JSEPD262</t>
         </is>
       </c>
       <c r="K272" t="inlineStr">
         <is>
-          <t>40-42mm/44-49mm</t>
+          <t>8.3吋/10.2吋/10.9吋/Air 11吋/12.9吋/Air 13吋/Pro 11吋/Pro 13吋/A16 11吋</t>
         </is>
       </c>
       <c r="L272" t="inlineStr">
         <is>
           <t>尺寸</t>
         </is>
       </c>
       <c r="M272" t="inlineStr">
         <is>
-          <t>黑灰/海藍/驕傲/彩虹</t>
+          <t>透明</t>
         </is>
       </c>
       <c r="N272" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O272" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P272" t="inlineStr"/>
       <c r="Q272" t="inlineStr"/>
       <c r="R272" t="n">
-        <v>272</v>
+        <v>271</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" t="n">
-        <v>284</v>
+        <v>264</v>
       </c>
       <c r="B273" t="inlineStr">
         <is>
-          <t>保護套</t>
+          <t>保護膜</t>
         </is>
       </c>
       <c r="C273" t="inlineStr">
         <is>
-          <t>B</t>
+          <t>J</t>
         </is>
       </c>
       <c r="D273" t="inlineStr">
         <is>
           <t>SwitchEasy</t>
         </is>
       </c>
       <c r="E273" t="inlineStr">
         <is>
           <t>SE</t>
         </is>
       </c>
       <c r="F273" t="inlineStr">
         <is>
-          <t>Classic 磁吸真皮錶帶</t>
+          <t>SwitchPaper 2-in-1</t>
         </is>
       </c>
       <c r="G273" t="inlineStr">
         <is>
-          <t>AW238</t>
-[...2 lines deleted...]
-      <c r="H273" t="inlineStr"/>
+          <t>PD263</t>
+        </is>
+      </c>
+      <c r="H273" t="inlineStr">
+        <is>
+          <t>商品編號取名</t>
+        </is>
+      </c>
       <c r="I273" t="inlineStr"/>
       <c r="J273" t="inlineStr">
         <is>
-          <t>BSEAW238</t>
+          <t>JSEPD263</t>
         </is>
       </c>
       <c r="K273" t="inlineStr">
         <is>
-          <t>40-42mm/44-49mm</t>
+          <t>8.3吋/10.2吋/10.9吋/Air 11吋/12.9吋/Air 13吋/Pro 11吋/Pro 13吋/A16 11吋</t>
         </is>
       </c>
       <c r="L273" t="inlineStr">
         <is>
           <t>尺寸</t>
         </is>
       </c>
       <c r="M273" t="inlineStr">
         <is>
-          <t>棕色/灰色/黑色</t>
+          <t>透明</t>
         </is>
       </c>
       <c r="N273" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O273" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P273" t="inlineStr"/>
       <c r="Q273" t="inlineStr"/>
       <c r="R273" t="n">
-        <v>273</v>
+        <v>272</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" t="n">
-        <v>285</v>
+        <v>265</v>
       </c>
       <c r="B274" t="inlineStr">
         <is>
           <t>保護套</t>
         </is>
       </c>
       <c r="C274" t="inlineStr">
         <is>
           <t>B</t>
         </is>
       </c>
       <c r="D274" t="inlineStr">
         <is>
-          <t>MagEasy</t>
+          <t>SwitchEasy</t>
         </is>
       </c>
       <c r="E274" t="inlineStr">
         <is>
-          <t>ME</t>
+          <t>SE</t>
         </is>
       </c>
       <c r="F274" t="inlineStr">
         <is>
-          <t>Milanese 米蘭不鏽鋼磁扣錶環</t>
+          <t>Origami iPad mini 多角度支架折疊保護套</t>
         </is>
       </c>
       <c r="G274" t="inlineStr">
         <is>
-          <t>AW236</t>
-[...2 lines deleted...]
-      <c r="H274" t="inlineStr"/>
+          <t>PD292</t>
+        </is>
+      </c>
+      <c r="H274" t="inlineStr">
+        <is>
+          <t>商品編號取名</t>
+        </is>
+      </c>
       <c r="I274" t="inlineStr"/>
       <c r="J274" t="inlineStr">
         <is>
-          <t>BMEAW236</t>
+          <t>BSEPD292</t>
         </is>
       </c>
       <c r="K274" t="inlineStr">
         <is>
-          <t>40-42mm/44-49mm</t>
+          <t>8.3吋</t>
         </is>
       </c>
       <c r="L274" t="inlineStr">
         <is>
           <t>尺寸</t>
         </is>
       </c>
       <c r="M274" t="inlineStr">
         <is>
-          <t>黑色/星光白/午夜色/銀色/玫瑰金/金色/原色/石瓦色</t>
+          <t>極致灰/寧靜藍</t>
         </is>
       </c>
       <c r="N274" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O274" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P274" t="inlineStr"/>
       <c r="Q274" t="inlineStr"/>
       <c r="R274" t="n">
-        <v>274</v>
+        <v>273</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" t="n">
-        <v>286</v>
+        <v>266</v>
       </c>
       <c r="B275" t="inlineStr">
         <is>
-          <t>保護套</t>
+          <t>保護膜</t>
         </is>
       </c>
       <c r="C275" t="inlineStr">
         <is>
-          <t>B</t>
+          <t>J</t>
         </is>
       </c>
       <c r="D275" t="inlineStr">
         <is>
           <t>MagEasy</t>
         </is>
       </c>
       <c r="E275" t="inlineStr">
         <is>
           <t>ME</t>
         </is>
       </c>
       <c r="F275" t="inlineStr">
         <is>
-          <t>Skin Apple Watch 保護殼</t>
+          <t>GUARD (PRIVACY) MacBook 磁吸式防窺膜</t>
         </is>
       </c>
       <c r="G275" t="inlineStr">
         <is>
-          <t>AW078</t>
+          <t>MB226</t>
         </is>
       </c>
       <c r="H275" t="inlineStr"/>
       <c r="I275" t="inlineStr"/>
       <c r="J275" t="inlineStr">
         <is>
-          <t>BMEAW078</t>
+          <t>JMEMB226</t>
         </is>
       </c>
       <c r="K275" t="inlineStr">
         <is>
-          <t>40-41mm/44-45mm/49mm/42mm/46mm</t>
+          <t>Air&amp;Pro13/Air 13.6/Pro 14/Pro 16</t>
         </is>
       </c>
       <c r="L275" t="inlineStr">
         <is>
-          <t>尺寸</t>
-[...11 lines deleted...]
-      </c>
+          <t>規格</t>
+        </is>
+      </c>
+      <c r="M275" t="inlineStr"/>
+      <c r="N275" t="inlineStr"/>
       <c r="O275" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P275" t="inlineStr"/>
       <c r="Q275" t="inlineStr"/>
       <c r="R275" t="n">
-        <v>275</v>
+        <v>274</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" t="n">
-        <v>287</v>
+        <v>267</v>
       </c>
       <c r="B276" t="inlineStr">
         <is>
           <t>保護套</t>
         </is>
       </c>
       <c r="C276" t="inlineStr">
         <is>
           <t>B</t>
         </is>
       </c>
       <c r="D276" t="inlineStr">
         <is>
           <t>MagEasy</t>
         </is>
       </c>
       <c r="E276" t="inlineStr">
         <is>
           <t>ME</t>
         </is>
       </c>
       <c r="F276" t="inlineStr">
         <is>
-          <t>Active 運動高山錶帶</t>
+          <t>ErgoStand 支架筆電包</t>
         </is>
       </c>
       <c r="G276" t="inlineStr">
         <is>
-          <t>AW160</t>
+          <t>MB152</t>
         </is>
       </c>
       <c r="H276" t="inlineStr"/>
       <c r="I276" t="inlineStr"/>
       <c r="J276" t="inlineStr">
         <is>
-          <t>BMEAW160</t>
+          <t>BMEMB152</t>
         </is>
       </c>
       <c r="K276" t="inlineStr">
         <is>
-          <t>40-42mm/44-49mm</t>
+          <t>13&amp;14</t>
         </is>
       </c>
       <c r="L276" t="inlineStr">
         <is>
-          <t>尺寸</t>
+          <t>規格</t>
         </is>
       </c>
       <c r="M276" t="inlineStr">
         <is>
-          <t>黑色/星光/綠色/橘色</t>
+          <t>石墨色/黑色</t>
         </is>
       </c>
       <c r="N276" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O276" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P276" t="inlineStr"/>
       <c r="Q276" t="inlineStr"/>
       <c r="R276" t="n">
-        <v>276</v>
+        <v>275</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" t="n">
-        <v>288</v>
+        <v>268</v>
       </c>
       <c r="B277" t="inlineStr">
         <is>
           <t>保護套</t>
         </is>
       </c>
       <c r="C277" t="inlineStr">
         <is>
           <t>B</t>
         </is>
       </c>
       <c r="D277" t="inlineStr">
         <is>
-          <t>SwitchEasy</t>
+          <t>MagEasy</t>
         </is>
       </c>
       <c r="E277" t="inlineStr">
         <is>
-          <t>SE</t>
+          <t>ME</t>
         </is>
       </c>
       <c r="F277" t="inlineStr">
         <is>
-          <t>Flex彈性越野錶帶</t>
+          <t>MAGSLEEVE 磁吸筆電包 For MacBook</t>
         </is>
       </c>
       <c r="G277" t="inlineStr">
         <is>
-          <t>AW161</t>
+          <t>MB153</t>
         </is>
       </c>
       <c r="H277" t="inlineStr"/>
       <c r="I277" t="inlineStr"/>
       <c r="J277" t="inlineStr">
         <is>
-          <t>BSEAW161</t>
+          <t>BMEMB153</t>
         </is>
       </c>
       <c r="K277" t="inlineStr">
         <is>
-          <t>40-42mm/44-49mm</t>
+          <t>15"&amp; 16"/13"&amp; 14"</t>
         </is>
       </c>
       <c r="L277" t="inlineStr">
         <is>
           <t>尺寸</t>
         </is>
       </c>
       <c r="M277" t="inlineStr">
         <is>
-          <t>黑色/星光/黑灰色</t>
+          <t>黑色/淺灰</t>
         </is>
       </c>
       <c r="N277" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O277" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P277" t="inlineStr"/>
       <c r="Q277" t="inlineStr"/>
       <c r="R277" t="n">
-        <v>277</v>
+        <v>276</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" t="n">
-        <v>289</v>
+        <v>269</v>
       </c>
       <c r="B278" t="inlineStr">
         <is>
           <t>保護套</t>
         </is>
       </c>
       <c r="C278" t="inlineStr">
         <is>
           <t>B</t>
         </is>
       </c>
       <c r="D278" t="inlineStr">
         <is>
-          <t>MagEasy</t>
+          <t>SwitchEasy</t>
         </is>
       </c>
       <c r="E278" t="inlineStr">
         <is>
-          <t>ME</t>
+          <t>SE</t>
         </is>
       </c>
       <c r="F278" t="inlineStr">
         <is>
-          <t>Odyssey 航太鋁合金保護殼</t>
+          <t>Defender電腦殼for MacBook</t>
         </is>
       </c>
       <c r="G278" t="inlineStr">
         <is>
-          <t>AW077</t>
+          <t>MB092</t>
         </is>
       </c>
       <c r="H278" t="inlineStr"/>
       <c r="I278" t="inlineStr"/>
       <c r="J278" t="inlineStr">
         <is>
-          <t>BMEAW077</t>
+          <t>BSEMB092</t>
         </is>
       </c>
       <c r="K278" t="inlineStr">
         <is>
-          <t>41mm/42mm/45mm/46mm/49mm</t>
+          <t>Air 13/Air M2 13.6/Pro 13 M1 M2/Pro 14/Air 15</t>
         </is>
       </c>
       <c r="L278" t="inlineStr">
         <is>
-          <t>尺寸</t>
-[...11 lines deleted...]
-      </c>
+          <t>規格</t>
+        </is>
+      </c>
+      <c r="M278" t="inlineStr"/>
+      <c r="N278" t="inlineStr"/>
       <c r="O278" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P278" t="inlineStr"/>
       <c r="Q278" t="inlineStr"/>
       <c r="R278" t="n">
-        <v>278</v>
+        <v>277</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" t="n">
-        <v>290</v>
+        <v>270</v>
       </c>
       <c r="B279" t="inlineStr">
         <is>
           <t>保護套</t>
         </is>
       </c>
       <c r="C279" t="inlineStr">
         <is>
           <t>B</t>
         </is>
       </c>
       <c r="D279" t="inlineStr">
         <is>
           <t>SwitchEasy</t>
         </is>
       </c>
       <c r="E279" t="inlineStr">
         <is>
           <t>SE</t>
         </is>
       </c>
       <c r="F279" t="inlineStr">
         <is>
-          <t>Modern Hybrid 鋼化玻璃鋁合金保護殼</t>
+          <t>Touch</t>
         </is>
       </c>
       <c r="G279" t="inlineStr">
         <is>
-          <t>AW207</t>
+          <t>MB059</t>
         </is>
       </c>
       <c r="H279" t="inlineStr"/>
       <c r="I279" t="inlineStr"/>
       <c r="J279" t="inlineStr">
         <is>
-          <t>BSEAW207</t>
+          <t>BSEMB059</t>
         </is>
       </c>
       <c r="K279" t="inlineStr">
         <is>
-          <t>41mm/42mm/45mm/46mm/49mm</t>
+          <t>Touch For 2023 MacBook Air 15/Touch MacBook For 2022-2016 M2 M1 Intel MacBook Pro 13/Touch For 2022 MacBook Air M2 13.6</t>
         </is>
       </c>
       <c r="L279" t="inlineStr">
         <is>
-          <t>尺寸</t>
+          <t>規格</t>
         </is>
       </c>
       <c r="M279" t="inlineStr">
         <is>
-          <t>太空灰/午夜黑/鈦色/粉色</t>
+          <t>透白/碳纖黑/透黑/透綠</t>
         </is>
       </c>
       <c r="N279" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O279" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P279" t="inlineStr"/>
       <c r="Q279" t="inlineStr"/>
       <c r="R279" t="n">
-        <v>279</v>
+        <v>278</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" t="n">
-        <v>291</v>
+        <v>271</v>
       </c>
       <c r="B280" t="inlineStr">
         <is>
           <t>保護套</t>
         </is>
       </c>
       <c r="C280" t="inlineStr">
         <is>
           <t>B</t>
         </is>
       </c>
       <c r="D280" t="inlineStr">
         <is>
           <t>SwitchEasy</t>
         </is>
       </c>
       <c r="E280" t="inlineStr">
         <is>
           <t>SE</t>
         </is>
       </c>
       <c r="F280" t="inlineStr">
         <is>
-          <t>Hybrid 鋼化玻璃雙料保護殼</t>
+          <t>Urban Pouch</t>
         </is>
       </c>
       <c r="G280" t="inlineStr">
         <is>
-          <t>AW089</t>
+          <t>MB294</t>
         </is>
       </c>
       <c r="H280" t="inlineStr"/>
       <c r="I280" t="inlineStr"/>
       <c r="J280" t="inlineStr">
         <is>
-          <t>BSEAW089</t>
+          <t>BSEMB294</t>
         </is>
       </c>
       <c r="K280" t="inlineStr">
         <is>
-          <t>41mm/45mm/49mm</t>
+          <t>14寸/16寸</t>
         </is>
       </c>
       <c r="L280" t="inlineStr">
         <is>
           <t>尺寸</t>
         </is>
       </c>
       <c r="M280" t="inlineStr">
         <is>
-          <t>午夜色/鈦色/銀色/透明</t>
+          <t>黑色</t>
         </is>
       </c>
       <c r="N280" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O280" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P280" t="inlineStr"/>
       <c r="Q280" t="inlineStr"/>
       <c r="R280" t="n">
-        <v>280</v>
+        <v>279</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" t="n">
-        <v>292</v>
+        <v>272</v>
       </c>
       <c r="B281" t="inlineStr">
         <is>
-          <t>保護膜</t>
+          <t>保護套</t>
         </is>
       </c>
       <c r="C281" t="inlineStr">
         <is>
-          <t>J</t>
+          <t>B</t>
         </is>
       </c>
       <c r="D281" t="inlineStr">
         <is>
-          <t>MagEasy</t>
+          <t>SwitchEasy</t>
         </is>
       </c>
       <c r="E281" t="inlineStr">
         <is>
-          <t>ME</t>
+          <t>SE</t>
         </is>
       </c>
       <c r="F281" t="inlineStr">
         <is>
-          <t>VETRO 3D Hybrid防撞保護膜</t>
+          <t>EasyStand</t>
         </is>
       </c>
       <c r="G281" t="inlineStr">
         <is>
-          <t>AW099</t>
+          <t>MB201</t>
         </is>
       </c>
       <c r="H281" t="inlineStr"/>
       <c r="I281" t="inlineStr"/>
       <c r="J281" t="inlineStr">
         <is>
-          <t>JMEAW099</t>
+          <t>BSEMB201</t>
         </is>
       </c>
       <c r="K281" t="inlineStr">
         <is>
-          <t>41mm/45mm</t>
+          <t>14吋/16吋</t>
         </is>
       </c>
       <c r="L281" t="inlineStr">
         <is>
           <t>尺寸</t>
         </is>
       </c>
-      <c r="M281" t="inlineStr"/>
-      <c r="N281" t="inlineStr"/>
+      <c r="M281" t="inlineStr">
+        <is>
+          <t>黑色/午夜藍/馬鞍棕</t>
+        </is>
+      </c>
+      <c r="N281" t="inlineStr">
+        <is>
+          <t>顏色</t>
+        </is>
+      </c>
       <c r="O281" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P281" t="inlineStr"/>
       <c r="Q281" t="inlineStr"/>
       <c r="R281" t="n">
-        <v>281</v>
+        <v>280</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" t="n">
-        <v>293</v>
+        <v>273</v>
       </c>
       <c r="B282" t="inlineStr">
         <is>
-          <t>保護套</t>
+          <t>充電組</t>
         </is>
       </c>
       <c r="C282" t="inlineStr">
         <is>
-          <t>B</t>
+          <t>G</t>
         </is>
       </c>
       <c r="D282" t="inlineStr">
         <is>
-          <t>MagEasy</t>
+          <t>Sky King</t>
         </is>
       </c>
       <c r="E282" t="inlineStr">
         <is>
-          <t>ME</t>
+          <t>SK</t>
         </is>
       </c>
       <c r="F282" t="inlineStr">
         <is>
-          <t>Skin 磁吸矽膠防水錶帶</t>
+          <t>【Sky King】22w/28w/33w/47w/68w 快充充電組</t>
         </is>
       </c>
       <c r="G282" t="inlineStr">
         <is>
-          <t>AW780</t>
-[...3 lines deleted...]
-      <c r="I282" t="inlineStr"/>
+          <t>GAN01</t>
+        </is>
+      </c>
+      <c r="H282" t="inlineStr">
+        <is>
+          <t>型號關鍵字命名</t>
+        </is>
+      </c>
+      <c r="I282" t="inlineStr">
+        <is>
+          <t>氮化鎵第一款</t>
+        </is>
+      </c>
       <c r="J282" t="inlineStr">
         <is>
-          <t>BMEAW780</t>
+          <t>GSKGAN01</t>
         </is>
       </c>
       <c r="K282" t="inlineStr">
         <is>
-          <t>40-42mm/44-49mm</t>
+          <t>充電頭+C to C線/充電頭+C to Lightning線/充電頭+USB to Lightning/充電頭</t>
         </is>
       </c>
       <c r="L282" t="inlineStr">
         <is>
-          <t>尺寸</t>
+          <t>規格</t>
         </is>
       </c>
       <c r="M282" t="inlineStr">
         <is>
-          <t>藍色/雲朵白/黑色/松葉綠/粉色/星光白</t>
+          <t>22w/28w/33w/47w/68w</t>
         </is>
       </c>
       <c r="N282" t="inlineStr">
         <is>
-          <t>顏色</t>
+          <t>瓦數</t>
         </is>
       </c>
       <c r="O282" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
-      <c r="P282" t="inlineStr"/>
-      <c r="Q282" t="inlineStr"/>
+      <c r="P282" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
+      <c r="Q282" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
       <c r="R282" t="n">
-        <v>282</v>
+        <v>281</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" t="n">
-        <v>294</v>
+        <v>274</v>
       </c>
       <c r="B283" t="inlineStr">
         <is>
           <t>保護套</t>
         </is>
       </c>
       <c r="C283" t="inlineStr">
         <is>
           <t>B</t>
         </is>
       </c>
       <c r="D283" t="inlineStr">
         <is>
           <t>SwitchEasy</t>
         </is>
       </c>
       <c r="E283" t="inlineStr">
         <is>
           <t>SE</t>
         </is>
       </c>
       <c r="F283" t="inlineStr">
         <is>
-          <t>Mesh 不鏽鋼米蘭磁吸錶帶</t>
+          <t>Artist</t>
         </is>
       </c>
       <c r="G283" t="inlineStr">
         <is>
-          <t>AW032</t>
+          <t>MB017</t>
         </is>
       </c>
       <c r="H283" t="inlineStr"/>
       <c r="I283" t="inlineStr"/>
       <c r="J283" t="inlineStr">
         <is>
-          <t>BSEAW032</t>
+          <t>BSEMB017</t>
         </is>
       </c>
       <c r="K283" t="inlineStr">
         <is>
-          <t>40-42mm/44-49mm</t>
+          <t>Air 13.6/pro 13/pro 14/Air 13/pro 16</t>
         </is>
       </c>
       <c r="L283" t="inlineStr">
         <is>
           <t>尺寸</t>
         </is>
       </c>
       <c r="M283" t="inlineStr">
         <is>
-          <t>黑色/銀色/玫瑰金/星光色/午夜色</t>
+          <t>黑色大理石/海洋藍/雲朵白/彩虹/曙光/冰晶</t>
         </is>
       </c>
       <c r="N283" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O283" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P283" t="inlineStr"/>
       <c r="Q283" t="inlineStr"/>
       <c r="R283" t="n">
-        <v>283</v>
+        <v>282</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" t="n">
-        <v>295</v>
+        <v>275</v>
       </c>
       <c r="B284" t="inlineStr">
         <is>
           <t>保護套</t>
         </is>
       </c>
       <c r="C284" t="inlineStr">
         <is>
           <t>B</t>
         </is>
       </c>
       <c r="D284" t="inlineStr">
         <is>
-          <t>MagEasy</t>
+          <t>SwitchEasy</t>
         </is>
       </c>
       <c r="E284" t="inlineStr">
         <is>
-          <t>ME</t>
+          <t>SE</t>
         </is>
       </c>
       <c r="F284" t="inlineStr">
         <is>
-          <t>Maestro 不鏽鋼鏈錶帶</t>
+          <t>NUDE</t>
         </is>
       </c>
       <c r="G284" t="inlineStr">
         <is>
-          <t>AW034</t>
+          <t>MB012</t>
         </is>
       </c>
       <c r="H284" t="inlineStr"/>
       <c r="I284" t="inlineStr"/>
       <c r="J284" t="inlineStr">
         <is>
-          <t>BMEAW034</t>
+          <t>BSEMB012</t>
         </is>
       </c>
       <c r="K284" t="inlineStr">
         <is>
-          <t>40-42mm/44-49mm</t>
+          <t>Air 15/Air 13.6/Air 13/Pro 13/Pro 14/Pro 16</t>
         </is>
       </c>
       <c r="L284" t="inlineStr">
         <is>
           <t>尺寸</t>
         </is>
       </c>
       <c r="M284" t="inlineStr">
         <is>
-          <t>黑色/銀色</t>
+          <t>透明/透黑</t>
         </is>
       </c>
       <c r="N284" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O284" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P284" t="inlineStr"/>
       <c r="Q284" t="inlineStr"/>
       <c r="R284" t="n">
-        <v>284</v>
+        <v>283</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" t="n">
-        <v>296</v>
+        <v>276</v>
       </c>
       <c r="B285" t="inlineStr">
         <is>
-          <t>保護套</t>
+          <t>保護膜</t>
         </is>
       </c>
       <c r="C285" t="inlineStr">
         <is>
-          <t>B</t>
+          <t>J</t>
         </is>
       </c>
       <c r="D285" t="inlineStr">
         <is>
-          <t>MagEasy</t>
+          <t>SwitchEasy</t>
         </is>
       </c>
       <c r="E285" t="inlineStr">
         <is>
-          <t>ME</t>
+          <t>SE</t>
         </is>
       </c>
       <c r="F285" t="inlineStr">
         <is>
-          <t>Maestro M 不鏽鋼磁扣鏈錶帶</t>
+          <t>EasyVision高透防反光螢幕保護膜</t>
         </is>
       </c>
       <c r="G285" t="inlineStr">
         <is>
-          <t>AW044</t>
+          <t>MB055</t>
         </is>
       </c>
       <c r="H285" t="inlineStr"/>
       <c r="I285" t="inlineStr"/>
       <c r="J285" t="inlineStr">
         <is>
-          <t>BMEAW044</t>
+          <t>JSEMB055</t>
         </is>
       </c>
       <c r="K285" t="inlineStr">
         <is>
-          <t>40-42mm/44-49mm</t>
+          <t>pro&amp;air 13/pro 14/pro 16/air 13.6/air 15</t>
         </is>
       </c>
       <c r="L285" t="inlineStr">
         <is>
           <t>尺寸</t>
         </is>
       </c>
-      <c r="M285" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="M285" t="inlineStr"/>
+      <c r="N285" t="inlineStr"/>
       <c r="O285" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P285" t="inlineStr"/>
       <c r="Q285" t="inlineStr"/>
       <c r="R285" t="n">
-        <v>285</v>
+        <v>284</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" t="n">
-        <v>297</v>
+        <v>277</v>
       </c>
       <c r="B286" t="inlineStr">
         <is>
-          <t>保護套</t>
+          <t>保護膜</t>
         </is>
       </c>
       <c r="C286" t="inlineStr">
         <is>
-          <t>B</t>
+          <t>J</t>
         </is>
       </c>
       <c r="D286" t="inlineStr">
         <is>
           <t>SwitchEasy</t>
         </is>
       </c>
       <c r="E286" t="inlineStr">
         <is>
           <t>SE</t>
         </is>
       </c>
       <c r="F286" t="inlineStr">
         <is>
-          <t>Wave 高彈性尼龍錶帶</t>
+          <t>EasyProtector黏膠式防窺片</t>
         </is>
       </c>
       <c r="G286" t="inlineStr">
         <is>
-          <t>AW272</t>
+          <t>MB056</t>
         </is>
       </c>
       <c r="H286" t="inlineStr"/>
       <c r="I286" t="inlineStr"/>
       <c r="J286" t="inlineStr">
         <is>
-          <t>BSEAW272</t>
+          <t>JSEMB056</t>
         </is>
       </c>
       <c r="K286" t="inlineStr">
         <is>
-          <t>40-42mm/44-49mm</t>
+          <t>air 13.6</t>
         </is>
       </c>
       <c r="L286" t="inlineStr">
         <is>
           <t>尺寸</t>
         </is>
       </c>
-      <c r="M286" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="M286" t="inlineStr"/>
+      <c r="N286" t="inlineStr"/>
       <c r="O286" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P286" t="inlineStr"/>
       <c r="Q286" t="inlineStr"/>
       <c r="R286" t="n">
-        <v>286</v>
+        <v>285</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" t="n">
-        <v>298</v>
+        <v>278</v>
       </c>
       <c r="B287" t="inlineStr">
         <is>
-          <t>保護套</t>
+          <t>保護膜</t>
         </is>
       </c>
       <c r="C287" t="inlineStr">
         <is>
-          <t>B</t>
+          <t>J</t>
         </is>
       </c>
       <c r="D287" t="inlineStr">
         <is>
           <t>SwitchEasy</t>
         </is>
       </c>
       <c r="E287" t="inlineStr">
         <is>
           <t>SE</t>
         </is>
       </c>
       <c r="F287" t="inlineStr">
         <is>
-          <t>Colors Apple Watch 保護殼</t>
+          <t>EasyProtector磁吸式防窺片</t>
         </is>
       </c>
       <c r="G287" t="inlineStr">
         <is>
-          <t>AW139</t>
+          <t>MB057</t>
         </is>
       </c>
       <c r="H287" t="inlineStr"/>
       <c r="I287" t="inlineStr"/>
       <c r="J287" t="inlineStr">
         <is>
-          <t>BSEAW139</t>
+          <t>JSEMB057</t>
         </is>
       </c>
       <c r="K287" t="inlineStr">
         <is>
-          <t>40-41mm/44-45mm</t>
+          <t>air 13.6/pro 14/air&amp;pro 13/air 15</t>
         </is>
       </c>
       <c r="L287" t="inlineStr">
         <is>
           <t>尺寸</t>
         </is>
       </c>
-      <c r="M287" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="M287" t="inlineStr"/>
+      <c r="N287" t="inlineStr"/>
       <c r="O287" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P287" t="inlineStr"/>
       <c r="Q287" t="inlineStr"/>
       <c r="R287" t="n">
-        <v>287</v>
+        <v>286</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" t="n">
-        <v>299</v>
+        <v>279</v>
       </c>
       <c r="B288" t="inlineStr">
         <is>
           <t>保護套</t>
         </is>
       </c>
       <c r="C288" t="inlineStr">
         <is>
           <t>B</t>
         </is>
       </c>
       <c r="D288" t="inlineStr">
         <is>
-          <t>SwitchEasy</t>
+          <t>MagEasy</t>
         </is>
       </c>
       <c r="E288" t="inlineStr">
         <is>
-          <t>SE</t>
+          <t>ME</t>
         </is>
       </c>
       <c r="F288" t="inlineStr">
         <is>
-          <t>Hybrid 矽膠真皮錶帶</t>
+          <t>Braided 編織尼龍磁扣錶環</t>
         </is>
       </c>
       <c r="G288" t="inlineStr">
         <is>
-          <t>AW274</t>
+          <t>AW366</t>
         </is>
       </c>
       <c r="H288" t="inlineStr"/>
       <c r="I288" t="inlineStr"/>
       <c r="J288" t="inlineStr">
         <is>
-          <t>BSEAW274</t>
+          <t>BMEAW366</t>
         </is>
       </c>
       <c r="K288" t="inlineStr">
         <is>
-          <t>40-42mm/44-49mm</t>
+          <t>40 41 42 mm/44 45 46 49mm</t>
         </is>
       </c>
       <c r="L288" t="inlineStr">
         <is>
           <t>尺寸</t>
         </is>
       </c>
       <c r="M288" t="inlineStr">
         <is>
-          <t>黑色/岩石灰/咖啡色/天空藍</t>
+          <t>星光色/石墨灰/交織灰</t>
         </is>
       </c>
       <c r="N288" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O288" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P288" t="inlineStr"/>
       <c r="Q288" t="inlineStr"/>
       <c r="R288" t="n">
-        <v>288</v>
+        <v>287</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" t="n">
-        <v>300</v>
+        <v>280</v>
       </c>
       <c r="B289" t="inlineStr">
         <is>
           <t>保護套</t>
         </is>
       </c>
       <c r="C289" t="inlineStr">
         <is>
           <t>B</t>
         </is>
       </c>
       <c r="D289" t="inlineStr">
         <is>
-          <t>SwitchEasy</t>
+          <t>MagEasy</t>
         </is>
       </c>
       <c r="E289" t="inlineStr">
         <is>
-          <t>SE</t>
+          <t>ME</t>
         </is>
       </c>
       <c r="F289" t="inlineStr">
         <is>
-          <t>真皮表帶系列/Classic Genuine Leather Watch Band</t>
+          <t>Nappa 小牛皮革錶帶</t>
         </is>
       </c>
       <c r="G289" t="inlineStr">
         <is>
-          <t>AW214</t>
+          <t>AW342</t>
         </is>
       </c>
       <c r="H289" t="inlineStr"/>
       <c r="I289" t="inlineStr"/>
       <c r="J289" t="inlineStr">
         <is>
-          <t>BSEAW214</t>
+          <t>BMEAW342</t>
         </is>
       </c>
       <c r="K289" t="inlineStr">
         <is>
-          <t>38-41mm/42-45mm</t>
+          <t>40 41 42 mm/44 45 46 49mm</t>
         </is>
       </c>
       <c r="L289" t="inlineStr">
         <is>
           <t>尺寸</t>
         </is>
       </c>
       <c r="M289" t="inlineStr">
         <is>
-          <t>棕色</t>
+          <t>黑色/棕色</t>
         </is>
       </c>
       <c r="N289" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O289" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P289" t="inlineStr"/>
       <c r="Q289" t="inlineStr"/>
       <c r="R289" t="n">
-        <v>289</v>
+        <v>288</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" t="n">
-        <v>301</v>
+        <v>281</v>
       </c>
       <c r="B290" t="inlineStr">
         <is>
-          <t>充電組</t>
+          <t>保護膜</t>
         </is>
       </c>
       <c r="C290" t="inlineStr">
         <is>
-          <t>G</t>
+          <t>J</t>
         </is>
       </c>
       <c r="D290" t="inlineStr">
         <is>
-          <t>SwitchEasy</t>
+          <t>MagEasy</t>
         </is>
       </c>
       <c r="E290" t="inlineStr">
         <is>
-          <t>SE</t>
+          <t>ME</t>
         </is>
       </c>
       <c r="F290" t="inlineStr">
         <is>
-          <t>BLOCKS for Apple Watch</t>
+          <t>Vetro 3D+ 滿版抗刮保護貼</t>
         </is>
       </c>
       <c r="G290" t="inlineStr">
         <is>
-          <t>AW142</t>
+          <t>AW347</t>
         </is>
       </c>
       <c r="H290" t="inlineStr"/>
       <c r="I290" t="inlineStr"/>
       <c r="J290" t="inlineStr">
         <is>
-          <t>GSEAW142</t>
+          <t>JMEAW347</t>
         </is>
       </c>
       <c r="K290" t="inlineStr">
         <is>
-          <t>BLOCKS for Apple Watch</t>
+          <t>42mm/46mm/49mm</t>
         </is>
       </c>
       <c r="L290" t="inlineStr">
         <is>
-          <t>規格</t>
+          <t>尺寸</t>
         </is>
       </c>
       <c r="M290" t="inlineStr"/>
       <c r="N290" t="inlineStr"/>
       <c r="O290" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P290" t="inlineStr"/>
       <c r="Q290" t="inlineStr"/>
       <c r="R290" t="n">
-        <v>290</v>
+        <v>289</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" t="n">
-        <v>303</v>
+        <v>282</v>
       </c>
       <c r="B291" t="inlineStr">
         <is>
-          <t>配件</t>
+          <t>保護套</t>
         </is>
       </c>
       <c r="C291" t="inlineStr">
         <is>
-          <t>T</t>
+          <t>B</t>
         </is>
       </c>
       <c r="D291" t="inlineStr">
         <is>
-          <t>MagEasy</t>
+          <t>SwitchEasy</t>
         </is>
       </c>
       <c r="E291" t="inlineStr">
         <is>
-          <t>ME</t>
+          <t>SE</t>
         </is>
       </c>
       <c r="F291" t="inlineStr">
         <is>
-          <t>Scrunchie Strap 掛繩 / 掛繩片組</t>
+          <t>Hybrid WP 9H 鋼化玻璃防水保護殼</t>
         </is>
       </c>
       <c r="G291" t="inlineStr">
         <is>
-          <t>PH365</t>
+          <t>AW086</t>
         </is>
       </c>
       <c r="H291" t="inlineStr"/>
       <c r="I291" t="inlineStr"/>
       <c r="J291" t="inlineStr">
         <is>
-          <t>TMEPH365</t>
-[...3 lines deleted...]
-      <c r="L291" t="inlineStr"/>
+          <t>BSEAW086</t>
+        </is>
+      </c>
+      <c r="K291" t="inlineStr">
+        <is>
+          <t>41mm/42mm/45mm/46mm/49mm</t>
+        </is>
+      </c>
+      <c r="L291" t="inlineStr">
+        <is>
+          <t>尺寸</t>
+        </is>
+      </c>
       <c r="M291" t="inlineStr">
         <is>
-          <t>皮革白/皮革黑/皮革銀/鼠尾草綠/煤炭黑</t>
+          <t>透明/午夜色/鈦色</t>
         </is>
       </c>
       <c r="N291" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O291" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P291" t="inlineStr"/>
       <c r="Q291" t="inlineStr"/>
       <c r="R291" t="n">
-        <v>291</v>
+        <v>290</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" t="n">
-        <v>304</v>
+        <v>283</v>
       </c>
       <c r="B292" t="inlineStr">
         <is>
-          <t>配件</t>
+          <t>保護套</t>
         </is>
       </c>
       <c r="C292" t="inlineStr">
         <is>
-          <t>T</t>
+          <t>B</t>
         </is>
       </c>
       <c r="D292" t="inlineStr">
         <is>
-          <t>MagEasy</t>
+          <t>SwitchEasy</t>
         </is>
       </c>
       <c r="E292" t="inlineStr">
         <is>
-          <t>ME</t>
+          <t>SE</t>
         </is>
       </c>
       <c r="F292" t="inlineStr">
         <is>
-          <t>Scrunchie Wrist Strap 手腕掛繩 / 掛繩片組</t>
+          <t>Candy 磁吸防潑水高彈力編織錶帶</t>
         </is>
       </c>
       <c r="G292" t="inlineStr">
         <is>
-          <t>PH364</t>
+          <t>AW237</t>
         </is>
       </c>
       <c r="H292" t="inlineStr"/>
       <c r="I292" t="inlineStr"/>
       <c r="J292" t="inlineStr">
         <is>
-          <t>TMEPH364</t>
-[...3 lines deleted...]
-      <c r="L292" t="inlineStr"/>
+          <t>BSEAW237</t>
+        </is>
+      </c>
+      <c r="K292" t="inlineStr">
+        <is>
+          <t>40-42mm/44-49mm</t>
+        </is>
+      </c>
+      <c r="L292" t="inlineStr">
+        <is>
+          <t>尺寸</t>
+        </is>
+      </c>
       <c r="M292" t="inlineStr">
         <is>
-          <t>皮革白/皮革黑/皮革銀/鼠尾草綠/沙漠粉/天空藍/煤炭黑</t>
+          <t>黑灰/海藍/驕傲/彩虹</t>
         </is>
       </c>
       <c r="N292" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O292" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P292" t="inlineStr"/>
       <c r="Q292" t="inlineStr"/>
       <c r="R292" t="n">
-        <v>292</v>
+        <v>291</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" t="n">
-        <v>305</v>
+        <v>284</v>
       </c>
       <c r="B293" t="inlineStr">
         <is>
-          <t>配件</t>
+          <t>保護套</t>
         </is>
       </c>
       <c r="C293" t="inlineStr">
         <is>
-          <t>T</t>
+          <t>B</t>
         </is>
       </c>
       <c r="D293" t="inlineStr">
         <is>
-          <t>MagEasy</t>
+          <t>SwitchEasy</t>
         </is>
       </c>
       <c r="E293" t="inlineStr">
         <is>
-          <t>ME</t>
+          <t>SE</t>
         </is>
       </c>
       <c r="F293" t="inlineStr">
         <is>
-          <t>Pearl Wrist Strap 珍珠手腕掛繩 / 掛繩片組 單扣 (附掛片)</t>
+          <t>Classic 磁吸真皮錶帶</t>
         </is>
       </c>
       <c r="G293" t="inlineStr">
         <is>
-          <t>PH340</t>
+          <t>AW238</t>
         </is>
       </c>
       <c r="H293" t="inlineStr"/>
       <c r="I293" t="inlineStr"/>
       <c r="J293" t="inlineStr">
         <is>
-          <t>TMEPH340</t>
-[...3 lines deleted...]
-      <c r="L293" t="inlineStr"/>
+          <t>BSEAW238</t>
+        </is>
+      </c>
+      <c r="K293" t="inlineStr">
+        <is>
+          <t>40-42mm/44-49mm</t>
+        </is>
+      </c>
+      <c r="L293" t="inlineStr">
+        <is>
+          <t>尺寸</t>
+        </is>
+      </c>
       <c r="M293" t="inlineStr">
         <is>
-          <t>白珍珠</t>
+          <t>棕色/灰色/黑色</t>
         </is>
       </c>
       <c r="N293" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O293" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P293" t="inlineStr"/>
       <c r="Q293" t="inlineStr"/>
       <c r="R293" t="n">
-        <v>293</v>
+        <v>292</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" t="n">
-        <v>306</v>
+        <v>285</v>
       </c>
       <c r="B294" t="inlineStr">
         <is>
-          <t>配件</t>
+          <t>保護套</t>
         </is>
       </c>
       <c r="C294" t="inlineStr">
         <is>
-          <t>T</t>
+          <t>B</t>
         </is>
       </c>
       <c r="D294" t="inlineStr">
         <is>
           <t>MagEasy</t>
         </is>
       </c>
       <c r="E294" t="inlineStr">
         <is>
           <t>ME</t>
         </is>
       </c>
       <c r="F294" t="inlineStr">
         <is>
-          <t>Beaded Wrist Strap 串飾手腕掛繩 / 掛繩片組 單扣 (附掛片）</t>
+          <t>Milanese 米蘭不鏽鋼磁扣錶環</t>
         </is>
       </c>
       <c r="G294" t="inlineStr">
         <is>
-          <t>PH343</t>
+          <t>AW236</t>
         </is>
       </c>
       <c r="H294" t="inlineStr"/>
       <c r="I294" t="inlineStr"/>
       <c r="J294" t="inlineStr">
         <is>
-          <t>TMEPH343</t>
-[...3 lines deleted...]
-      <c r="L294" t="inlineStr"/>
+          <t>BMEAW236</t>
+        </is>
+      </c>
+      <c r="K294" t="inlineStr">
+        <is>
+          <t>40-42mm/44-49mm</t>
+        </is>
+      </c>
+      <c r="L294" t="inlineStr">
+        <is>
+          <t>尺寸</t>
+        </is>
+      </c>
       <c r="M294" t="inlineStr">
         <is>
-          <t>軟糖熊/黑瑪瑙/心雲藍</t>
+          <t>黑色/星光白/午夜色/銀色/玫瑰金/金色/原色/石瓦色</t>
         </is>
       </c>
       <c r="N294" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O294" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P294" t="inlineStr"/>
       <c r="Q294" t="inlineStr"/>
       <c r="R294" t="n">
-        <v>294</v>
+        <v>293</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" t="n">
-        <v>307</v>
+        <v>286</v>
       </c>
       <c r="B295" t="inlineStr">
         <is>
-          <t>配件</t>
+          <t>保護套</t>
         </is>
       </c>
       <c r="C295" t="inlineStr">
         <is>
-          <t>T</t>
+          <t>B</t>
         </is>
       </c>
       <c r="D295" t="inlineStr">
         <is>
           <t>MagEasy</t>
         </is>
       </c>
       <c r="E295" t="inlineStr">
         <is>
           <t>ME</t>
         </is>
       </c>
       <c r="F295" t="inlineStr">
         <is>
-          <t>20mm 機能快扣掛繩 / 掛繩片組(雙扣)</t>
+          <t>Skin Apple Watch 保護殼</t>
         </is>
       </c>
       <c r="G295" t="inlineStr">
         <is>
-          <t>PH337</t>
+          <t>AW078</t>
         </is>
       </c>
       <c r="H295" t="inlineStr"/>
       <c r="I295" t="inlineStr"/>
       <c r="J295" t="inlineStr">
         <is>
-          <t>TMEPH337</t>
-[...3 lines deleted...]
-      <c r="L295" t="inlineStr"/>
+          <t>BMEAW078</t>
+        </is>
+      </c>
+      <c r="K295" t="inlineStr">
+        <is>
+          <t>40-41mm/44-45mm/49mm/42mm/46mm</t>
+        </is>
+      </c>
+      <c r="L295" t="inlineStr">
+        <is>
+          <t>尺寸</t>
+        </is>
+      </c>
       <c r="M295" t="inlineStr">
         <is>
-          <t>黑色/星光色/璀璨銀</t>
+          <t>黑色/星光白/貝殼粉/水泥灰/粉紅色/風暴藍/午夜黑/橘色</t>
         </is>
       </c>
       <c r="N295" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O295" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P295" t="inlineStr"/>
       <c r="Q295" t="inlineStr"/>
       <c r="R295" t="n">
-        <v>295</v>
+        <v>294</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" t="n">
-        <v>308</v>
+        <v>287</v>
       </c>
       <c r="B296" t="inlineStr">
         <is>
-          <t>配件</t>
+          <t>保護套</t>
         </is>
       </c>
       <c r="C296" t="inlineStr">
         <is>
-          <t>T</t>
+          <t>B</t>
         </is>
       </c>
       <c r="D296" t="inlineStr">
         <is>
           <t>MagEasy</t>
         </is>
       </c>
       <c r="E296" t="inlineStr">
         <is>
           <t>ME</t>
         </is>
       </c>
       <c r="F296" t="inlineStr">
         <is>
-          <t>20mm 機能快扣掛繩 / 掛繩片組(Y型)</t>
+          <t>Active 運動高山錶帶</t>
         </is>
       </c>
       <c r="G296" t="inlineStr">
         <is>
-          <t>PH338</t>
+          <t>AW160</t>
         </is>
       </c>
       <c r="H296" t="inlineStr"/>
       <c r="I296" t="inlineStr"/>
       <c r="J296" t="inlineStr">
         <is>
-          <t>TMEPH338</t>
-[...3 lines deleted...]
-      <c r="L296" t="inlineStr"/>
+          <t>BMEAW160</t>
+        </is>
+      </c>
+      <c r="K296" t="inlineStr">
+        <is>
+          <t>40-42mm/44-49mm</t>
+        </is>
+      </c>
+      <c r="L296" t="inlineStr">
+        <is>
+          <t>尺寸</t>
+        </is>
+      </c>
       <c r="M296" t="inlineStr">
         <is>
-          <t>黑色/星光色/璀璨銀</t>
+          <t>黑色/星光/綠色/橘色</t>
         </is>
       </c>
       <c r="N296" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O296" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P296" t="inlineStr"/>
       <c r="Q296" t="inlineStr"/>
       <c r="R296" t="n">
-        <v>296</v>
+        <v>295</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" t="n">
-        <v>309</v>
+        <v>288</v>
       </c>
       <c r="B297" t="inlineStr">
         <is>
-          <t>配件</t>
+          <t>保護套</t>
         </is>
       </c>
       <c r="C297" t="inlineStr">
         <is>
-          <t>T</t>
+          <t>B</t>
         </is>
       </c>
       <c r="D297" t="inlineStr">
         <is>
-          <t>MagEasy</t>
+          <t>SwitchEasy</t>
         </is>
       </c>
       <c r="E297" t="inlineStr">
         <is>
-          <t>ME</t>
+          <t>SE</t>
         </is>
       </c>
       <c r="F297" t="inlineStr">
         <is>
-          <t>8.3mm Wrist Strap 手腕掛繩 / 掛繩片組</t>
+          <t>Flex彈性越野錶帶</t>
         </is>
       </c>
       <c r="G297" t="inlineStr">
         <is>
-          <t>PH339</t>
+          <t>AW161</t>
         </is>
       </c>
       <c r="H297" t="inlineStr"/>
       <c r="I297" t="inlineStr"/>
       <c r="J297" t="inlineStr">
         <is>
-          <t>TMEPH339</t>
-[...3 lines deleted...]
-      <c r="L297" t="inlineStr"/>
+          <t>BSEAW161</t>
+        </is>
+      </c>
+      <c r="K297" t="inlineStr">
+        <is>
+          <t>40-42mm/44-49mm</t>
+        </is>
+      </c>
+      <c r="L297" t="inlineStr">
+        <is>
+          <t>尺寸</t>
+        </is>
+      </c>
       <c r="M297" t="inlineStr">
         <is>
-          <t>沈穩黑/內斂杏/敏銳靛/謎樣紫/剛悍靛/狂野橄/幻霧粉/海霧藍/絨毛白/絨毛紫/絨毛彩/繽紛白</t>
+          <t>黑色/星光/黑灰色</t>
         </is>
       </c>
       <c r="N297" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O297" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P297" t="inlineStr"/>
       <c r="Q297" t="inlineStr"/>
       <c r="R297" t="n">
-        <v>297</v>
+        <v>296</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" t="n">
-        <v>310</v>
+        <v>289</v>
       </c>
       <c r="B298" t="inlineStr">
         <is>
-          <t>配件</t>
+          <t>保護套</t>
         </is>
       </c>
       <c r="C298" t="inlineStr">
         <is>
-          <t>T</t>
+          <t>B</t>
         </is>
       </c>
       <c r="D298" t="inlineStr">
         <is>
           <t>MagEasy</t>
         </is>
       </c>
       <c r="E298" t="inlineStr">
         <is>
           <t>ME</t>
         </is>
       </c>
       <c r="F298" t="inlineStr">
         <is>
-          <t>360° 旋轉掛繩片</t>
+          <t>Odyssey 航太鋁合金保護殼</t>
         </is>
       </c>
       <c r="G298" t="inlineStr">
         <is>
-          <t>PH373</t>
+          <t>AW077</t>
         </is>
       </c>
       <c r="H298" t="inlineStr"/>
       <c r="I298" t="inlineStr"/>
       <c r="J298" t="inlineStr">
         <is>
-          <t>TMEPH373</t>
-[...3 lines deleted...]
-      <c r="L298" t="inlineStr"/>
+          <t>BMEAW077</t>
+        </is>
+      </c>
+      <c r="K298" t="inlineStr">
+        <is>
+          <t>41mm/42mm/45mm/46mm/49mm</t>
+        </is>
+      </c>
+      <c r="L298" t="inlineStr">
+        <is>
+          <t>尺寸</t>
+        </is>
+      </c>
       <c r="M298" t="inlineStr">
         <is>
-          <t>黑色/白色/灰色/米白</t>
+          <t>鈦金屬/午夜黑/星光白/玫瑰金/石瓦灰/鈦原色/綠色/藍色/粉紅/閃耀黑/閃耀銀</t>
         </is>
       </c>
       <c r="N298" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O298" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P298" t="inlineStr"/>
       <c r="Q298" t="inlineStr"/>
       <c r="R298" t="n">
-        <v>298</v>
+        <v>297</v>
       </c>
     </row>
     <row r="299">
       <c r="A299" t="n">
-        <v>311</v>
+        <v>290</v>
       </c>
       <c r="B299" t="inlineStr">
         <is>
-          <t>配件</t>
+          <t>保護套</t>
         </is>
       </c>
       <c r="C299" t="inlineStr">
         <is>
-          <t>T</t>
+          <t>B</t>
         </is>
       </c>
       <c r="D299" t="inlineStr">
         <is>
-          <t>MagEasy</t>
+          <t>SwitchEasy</t>
         </is>
       </c>
       <c r="E299" t="inlineStr">
         <is>
-          <t>ME</t>
+          <t>SE</t>
         </is>
       </c>
       <c r="F299" t="inlineStr">
         <is>
-          <t>Strap Card Motion Edition 隨型掛繩片</t>
+          <t>Modern Hybrid 鋼化玻璃鋁合金保護殼</t>
         </is>
       </c>
       <c r="G299" t="inlineStr">
         <is>
-          <t>PH245</t>
+          <t>AW207</t>
         </is>
       </c>
       <c r="H299" t="inlineStr"/>
       <c r="I299" t="inlineStr"/>
       <c r="J299" t="inlineStr">
         <is>
-          <t>TMEPH245</t>
-[...3 lines deleted...]
-      <c r="L299" t="inlineStr"/>
+          <t>BSEAW207</t>
+        </is>
+      </c>
+      <c r="K299" t="inlineStr">
+        <is>
+          <t>41mm/42mm/45mm/46mm/49mm</t>
+        </is>
+      </c>
+      <c r="L299" t="inlineStr">
+        <is>
+          <t>尺寸</t>
+        </is>
+      </c>
       <c r="M299" t="inlineStr">
         <is>
-          <t>巷弄/地標/斑馬線/摩天樓/公路/首都/大都會/水泥叢林/市中心/城市</t>
+          <t>太空灰/午夜黑/鈦色/粉色</t>
         </is>
       </c>
       <c r="N299" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O299" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P299" t="inlineStr"/>
       <c r="Q299" t="inlineStr"/>
       <c r="R299" t="n">
-        <v>299</v>
+        <v>298</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" t="n">
-        <v>312</v>
+        <v>291</v>
       </c>
       <c r="B300" t="inlineStr">
         <is>
-          <t>配件</t>
+          <t>保護套</t>
         </is>
       </c>
       <c r="C300" t="inlineStr">
         <is>
-          <t>T</t>
+          <t>B</t>
         </is>
       </c>
       <c r="D300" t="inlineStr">
         <is>
-          <t>MagEasy</t>
+          <t>SwitchEasy</t>
         </is>
       </c>
       <c r="E300" t="inlineStr">
         <is>
-          <t>ME</t>
+          <t>SE</t>
         </is>
       </c>
       <c r="F300" t="inlineStr">
         <is>
-          <t>皮穿鏈掛繩/掛繩片組</t>
+          <t>Hybrid 鋼化玻璃雙料保護殼</t>
         </is>
       </c>
       <c r="G300" t="inlineStr">
         <is>
-          <t>PH222</t>
+          <t>AW089</t>
         </is>
       </c>
       <c r="H300" t="inlineStr"/>
       <c r="I300" t="inlineStr"/>
       <c r="J300" t="inlineStr">
         <is>
-          <t>TMEPH222</t>
-[...3 lines deleted...]
-      <c r="L300" t="inlineStr"/>
+          <t>BSEAW089</t>
+        </is>
+      </c>
+      <c r="K300" t="inlineStr">
+        <is>
+          <t>41mm/45mm/49mm</t>
+        </is>
+      </c>
+      <c r="L300" t="inlineStr">
+        <is>
+          <t>尺寸</t>
+        </is>
+      </c>
       <c r="M300" t="inlineStr">
         <is>
-          <t>皮革黑+金色</t>
+          <t>午夜色/鈦色/銀色/透明</t>
         </is>
       </c>
       <c r="N300" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O300" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P300" t="inlineStr"/>
       <c r="Q300" t="inlineStr"/>
       <c r="R300" t="n">
-        <v>300</v>
+        <v>299</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" t="n">
-        <v>313</v>
+        <v>292</v>
       </c>
       <c r="B301" t="inlineStr">
         <is>
-          <t>配件</t>
+          <t>保護膜</t>
         </is>
       </c>
       <c r="C301" t="inlineStr">
         <is>
-          <t>T</t>
+          <t>J</t>
         </is>
       </c>
       <c r="D301" t="inlineStr">
         <is>
           <t>MagEasy</t>
         </is>
       </c>
       <c r="E301" t="inlineStr">
         <is>
           <t>ME</t>
         </is>
       </c>
       <c r="F301" t="inlineStr">
         <is>
-          <t>皮革金屬鏈掛繩 / 掛繩片組</t>
+          <t>VETRO 3D Hybrid防撞保護膜</t>
         </is>
       </c>
       <c r="G301" t="inlineStr">
         <is>
-          <t>PH224</t>
+          <t>AW099</t>
         </is>
       </c>
       <c r="H301" t="inlineStr"/>
       <c r="I301" t="inlineStr"/>
       <c r="J301" t="inlineStr">
         <is>
-          <t>TMEPH224</t>
-[...13 lines deleted...]
-      </c>
+          <t>JMEAW099</t>
+        </is>
+      </c>
+      <c r="K301" t="inlineStr">
+        <is>
+          <t>41mm/45mm</t>
+        </is>
+      </c>
+      <c r="L301" t="inlineStr">
+        <is>
+          <t>尺寸</t>
+        </is>
+      </c>
+      <c r="M301" t="inlineStr"/>
+      <c r="N301" t="inlineStr"/>
       <c r="O301" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P301" t="inlineStr"/>
       <c r="Q301" t="inlineStr"/>
       <c r="R301" t="n">
-        <v>301</v>
+        <v>300</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" t="n">
-        <v>314</v>
+        <v>293</v>
       </c>
       <c r="B302" t="inlineStr">
         <is>
-          <t>配件</t>
+          <t>保護套</t>
         </is>
       </c>
       <c r="C302" t="inlineStr">
         <is>
-          <t>T</t>
+          <t>B</t>
         </is>
       </c>
       <c r="D302" t="inlineStr">
         <is>
           <t>MagEasy</t>
         </is>
       </c>
       <c r="E302" t="inlineStr">
         <is>
           <t>ME</t>
         </is>
       </c>
       <c r="F302" t="inlineStr">
         <is>
-          <t>金屬鏈掛繩/掛繩片組</t>
+          <t>Skin 磁吸矽膠防水錶帶</t>
         </is>
       </c>
       <c r="G302" t="inlineStr">
         <is>
-          <t>PH223</t>
+          <t>AW780</t>
         </is>
       </c>
       <c r="H302" t="inlineStr"/>
       <c r="I302" t="inlineStr"/>
       <c r="J302" t="inlineStr">
         <is>
-          <t>TMEPH223</t>
-[...3 lines deleted...]
-      <c r="L302" t="inlineStr"/>
+          <t>BMEAW780</t>
+        </is>
+      </c>
+      <c r="K302" t="inlineStr">
+        <is>
+          <t>40-42mm/44-49mm</t>
+        </is>
+      </c>
+      <c r="L302" t="inlineStr">
+        <is>
+          <t>尺寸</t>
+        </is>
+      </c>
       <c r="M302" t="inlineStr">
         <is>
-          <t>銀色</t>
+          <t>藍色/雲朵白/黑色/松葉綠/粉色/星光白</t>
         </is>
       </c>
       <c r="N302" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O302" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P302" t="inlineStr"/>
       <c r="Q302" t="inlineStr"/>
       <c r="R302" t="n">
-        <v>302</v>
+        <v>301</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" t="n">
-        <v>315</v>
+        <v>294</v>
       </c>
       <c r="B303" t="inlineStr">
         <is>
-          <t>配件</t>
+          <t>保護套</t>
         </is>
       </c>
       <c r="C303" t="inlineStr">
         <is>
-          <t>T</t>
+          <t>B</t>
         </is>
       </c>
       <c r="D303" t="inlineStr">
         <is>
-          <t>MagEasy</t>
+          <t>SwitchEasy</t>
         </is>
       </c>
       <c r="E303" t="inlineStr">
         <is>
-          <t>ME</t>
+          <t>SE</t>
         </is>
       </c>
       <c r="F303" t="inlineStr">
         <is>
-          <t>2-in-1 UTILITY STRAP 二合一掛繩 / 掛繩片組</t>
+          <t>Mesh 不鏽鋼米蘭磁吸錶帶</t>
         </is>
       </c>
       <c r="G303" t="inlineStr">
         <is>
-          <t>PH218</t>
+          <t>AW032</t>
         </is>
       </c>
       <c r="H303" t="inlineStr"/>
       <c r="I303" t="inlineStr"/>
       <c r="J303" t="inlineStr">
         <is>
-          <t>TMEPH218</t>
-[...3 lines deleted...]
-      <c r="L303" t="inlineStr"/>
+          <t>BSEAW032</t>
+        </is>
+      </c>
+      <c r="K303" t="inlineStr">
+        <is>
+          <t>40-42mm/44-49mm</t>
+        </is>
+      </c>
+      <c r="L303" t="inlineStr">
+        <is>
+          <t>尺寸</t>
+        </is>
+      </c>
       <c r="M303" t="inlineStr">
         <is>
-          <t>黑色/岩灰色/星光色/迷霧藍</t>
+          <t>黑色/銀色/玫瑰金/星光色/午夜色</t>
         </is>
       </c>
       <c r="N303" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O303" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P303" t="inlineStr"/>
       <c r="Q303" t="inlineStr"/>
       <c r="R303" t="n">
-        <v>303</v>
+        <v>302</v>
       </c>
     </row>
     <row r="304">
       <c r="A304" t="n">
-        <v>316</v>
+        <v>295</v>
       </c>
       <c r="B304" t="inlineStr">
         <is>
-          <t>配件</t>
+          <t>保護套</t>
         </is>
       </c>
       <c r="C304" t="inlineStr">
         <is>
-          <t>T</t>
+          <t>B</t>
         </is>
       </c>
       <c r="D304" t="inlineStr">
         <is>
           <t>MagEasy</t>
         </is>
       </c>
       <c r="E304" t="inlineStr">
         <is>
           <t>ME</t>
         </is>
       </c>
       <c r="F304" t="inlineStr">
         <is>
-          <t>15mm UTILITY WRIST STRAP-手腕掛繩/掛繩片組</t>
+          <t>Maestro 不鏽鋼鏈錶帶</t>
         </is>
       </c>
       <c r="G304" t="inlineStr">
         <is>
-          <t>PH219</t>
+          <t>AW034</t>
         </is>
       </c>
       <c r="H304" t="inlineStr"/>
       <c r="I304" t="inlineStr"/>
       <c r="J304" t="inlineStr">
         <is>
-          <t>TMEPH219</t>
-[...3 lines deleted...]
-      <c r="L304" t="inlineStr"/>
+          <t>BMEAW034</t>
+        </is>
+      </c>
+      <c r="K304" t="inlineStr">
+        <is>
+          <t>40-42mm/44-49mm</t>
+        </is>
+      </c>
+      <c r="L304" t="inlineStr">
+        <is>
+          <t>尺寸</t>
+        </is>
+      </c>
       <c r="M304" t="inlineStr">
         <is>
-          <t>黑色/岩灰色/星光色/迷霧藍/璀璨銀/金屬灰/極簡藍/稚嫩粉</t>
+          <t>黑色/銀色</t>
         </is>
       </c>
       <c r="N304" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O304" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P304" t="inlineStr"/>
       <c r="Q304" t="inlineStr"/>
       <c r="R304" t="n">
-        <v>304</v>
+        <v>303</v>
       </c>
     </row>
     <row r="305">
       <c r="A305" t="n">
-        <v>317</v>
+        <v>296</v>
       </c>
       <c r="B305" t="inlineStr">
         <is>
-          <t>配件</t>
+          <t>保護套</t>
         </is>
       </c>
       <c r="C305" t="inlineStr">
         <is>
-          <t>T</t>
+          <t>B</t>
         </is>
       </c>
       <c r="D305" t="inlineStr">
         <is>
           <t>MagEasy</t>
         </is>
       </c>
       <c r="E305" t="inlineStr">
         <is>
           <t>ME</t>
         </is>
       </c>
       <c r="F305" t="inlineStr">
         <is>
-          <t>Utility Strap 25mm for iPhone</t>
+          <t>Maestro M 不鏽鋼磁扣鏈錶帶</t>
         </is>
       </c>
       <c r="G305" t="inlineStr">
         <is>
-          <t>PH199</t>
+          <t>AW044</t>
         </is>
       </c>
       <c r="H305" t="inlineStr"/>
       <c r="I305" t="inlineStr"/>
       <c r="J305" t="inlineStr">
         <is>
-          <t>TMEPH199</t>
-[...3 lines deleted...]
-      <c r="L305" t="inlineStr"/>
+          <t>BMEAW044</t>
+        </is>
+      </c>
+      <c r="K305" t="inlineStr">
+        <is>
+          <t>40-42mm/44-49mm</t>
+        </is>
+      </c>
+      <c r="L305" t="inlineStr">
+        <is>
+          <t>尺寸</t>
+        </is>
+      </c>
       <c r="M305" t="inlineStr">
         <is>
-          <t>黑色/岩石灰/星光色</t>
+          <t>黑色/銀色</t>
         </is>
       </c>
       <c r="N305" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O305" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P305" t="inlineStr"/>
       <c r="Q305" t="inlineStr"/>
       <c r="R305" t="n">
-        <v>305</v>
+        <v>304</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" t="n">
-        <v>318</v>
+        <v>297</v>
       </c>
       <c r="B306" t="inlineStr">
         <is>
-          <t>配件</t>
+          <t>保護套</t>
         </is>
       </c>
       <c r="C306" t="inlineStr">
         <is>
-          <t>T</t>
+          <t>B</t>
         </is>
       </c>
       <c r="D306" t="inlineStr">
         <is>
-          <t>MagEasy</t>
+          <t>SwitchEasy</t>
         </is>
       </c>
       <c r="E306" t="inlineStr">
         <is>
-          <t>ME</t>
+          <t>SE</t>
         </is>
       </c>
       <c r="F306" t="inlineStr">
         <is>
-          <t>STAND 360 鋁合金旋轉支架</t>
+          <t>Wave 高彈性尼龍錶帶</t>
         </is>
       </c>
       <c r="G306" t="inlineStr">
         <is>
-          <t>PH191</t>
+          <t>AW272</t>
         </is>
       </c>
       <c r="H306" t="inlineStr"/>
       <c r="I306" t="inlineStr"/>
       <c r="J306" t="inlineStr">
         <is>
-          <t>TMEPH191</t>
-[...3 lines deleted...]
-      <c r="L306" t="inlineStr"/>
+          <t>BSEAW272</t>
+        </is>
+      </c>
+      <c r="K306" t="inlineStr">
+        <is>
+          <t>40-42mm/44-49mm</t>
+        </is>
+      </c>
+      <c r="L306" t="inlineStr">
+        <is>
+          <t>尺寸</t>
+        </is>
+      </c>
       <c r="M306" t="inlineStr">
         <is>
-          <t>太空灰</t>
+          <t>粉色/古銅色</t>
         </is>
       </c>
       <c r="N306" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O306" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P306" t="inlineStr"/>
       <c r="Q306" t="inlineStr"/>
       <c r="R306" t="n">
-        <v>306</v>
+        <v>305</v>
       </c>
     </row>
     <row r="307">
       <c r="A307" t="n">
-        <v>319</v>
+        <v>298</v>
       </c>
       <c r="B307" t="inlineStr">
         <is>
-          <t>配件</t>
+          <t>保護套</t>
         </is>
       </c>
       <c r="C307" t="inlineStr">
         <is>
-          <t>T</t>
+          <t>B</t>
         </is>
       </c>
       <c r="D307" t="inlineStr">
         <is>
-          <t>MagEasy</t>
+          <t>SwitchEasy</t>
         </is>
       </c>
       <c r="E307" t="inlineStr">
         <is>
-          <t>ME</t>
+          <t>SE</t>
         </is>
       </c>
       <c r="F307" t="inlineStr">
         <is>
-          <t>Magnetic Wall Mount磁吸牆面支架</t>
+          <t>Colors Apple Watch 保護殼</t>
         </is>
       </c>
       <c r="G307" t="inlineStr">
         <is>
-          <t>PH137</t>
+          <t>AW139</t>
         </is>
       </c>
       <c r="H307" t="inlineStr"/>
       <c r="I307" t="inlineStr"/>
       <c r="J307" t="inlineStr">
         <is>
-          <t>TMEPH137</t>
-[...3 lines deleted...]
-      <c r="L307" t="inlineStr"/>
+          <t>BSEAW139</t>
+        </is>
+      </c>
+      <c r="K307" t="inlineStr">
+        <is>
+          <t>40-41mm/44-45mm</t>
+        </is>
+      </c>
+      <c r="L307" t="inlineStr">
+        <is>
+          <t>尺寸</t>
+        </is>
+      </c>
       <c r="M307" t="inlineStr">
         <is>
-          <t>太空灰</t>
+          <t>黑色/深邃藍/星光白/軍綠色</t>
         </is>
       </c>
       <c r="N307" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O307" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P307" t="inlineStr"/>
       <c r="Q307" t="inlineStr"/>
       <c r="R307" t="n">
-        <v>307</v>
+        <v>306</v>
       </c>
     </row>
     <row r="308">
       <c r="A308" t="n">
-        <v>320</v>
+        <v>299</v>
       </c>
       <c r="B308" t="inlineStr">
         <is>
-          <t>配件</t>
+          <t>保護套</t>
         </is>
       </c>
       <c r="C308" t="inlineStr">
         <is>
-          <t>T</t>
+          <t>B</t>
         </is>
       </c>
       <c r="D308" t="inlineStr">
         <is>
-          <t>MagEasy</t>
+          <t>SwitchEasy</t>
         </is>
       </c>
       <c r="E308" t="inlineStr">
         <is>
-          <t>ME</t>
+          <t>SE</t>
         </is>
       </c>
       <c r="F308" t="inlineStr">
         <is>
-          <t xml:space="preserve">STRAP+STRAP CARD-8.3mm </t>
+          <t>Hybrid 矽膠真皮錶帶</t>
         </is>
       </c>
       <c r="G308" t="inlineStr">
         <is>
-          <t>PH188</t>
+          <t>AW274</t>
         </is>
       </c>
       <c r="H308" t="inlineStr"/>
       <c r="I308" t="inlineStr"/>
       <c r="J308" t="inlineStr">
         <is>
-          <t>TMEPH188</t>
-[...3 lines deleted...]
-      <c r="L308" t="inlineStr"/>
+          <t>BSEAW274</t>
+        </is>
+      </c>
+      <c r="K308" t="inlineStr">
+        <is>
+          <t>40-42mm/44-49mm</t>
+        </is>
+      </c>
+      <c r="L308" t="inlineStr">
+        <is>
+          <t>尺寸</t>
+        </is>
+      </c>
       <c r="M308" t="inlineStr">
         <is>
-          <t>黑色/反光黑/灰色/紫色+螢光綠/迷霧藍+酒紅/米白+橘色/韌性藍/蹤跡綠/率性藍/高冷灰</t>
+          <t>黑色/岩石灰/咖啡色/天空藍</t>
         </is>
       </c>
       <c r="N308" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O308" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P308" t="inlineStr"/>
       <c r="Q308" t="inlineStr"/>
       <c r="R308" t="n">
-        <v>308</v>
+        <v>307</v>
       </c>
     </row>
     <row r="309">
       <c r="A309" t="n">
-        <v>321</v>
+        <v>300</v>
       </c>
       <c r="B309" t="inlineStr">
         <is>
-          <t>配件</t>
+          <t>保護套</t>
         </is>
       </c>
       <c r="C309" t="inlineStr">
         <is>
-          <t>T</t>
+          <t>B</t>
         </is>
       </c>
       <c r="D309" t="inlineStr">
         <is>
-          <t>MagEasy</t>
+          <t>SwitchEasy</t>
         </is>
       </c>
       <c r="E309" t="inlineStr">
         <is>
-          <t>ME</t>
+          <t>SE</t>
         </is>
       </c>
       <c r="F309" t="inlineStr">
         <is>
-          <t>WRIST STRAP+STRAP CARD-6mm 手腕繩</t>
+          <t>真皮表帶系列/Classic Genuine Leather Watch Band</t>
         </is>
       </c>
       <c r="G309" t="inlineStr">
         <is>
-          <t>PH158</t>
+          <t>AW214</t>
         </is>
       </c>
       <c r="H309" t="inlineStr"/>
       <c r="I309" t="inlineStr"/>
       <c r="J309" t="inlineStr">
         <is>
-          <t>TMEPH158</t>
-[...3 lines deleted...]
-      <c r="L309" t="inlineStr"/>
+          <t>BSEAW214</t>
+        </is>
+      </c>
+      <c r="K309" t="inlineStr">
+        <is>
+          <t>38-41mm/42-45mm</t>
+        </is>
+      </c>
+      <c r="L309" t="inlineStr">
+        <is>
+          <t>尺寸</t>
+        </is>
+      </c>
       <c r="M309" t="inlineStr">
         <is>
-          <t>黑色/內斂杏/謎樣紫</t>
+          <t>棕色</t>
         </is>
       </c>
       <c r="N309" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O309" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P309" t="inlineStr"/>
       <c r="Q309" t="inlineStr"/>
       <c r="R309" t="n">
-        <v>309</v>
+        <v>308</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" t="n">
-        <v>322</v>
+        <v>301</v>
       </c>
       <c r="B310" t="inlineStr">
         <is>
-          <t>配件</t>
+          <t>充電組</t>
         </is>
       </c>
       <c r="C310" t="inlineStr">
         <is>
-          <t>T</t>
+          <t>G</t>
         </is>
       </c>
       <c r="D310" t="inlineStr">
         <is>
-          <t>MagEasy</t>
+          <t>SwitchEasy</t>
         </is>
       </c>
       <c r="E310" t="inlineStr">
         <is>
-          <t>ME</t>
+          <t>SE</t>
         </is>
       </c>
       <c r="F310" t="inlineStr">
         <is>
-          <t>STRAP+STRAP CARD-6mm</t>
+          <t>BLOCKS for Apple Watch</t>
         </is>
       </c>
       <c r="G310" t="inlineStr">
         <is>
-          <t>PH142</t>
+          <t>AW142</t>
         </is>
       </c>
       <c r="H310" t="inlineStr"/>
       <c r="I310" t="inlineStr"/>
       <c r="J310" t="inlineStr">
         <is>
-          <t>TMEPH142</t>
-[...13 lines deleted...]
-      </c>
+          <t>GSEAW142</t>
+        </is>
+      </c>
+      <c r="K310" t="inlineStr">
+        <is>
+          <t>BLOCKS for Apple Watch</t>
+        </is>
+      </c>
+      <c r="L310" t="inlineStr">
+        <is>
+          <t>規格</t>
+        </is>
+      </c>
+      <c r="M310" t="inlineStr"/>
+      <c r="N310" t="inlineStr"/>
       <c r="O310" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P310" t="inlineStr"/>
       <c r="Q310" t="inlineStr"/>
       <c r="R310" t="n">
-        <v>310</v>
+        <v>309</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" t="n">
-        <v>324</v>
+        <v>303</v>
       </c>
       <c r="B311" t="inlineStr">
         <is>
           <t>配件</t>
         </is>
       </c>
       <c r="C311" t="inlineStr">
         <is>
           <t>T</t>
         </is>
       </c>
       <c r="D311" t="inlineStr">
         <is>
           <t>MagEasy</t>
         </is>
       </c>
       <c r="E311" t="inlineStr">
         <is>
           <t>ME</t>
         </is>
       </c>
       <c r="F311" t="inlineStr">
         <is>
-          <t>STRAP+STRAP CARD-20mm</t>
+          <t>Scrunchie Strap 掛繩 / 掛繩片組</t>
         </is>
       </c>
       <c r="G311" t="inlineStr">
         <is>
-          <t>PH159</t>
+          <t>PH365</t>
         </is>
       </c>
       <c r="H311" t="inlineStr"/>
       <c r="I311" t="inlineStr"/>
       <c r="J311" t="inlineStr">
         <is>
-          <t>TMEPH159</t>
+          <t>TMEPH365</t>
         </is>
       </c>
       <c r="K311" t="inlineStr"/>
       <c r="L311" t="inlineStr"/>
       <c r="M311" t="inlineStr">
         <is>
-          <t>高冷灰/知性棕/媚惑白/率性藍/魅力橘/耀眼黃/沉穩黑/無畏綠/復古紅/極簡藍/活躍青/稚嫩粉/璀璨銀</t>
+          <t>皮革白/皮革黑/皮革銀/鼠尾草綠/煤炭黑</t>
         </is>
       </c>
       <c r="N311" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O311" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P311" t="inlineStr"/>
       <c r="Q311" t="inlineStr"/>
       <c r="R311" t="n">
-        <v>311</v>
+        <v>310</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" t="n">
-        <v>325</v>
+        <v>304</v>
       </c>
       <c r="B312" t="inlineStr">
         <is>
           <t>配件</t>
         </is>
       </c>
       <c r="C312" t="inlineStr">
         <is>
           <t>T</t>
         </is>
       </c>
       <c r="D312" t="inlineStr">
         <is>
           <t>MagEasy</t>
         </is>
       </c>
       <c r="E312" t="inlineStr">
         <is>
           <t>ME</t>
         </is>
       </c>
       <c r="F312" t="inlineStr">
         <is>
-          <t>STRAP CARD</t>
+          <t>Scrunchie Wrist Strap 手腕掛繩 / 掛繩片組</t>
         </is>
       </c>
       <c r="G312" t="inlineStr">
         <is>
-          <t>PH189</t>
+          <t>PH364</t>
         </is>
       </c>
       <c r="H312" t="inlineStr"/>
       <c r="I312" t="inlineStr"/>
       <c r="J312" t="inlineStr">
         <is>
-          <t>TMEPH189</t>
+          <t>TMEPH364</t>
         </is>
       </c>
       <c r="K312" t="inlineStr"/>
       <c r="L312" t="inlineStr"/>
       <c r="M312" t="inlineStr">
         <is>
-          <t>黑色/白色/灰色/米白</t>
+          <t>皮革白/皮革黑/皮革銀/鼠尾草綠/沙漠粉/天空藍/煤炭黑</t>
         </is>
       </c>
       <c r="N312" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O312" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P312" t="inlineStr"/>
       <c r="Q312" t="inlineStr"/>
       <c r="R312" t="n">
-        <v>312</v>
+        <v>311</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" t="n">
-        <v>326</v>
+        <v>305</v>
       </c>
       <c r="B313" t="inlineStr">
         <is>
           <t>配件</t>
         </is>
       </c>
       <c r="C313" t="inlineStr">
         <is>
           <t>T</t>
         </is>
       </c>
       <c r="D313" t="inlineStr">
         <is>
           <t>MagEasy</t>
         </is>
       </c>
       <c r="E313" t="inlineStr">
         <is>
           <t>ME</t>
         </is>
       </c>
       <c r="F313" t="inlineStr">
         <is>
-          <t>Microfiber Polishing Cloth超細纖維擦拭布</t>
+          <t>Pearl Wrist Strap 珍珠手腕掛繩 / 掛繩片組 單扣 (附掛片)</t>
         </is>
       </c>
       <c r="G313" t="inlineStr">
         <is>
-          <t>PM066</t>
+          <t>PH340</t>
         </is>
       </c>
       <c r="H313" t="inlineStr"/>
       <c r="I313" t="inlineStr"/>
       <c r="J313" t="inlineStr">
         <is>
-          <t>TMEPM066</t>
+          <t>TMEPH340</t>
         </is>
       </c>
       <c r="K313" t="inlineStr"/>
       <c r="L313" t="inlineStr"/>
       <c r="M313" t="inlineStr">
         <is>
-          <t>灰色</t>
+          <t>白珍珠</t>
         </is>
       </c>
       <c r="N313" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O313" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P313" t="inlineStr"/>
       <c r="Q313" t="inlineStr"/>
       <c r="R313" t="n">
-        <v>313</v>
+        <v>312</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" t="n">
-        <v>327</v>
+        <v>306</v>
       </c>
       <c r="B314" t="inlineStr">
         <is>
           <t>配件</t>
         </is>
       </c>
       <c r="C314" t="inlineStr">
         <is>
           <t>T</t>
         </is>
       </c>
       <c r="D314" t="inlineStr">
         <is>
           <t>MagEasy</t>
         </is>
       </c>
       <c r="E314" t="inlineStr">
         <is>
           <t>ME</t>
         </is>
       </c>
       <c r="F314" t="inlineStr">
         <is>
-          <t>Strap+Strap Card掛繩+掛片</t>
+          <t>Beaded Wrist Strap 串飾手腕掛繩 / 掛繩片組 單扣 (附掛片）</t>
         </is>
       </c>
       <c r="G314" t="inlineStr">
         <is>
-          <t>PH063</t>
+          <t>PH343</t>
         </is>
       </c>
       <c r="H314" t="inlineStr"/>
       <c r="I314" t="inlineStr"/>
       <c r="J314" t="inlineStr">
         <is>
-          <t>TMEPH063</t>
+          <t>TMEPH343</t>
         </is>
       </c>
       <c r="K314" t="inlineStr"/>
       <c r="L314" t="inlineStr"/>
       <c r="M314" t="inlineStr">
         <is>
-          <t>神秘黑/彩虹/經典黑/經典灰/反光黑/海軍藍/糖果/驕傲</t>
+          <t>軟糖熊/黑瑪瑙/心雲藍</t>
         </is>
       </c>
       <c r="N314" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O314" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P314" t="inlineStr"/>
       <c r="Q314" t="inlineStr"/>
       <c r="R314" t="n">
-        <v>314</v>
+        <v>313</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" t="n">
-        <v>328</v>
+        <v>307</v>
       </c>
       <c r="B315" t="inlineStr">
         <is>
           <t>配件</t>
         </is>
       </c>
       <c r="C315" t="inlineStr">
         <is>
           <t>T</t>
         </is>
       </c>
       <c r="D315" t="inlineStr">
         <is>
           <t>MagEasy</t>
         </is>
       </c>
       <c r="E315" t="inlineStr">
         <is>
           <t>ME</t>
         </is>
       </c>
       <c r="F315" t="inlineStr">
         <is>
-          <t>SNAP磁吸支架卡包</t>
+          <t>20mm 機能快扣掛繩 / 掛繩片組(雙扣)</t>
         </is>
       </c>
       <c r="G315" t="inlineStr">
         <is>
-          <t>PH187</t>
+          <t>PH337</t>
         </is>
       </c>
       <c r="H315" t="inlineStr"/>
       <c r="I315" t="inlineStr"/>
       <c r="J315" t="inlineStr">
         <is>
-          <t>TMEPH187</t>
+          <t>TMEPH337</t>
         </is>
       </c>
       <c r="K315" t="inlineStr"/>
       <c r="L315" t="inlineStr"/>
       <c r="M315" t="inlineStr">
         <is>
-          <t>典雅黑/珊瑚灰/雪白</t>
+          <t>黑色/星光色/璀璨銀</t>
         </is>
       </c>
       <c r="N315" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O315" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P315" t="inlineStr"/>
       <c r="Q315" t="inlineStr"/>
       <c r="R315" t="n">
-        <v>315</v>
+        <v>314</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" t="n">
-        <v>329</v>
+        <v>308</v>
       </c>
       <c r="B316" t="inlineStr">
         <is>
           <t>配件</t>
         </is>
       </c>
       <c r="C316" t="inlineStr">
         <is>
           <t>T</t>
         </is>
       </c>
       <c r="D316" t="inlineStr">
         <is>
           <t>MagEasy</t>
         </is>
       </c>
       <c r="E316" t="inlineStr">
         <is>
           <t>ME</t>
         </is>
       </c>
       <c r="F316" t="inlineStr">
         <is>
-          <t>Hoop MagSafe擴充貼片</t>
+          <t>20mm 機能快扣掛繩 / 掛繩片組(Y型)</t>
         </is>
       </c>
       <c r="G316" t="inlineStr">
         <is>
-          <t>HD062</t>
+          <t>PH338</t>
         </is>
       </c>
       <c r="H316" t="inlineStr"/>
       <c r="I316" t="inlineStr"/>
       <c r="J316" t="inlineStr">
         <is>
-          <t>TMEHD062</t>
+          <t>TMEPH338</t>
         </is>
       </c>
       <c r="K316" t="inlineStr"/>
       <c r="L316" t="inlineStr"/>
       <c r="M316" t="inlineStr">
         <is>
-          <t>黑色/午夜色/粉色/紫色/藍色/紅色</t>
+          <t>黑色/星光色/璀璨銀</t>
         </is>
       </c>
       <c r="N316" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O316" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P316" t="inlineStr"/>
       <c r="Q316" t="inlineStr"/>
       <c r="R316" t="n">
-        <v>316</v>
+        <v>315</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" t="n">
-        <v>330</v>
+        <v>309</v>
       </c>
       <c r="B317" t="inlineStr">
         <is>
           <t>配件</t>
         </is>
       </c>
       <c r="C317" t="inlineStr">
         <is>
           <t>T</t>
         </is>
       </c>
       <c r="D317" t="inlineStr">
         <is>
           <t>MagEasy</t>
         </is>
       </c>
       <c r="E317" t="inlineStr">
         <is>
           <t>ME</t>
         </is>
       </c>
       <c r="F317" t="inlineStr">
         <is>
-          <t>FlipMount Hoop 磁吸平板支架</t>
+          <t>8.3mm Wrist Strap 手腕掛繩 / 掛繩片組</t>
         </is>
       </c>
       <c r="G317" t="inlineStr">
         <is>
-          <t>PD100</t>
+          <t>PH339</t>
         </is>
       </c>
       <c r="H317" t="inlineStr"/>
       <c r="I317" t="inlineStr"/>
       <c r="J317" t="inlineStr">
         <is>
-          <t>TMEPD100</t>
+          <t>TMEPH339</t>
         </is>
       </c>
       <c r="K317" t="inlineStr"/>
       <c r="L317" t="inlineStr"/>
       <c r="M317" t="inlineStr">
         <is>
-          <t>太空灰</t>
+          <t>沈穩黑/內斂杏/敏銳靛/謎樣紫/剛悍靛/狂野橄/幻霧粉/海霧藍/絨毛白/絨毛紫/絨毛彩/繽紛白</t>
         </is>
       </c>
       <c r="N317" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O317" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P317" t="inlineStr"/>
       <c r="Q317" t="inlineStr"/>
       <c r="R317" t="n">
-        <v>317</v>
+        <v>316</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" t="n">
-        <v>331</v>
+        <v>310</v>
       </c>
       <c r="B318" t="inlineStr">
         <is>
           <t>配件</t>
         </is>
       </c>
       <c r="C318" t="inlineStr">
         <is>
           <t>T</t>
         </is>
       </c>
       <c r="D318" t="inlineStr">
         <is>
           <t>MagEasy</t>
         </is>
       </c>
       <c r="E318" t="inlineStr">
         <is>
           <t>ME</t>
         </is>
       </c>
       <c r="F318" t="inlineStr">
         <is>
-          <t>FlipMount 磁吸iPad支架</t>
+          <t>360° 旋轉掛繩片</t>
         </is>
       </c>
       <c r="G318" t="inlineStr">
         <is>
-          <t>PDG22</t>
+          <t>PH373</t>
         </is>
       </c>
       <c r="H318" t="inlineStr"/>
       <c r="I318" t="inlineStr"/>
       <c r="J318" t="inlineStr">
         <is>
-          <t>TMEPDG22</t>
-[...11 lines deleted...]
-      </c>
+          <t>TMEPH373</t>
+        </is>
+      </c>
+      <c r="K318" t="inlineStr"/>
+      <c r="L318" t="inlineStr"/>
       <c r="M318" t="inlineStr">
         <is>
-          <t>太空灰</t>
+          <t>黑色/白色/灰色/米白</t>
         </is>
       </c>
       <c r="N318" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O318" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P318" t="inlineStr"/>
       <c r="Q318" t="inlineStr"/>
       <c r="R318" t="n">
-        <v>318</v>
+        <v>317</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" t="n">
-        <v>332</v>
+        <v>311</v>
       </c>
       <c r="B319" t="inlineStr">
         <is>
           <t>配件</t>
         </is>
       </c>
       <c r="C319" t="inlineStr">
         <is>
           <t>T</t>
         </is>
       </c>
       <c r="D319" t="inlineStr">
         <is>
           <t>MagEasy</t>
         </is>
       </c>
       <c r="E319" t="inlineStr">
         <is>
           <t>ME</t>
         </is>
       </c>
       <c r="F319" t="inlineStr">
         <is>
-          <t>MagMount</t>
+          <t>Strap Card Motion Edition 隨型掛繩片</t>
         </is>
       </c>
       <c r="G319" t="inlineStr">
         <is>
-          <t>PH280</t>
+          <t>PH245</t>
         </is>
       </c>
       <c r="H319" t="inlineStr"/>
       <c r="I319" t="inlineStr"/>
       <c r="J319" t="inlineStr">
         <is>
-          <t>TMEPH280</t>
+          <t>TMEPH245</t>
         </is>
       </c>
       <c r="K319" t="inlineStr"/>
       <c r="L319" t="inlineStr"/>
       <c r="M319" t="inlineStr">
         <is>
-          <t>太空灰</t>
+          <t>巷弄/地標/斑馬線/摩天樓/公路/首都/大都會/水泥叢林/市中心/城市</t>
         </is>
       </c>
       <c r="N319" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O319" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P319" t="inlineStr"/>
       <c r="Q319" t="inlineStr"/>
       <c r="R319" t="n">
-        <v>319</v>
+        <v>318</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" t="n">
-        <v>333</v>
+        <v>312</v>
       </c>
       <c r="B320" t="inlineStr">
         <is>
           <t>配件</t>
         </is>
       </c>
       <c r="C320" t="inlineStr">
         <is>
           <t>T</t>
         </is>
       </c>
       <c r="D320" t="inlineStr">
         <is>
           <t>MagEasy</t>
         </is>
       </c>
       <c r="E320" t="inlineStr">
         <is>
           <t>ME</t>
         </is>
       </c>
       <c r="F320" t="inlineStr">
         <is>
-          <t>MagMount Car Mount</t>
+          <t>皮穿鏈掛繩/掛繩片組</t>
         </is>
       </c>
       <c r="G320" t="inlineStr">
         <is>
-          <t>PD221</t>
+          <t>PH222</t>
         </is>
       </c>
       <c r="H320" t="inlineStr"/>
       <c r="I320" t="inlineStr"/>
       <c r="J320" t="inlineStr">
         <is>
-          <t>TMEPD221</t>
+          <t>TMEPH222</t>
         </is>
       </c>
       <c r="K320" t="inlineStr"/>
       <c r="L320" t="inlineStr"/>
       <c r="M320" t="inlineStr">
         <is>
-          <t>黑色</t>
+          <t>皮革黑+金色</t>
         </is>
       </c>
       <c r="N320" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O320" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P320" t="inlineStr"/>
       <c r="Q320" t="inlineStr"/>
       <c r="R320" t="n">
-        <v>320</v>
+        <v>319</v>
       </c>
     </row>
     <row r="321">
       <c r="A321" t="n">
-        <v>334</v>
+        <v>313</v>
       </c>
       <c r="B321" t="inlineStr">
         <is>
           <t>配件</t>
         </is>
       </c>
       <c r="C321" t="inlineStr">
         <is>
           <t>T</t>
         </is>
       </c>
       <c r="D321" t="inlineStr">
         <is>
           <t>MagEasy</t>
         </is>
       </c>
       <c r="E321" t="inlineStr">
         <is>
           <t>ME</t>
         </is>
       </c>
       <c r="F321" t="inlineStr">
         <is>
-          <t>Flip Bucket 雙面掛繩水桶包 + 8.3mm Strap 掛繩</t>
+          <t>皮革金屬鏈掛繩 / 掛繩片組</t>
         </is>
       </c>
       <c r="G321" t="inlineStr">
         <is>
-          <t>PH361</t>
+          <t>PH224</t>
         </is>
       </c>
       <c r="H321" t="inlineStr"/>
       <c r="I321" t="inlineStr"/>
       <c r="J321" t="inlineStr">
         <is>
-          <t>TMEPH361</t>
+          <t>TMEPH224</t>
         </is>
       </c>
       <c r="K321" t="inlineStr"/>
       <c r="L321" t="inlineStr"/>
       <c r="M321" t="inlineStr">
         <is>
-          <t>星際黑+ 沈穩黑/太空灰+ 高冷灰/月光杏+ 沈穩黑/恆星銀 + 璀璨銀</t>
+          <t>皮革黑+金色</t>
         </is>
       </c>
       <c r="N321" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O321" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P321" t="inlineStr"/>
       <c r="Q321" t="inlineStr"/>
       <c r="R321" t="n">
-        <v>321</v>
+        <v>320</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" t="n">
-        <v>335</v>
+        <v>314</v>
       </c>
       <c r="B322" t="inlineStr">
         <is>
           <t>配件</t>
         </is>
       </c>
       <c r="C322" t="inlineStr">
         <is>
           <t>T</t>
         </is>
       </c>
       <c r="D322" t="inlineStr">
         <is>
           <t>MagEasy</t>
         </is>
       </c>
       <c r="E322" t="inlineStr">
         <is>
           <t>ME</t>
         </is>
       </c>
       <c r="F322" t="inlineStr">
         <is>
-          <t>Bun Sacoche 機能掛繩隨行包 + 8.3mm Strap 掛繩</t>
+          <t>金屬鏈掛繩/掛繩片組</t>
         </is>
       </c>
       <c r="G322" t="inlineStr">
         <is>
-          <t>PH369</t>
+          <t>PH223</t>
         </is>
       </c>
       <c r="H322" t="inlineStr"/>
       <c r="I322" t="inlineStr"/>
       <c r="J322" t="inlineStr">
         <is>
-          <t>TMEPH369</t>
+          <t>TMEPH223</t>
         </is>
       </c>
       <c r="K322" t="inlineStr"/>
       <c r="L322" t="inlineStr"/>
       <c r="M322" t="inlineStr">
         <is>
-          <t>星際黑 + 沈穩黑/太空灰+ 高冷灰/月光杏 + 沈穩黑/XPAC 白 + 沈穩黑/恆星銀 + 璀璨銀</t>
+          <t>銀色</t>
         </is>
       </c>
       <c r="N322" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O322" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P322" t="inlineStr"/>
       <c r="Q322" t="inlineStr"/>
       <c r="R322" t="n">
-        <v>322</v>
+        <v>321</v>
       </c>
     </row>
     <row r="323">
       <c r="A323" t="n">
-        <v>336</v>
+        <v>315</v>
       </c>
       <c r="B323" t="inlineStr">
         <is>
           <t>配件</t>
         </is>
       </c>
       <c r="C323" t="inlineStr">
         <is>
           <t>T</t>
         </is>
       </c>
       <c r="D323" t="inlineStr">
         <is>
           <t>MagEasy</t>
         </is>
       </c>
       <c r="E323" t="inlineStr">
         <is>
           <t>ME</t>
         </is>
       </c>
       <c r="F323" t="inlineStr">
         <is>
-          <t>Phone Sacoche 手機掛繩隨行包</t>
+          <t>2-in-1 UTILITY STRAP 二合一掛繩 / 掛繩片組</t>
         </is>
       </c>
       <c r="G323" t="inlineStr">
         <is>
-          <t>PH233</t>
+          <t>PH218</t>
         </is>
       </c>
       <c r="H323" t="inlineStr"/>
       <c r="I323" t="inlineStr"/>
       <c r="J323" t="inlineStr">
         <is>
-          <t>TMEPH233</t>
+          <t>TMEPH218</t>
         </is>
       </c>
       <c r="K323" t="inlineStr"/>
       <c r="L323" t="inlineStr"/>
       <c r="M323" t="inlineStr">
         <is>
-          <t>曠野綠 (Cordura)/石墨黑 (Cordura)/石墨黑/細沙杏/水泥灰</t>
+          <t>黑色/岩灰色/星光色/迷霧藍</t>
         </is>
       </c>
       <c r="N323" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O323" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P323" t="inlineStr"/>
       <c r="Q323" t="inlineStr"/>
       <c r="R323" t="n">
-        <v>323</v>
+        <v>322</v>
       </c>
     </row>
     <row r="324">
       <c r="A324" t="n">
-        <v>337</v>
+        <v>316</v>
       </c>
       <c r="B324" t="inlineStr">
         <is>
           <t>配件</t>
         </is>
       </c>
       <c r="C324" t="inlineStr">
         <is>
           <t>T</t>
         </is>
       </c>
       <c r="D324" t="inlineStr">
         <is>
           <t>MagEasy</t>
         </is>
       </c>
       <c r="E324" t="inlineStr">
         <is>
           <t>ME</t>
         </is>
       </c>
       <c r="F324" t="inlineStr">
         <is>
-          <t>手機掛繩隨行包 + Strap 8.3mm</t>
+          <t>15mm UTILITY WRIST STRAP-手腕掛繩/掛繩片組</t>
         </is>
       </c>
       <c r="G324" t="inlineStr">
         <is>
-          <t>PI233</t>
+          <t>PH219</t>
         </is>
       </c>
       <c r="H324" t="inlineStr"/>
       <c r="I324" t="inlineStr"/>
       <c r="J324" t="inlineStr">
         <is>
-          <t>TMEPI233</t>
+          <t>TMEPH219</t>
         </is>
       </c>
       <c r="K324" t="inlineStr"/>
       <c r="L324" t="inlineStr"/>
       <c r="M324" t="inlineStr">
         <is>
-          <t>曠野綠 (Cordura) +反光黑/石墨黑 (Cordura) +沉穩黑/石墨黑+高冷灰/細沙杏+沉穩黑/水泥灰+韌性灰/恆星銀 + 璀璨銀/XPAC 白 + 沈穩黑</t>
+          <t>黑色/岩灰色/星光色/迷霧藍/璀璨銀/金屬灰/極簡藍/稚嫩粉</t>
         </is>
       </c>
       <c r="N324" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O324" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P324" t="inlineStr"/>
       <c r="Q324" t="inlineStr"/>
       <c r="R324" t="n">
-        <v>324</v>
+        <v>323</v>
       </c>
     </row>
     <row r="325">
       <c r="A325" t="n">
-        <v>338</v>
+        <v>317</v>
       </c>
       <c r="B325" t="inlineStr">
         <is>
           <t>配件</t>
         </is>
       </c>
       <c r="C325" t="inlineStr">
         <is>
           <t>T</t>
         </is>
       </c>
       <c r="D325" t="inlineStr">
         <is>
           <t>MagEasy</t>
         </is>
       </c>
       <c r="E325" t="inlineStr">
         <is>
           <t>ME</t>
         </is>
       </c>
       <c r="F325" t="inlineStr">
         <is>
-          <t>2L Sacoche 機能掛繩隨行包</t>
+          <t>Utility Strap 25mm for iPhone</t>
         </is>
       </c>
       <c r="G325" t="inlineStr">
         <is>
-          <t>PH234</t>
+          <t>PH199</t>
         </is>
       </c>
       <c r="H325" t="inlineStr"/>
       <c r="I325" t="inlineStr"/>
       <c r="J325" t="inlineStr">
         <is>
-          <t>TMEPH234</t>
+          <t>TMEPH199</t>
         </is>
       </c>
       <c r="K325" t="inlineStr"/>
       <c r="L325" t="inlineStr"/>
       <c r="M325" t="inlineStr">
         <is>
-          <t>曠野綠 (Cordura)/石墨黑 (Cordura)/石墨黑/細沙杏/水泥灰</t>
+          <t>黑色/岩石灰/星光色</t>
         </is>
       </c>
       <c r="N325" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O325" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P325" t="inlineStr"/>
       <c r="Q325" t="inlineStr"/>
       <c r="R325" t="n">
-        <v>325</v>
+        <v>324</v>
       </c>
     </row>
     <row r="326">
       <c r="A326" t="n">
-        <v>339</v>
+        <v>318</v>
       </c>
       <c r="B326" t="inlineStr">
         <is>
           <t>配件</t>
         </is>
       </c>
       <c r="C326" t="inlineStr">
         <is>
           <t>T</t>
         </is>
       </c>
       <c r="D326" t="inlineStr">
         <is>
           <t>MagEasy</t>
         </is>
       </c>
       <c r="E326" t="inlineStr">
         <is>
           <t>ME</t>
         </is>
       </c>
       <c r="F326" t="inlineStr">
         <is>
-          <t>2L機能掛繩隨行包 + Strap 20mm</t>
+          <t>STAND 360 鋁合金旋轉支架</t>
         </is>
       </c>
       <c r="G326" t="inlineStr">
         <is>
-          <t>PI234</t>
+          <t>PH191</t>
         </is>
       </c>
       <c r="H326" t="inlineStr"/>
       <c r="I326" t="inlineStr"/>
       <c r="J326" t="inlineStr">
         <is>
-          <t>TMEPI234</t>
+          <t>TMEPH191</t>
         </is>
       </c>
       <c r="K326" t="inlineStr"/>
       <c r="L326" t="inlineStr"/>
       <c r="M326" t="inlineStr">
         <is>
-          <t>曠野綠 (Cordura) +沉穩黑/石墨黑 (Cordura) +沉穩黑/石墨黑+高冷灰/細沙杏+沉穩黑/水泥灰+璀璨銀/恆星銀 + 璀璨銀/XPAC 白 + 沈穩黑</t>
+          <t>太空灰</t>
         </is>
       </c>
       <c r="N326" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O326" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P326" t="inlineStr"/>
       <c r="Q326" t="inlineStr"/>
       <c r="R326" t="n">
-        <v>326</v>
+        <v>325</v>
       </c>
     </row>
     <row r="327">
       <c r="A327" t="n">
-        <v>340</v>
+        <v>319</v>
       </c>
       <c r="B327" t="inlineStr">
         <is>
-          <t>充電組</t>
+          <t>配件</t>
         </is>
       </c>
       <c r="C327" t="inlineStr">
         <is>
-          <t>G</t>
+          <t>T</t>
         </is>
       </c>
       <c r="D327" t="inlineStr">
         <is>
           <t>MagEasy</t>
         </is>
       </c>
       <c r="E327" t="inlineStr">
         <is>
           <t>ME</t>
         </is>
       </c>
       <c r="F327" t="inlineStr">
         <is>
-          <t>Wire 快充 / 傳輸編織線</t>
+          <t>Magnetic Wall Mount磁吸牆面支架</t>
         </is>
       </c>
       <c r="G327" t="inlineStr">
         <is>
-          <t>UC277</t>
+          <t>PH137</t>
         </is>
       </c>
       <c r="H327" t="inlineStr"/>
       <c r="I327" t="inlineStr"/>
       <c r="J327" t="inlineStr">
         <is>
-          <t>GMEUC277</t>
-[...11 lines deleted...]
-      </c>
+          <t>TMEPH137</t>
+        </is>
+      </c>
+      <c r="K327" t="inlineStr"/>
+      <c r="L327" t="inlineStr"/>
       <c r="M327" t="inlineStr">
         <is>
-          <t>A to C/C to C</t>
+          <t>太空灰</t>
         </is>
       </c>
       <c r="N327" t="inlineStr">
         <is>
-          <t>充電接口</t>
+          <t>顏色</t>
         </is>
       </c>
       <c r="O327" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P327" t="inlineStr"/>
       <c r="Q327" t="inlineStr"/>
       <c r="R327" t="n">
-        <v>327</v>
+        <v>326</v>
       </c>
     </row>
     <row r="328">
       <c r="A328" t="n">
-        <v>341</v>
+        <v>320</v>
       </c>
       <c r="B328" t="inlineStr">
         <is>
-          <t>充電組</t>
+          <t>配件</t>
         </is>
       </c>
       <c r="C328" t="inlineStr">
         <is>
-          <t>G</t>
+          <t>T</t>
         </is>
       </c>
       <c r="D328" t="inlineStr">
         <is>
           <t>MagEasy</t>
         </is>
       </c>
       <c r="E328" t="inlineStr">
         <is>
           <t>ME</t>
         </is>
       </c>
       <c r="F328" t="inlineStr">
         <is>
-          <t>Magnetic Wire 磁吸快充/傳輸編織線</t>
+          <t xml:space="preserve">STRAP+STRAP CARD-8.3mm </t>
         </is>
       </c>
       <c r="G328" t="inlineStr">
         <is>
-          <t>UC250</t>
+          <t>PH188</t>
         </is>
       </c>
       <c r="H328" t="inlineStr"/>
       <c r="I328" t="inlineStr"/>
       <c r="J328" t="inlineStr">
         <is>
-          <t>GMEUC250</t>
-[...11 lines deleted...]
-      </c>
+          <t>TMEPH188</t>
+        </is>
+      </c>
+      <c r="K328" t="inlineStr"/>
+      <c r="L328" t="inlineStr"/>
       <c r="M328" t="inlineStr">
         <is>
-          <t>黑色/灰色</t>
+          <t>黑色/反光黑/灰色/紫色+螢光綠/迷霧藍+酒紅/米白+橘色/韌性藍/蹤跡綠/率性藍/高冷灰</t>
         </is>
       </c>
       <c r="N328" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O328" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P328" t="inlineStr"/>
       <c r="Q328" t="inlineStr"/>
       <c r="R328" t="n">
-        <v>328</v>
+        <v>327</v>
       </c>
     </row>
     <row r="329">
       <c r="A329" t="n">
-        <v>342</v>
+        <v>321</v>
       </c>
       <c r="B329" t="inlineStr">
         <is>
-          <t>充電組</t>
+          <t>配件</t>
         </is>
       </c>
       <c r="C329" t="inlineStr">
         <is>
-          <t>G</t>
+          <t>T</t>
         </is>
       </c>
       <c r="D329" t="inlineStr">
         <is>
           <t>MagEasy</t>
         </is>
       </c>
       <c r="E329" t="inlineStr">
         <is>
           <t>ME</t>
         </is>
       </c>
       <c r="F329" t="inlineStr">
         <is>
-          <t>Power Station Qi2  五合一充電座</t>
+          <t>WRIST STRAP+STRAP CARD-6mm 手腕繩</t>
         </is>
       </c>
       <c r="G329" t="inlineStr">
         <is>
-          <t>AI276</t>
+          <t>PH158</t>
         </is>
       </c>
       <c r="H329" t="inlineStr"/>
       <c r="I329" t="inlineStr"/>
       <c r="J329" t="inlineStr">
         <is>
-          <t>GMEAI276</t>
+          <t>TMEPH158</t>
         </is>
       </c>
       <c r="K329" t="inlineStr"/>
       <c r="L329" t="inlineStr"/>
       <c r="M329" t="inlineStr">
         <is>
-          <t>白色</t>
+          <t>黑色/內斂杏/謎樣紫</t>
         </is>
       </c>
       <c r="N329" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O329" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
-      <c r="P329" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="P329" t="inlineStr"/>
+      <c r="Q329" t="inlineStr"/>
       <c r="R329" t="n">
-        <v>329</v>
+        <v>328</v>
       </c>
     </row>
     <row r="330">
       <c r="A330" t="n">
-        <v>343</v>
+        <v>322</v>
       </c>
       <c r="B330" t="inlineStr">
         <is>
-          <t>充電組</t>
+          <t>配件</t>
         </is>
       </c>
       <c r="C330" t="inlineStr">
         <is>
-          <t>G</t>
+          <t>T</t>
         </is>
       </c>
       <c r="D330" t="inlineStr">
         <is>
           <t>MagEasy</t>
         </is>
       </c>
       <c r="E330" t="inlineStr">
         <is>
           <t>ME</t>
         </is>
       </c>
       <c r="F330" t="inlineStr">
         <is>
-          <t>MagPower四合一磁吸無線充電支架</t>
+          <t>STRAP+STRAP CARD-6mm</t>
         </is>
       </c>
       <c r="G330" t="inlineStr">
         <is>
-          <t>AI290</t>
+          <t>PH142</t>
         </is>
       </c>
       <c r="H330" t="inlineStr"/>
       <c r="I330" t="inlineStr"/>
       <c r="J330" t="inlineStr">
         <is>
-          <t>GMEAI290</t>
+          <t>TMEPH142</t>
         </is>
       </c>
       <c r="K330" t="inlineStr"/>
       <c r="L330" t="inlineStr"/>
       <c r="M330" t="inlineStr">
         <is>
-          <t>白色</t>
+          <t>沉穩黑/溫潤灰/率性藍/敏銳靛/知性棕/活躍青/無畏綠/謎樣紫/內斂杏/魅力橘/雲霧藍/焦糖杏/玫瑰</t>
         </is>
       </c>
       <c r="N330" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O330" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
-      <c r="P330" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="P330" t="inlineStr"/>
+      <c r="Q330" t="inlineStr"/>
       <c r="R330" t="n">
-        <v>330</v>
+        <v>329</v>
       </c>
     </row>
     <row r="331">
       <c r="A331" t="n">
-        <v>344</v>
+        <v>324</v>
       </c>
       <c r="B331" t="inlineStr">
         <is>
-          <t>充電組</t>
+          <t>配件</t>
         </is>
       </c>
       <c r="C331" t="inlineStr">
         <is>
-          <t>G</t>
+          <t>T</t>
         </is>
       </c>
       <c r="D331" t="inlineStr">
         <is>
           <t>MagEasy</t>
         </is>
       </c>
       <c r="E331" t="inlineStr">
         <is>
           <t>ME</t>
         </is>
       </c>
       <c r="F331" t="inlineStr">
         <is>
-          <t>LINKLINE 快充傳輸編織線</t>
+          <t>STRAP+STRAP CARD-20mm</t>
         </is>
       </c>
       <c r="G331" t="inlineStr">
         <is>
-          <t>UC064</t>
+          <t>PH159</t>
         </is>
       </c>
       <c r="H331" t="inlineStr"/>
       <c r="I331" t="inlineStr"/>
       <c r="J331" t="inlineStr">
         <is>
-          <t>GMEUC064</t>
-[...11 lines deleted...]
-      </c>
+          <t>TMEPH159</t>
+        </is>
+      </c>
+      <c r="K331" t="inlineStr"/>
+      <c r="L331" t="inlineStr"/>
       <c r="M331" t="inlineStr">
         <is>
-          <t>C to C/C to Lightning</t>
+          <t>高冷灰/知性棕/媚惑白/率性藍/魅力橘/耀眼黃/沉穩黑/無畏綠/復古紅/極簡藍/活躍青/稚嫩粉/璀璨銀</t>
         </is>
       </c>
       <c r="N331" t="inlineStr">
         <is>
-          <t>充電接口</t>
+          <t>顏色</t>
         </is>
       </c>
       <c r="O331" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P331" t="inlineStr"/>
       <c r="Q331" t="inlineStr"/>
       <c r="R331" t="n">
-        <v>331</v>
+        <v>330</v>
       </c>
     </row>
     <row r="332">
       <c r="A332" t="n">
-        <v>345</v>
+        <v>325</v>
       </c>
       <c r="B332" t="inlineStr">
         <is>
-          <t>充電組</t>
+          <t>配件</t>
         </is>
       </c>
       <c r="C332" t="inlineStr">
         <is>
-          <t>G</t>
+          <t>T</t>
         </is>
       </c>
       <c r="D332" t="inlineStr">
         <is>
           <t>MagEasy</t>
         </is>
       </c>
       <c r="E332" t="inlineStr">
         <is>
           <t>ME</t>
         </is>
       </c>
       <c r="F332" t="inlineStr">
         <is>
-          <t>MAGPAD立架磁吸無線充電器</t>
+          <t>STRAP CARD</t>
         </is>
       </c>
       <c r="G332" t="inlineStr">
         <is>
-          <t>CG030</t>
+          <t>PH189</t>
         </is>
       </c>
       <c r="H332" t="inlineStr"/>
       <c r="I332" t="inlineStr"/>
       <c r="J332" t="inlineStr">
         <is>
-          <t>GMECG030</t>
+          <t>TMEPH189</t>
         </is>
       </c>
       <c r="K332" t="inlineStr"/>
       <c r="L332" t="inlineStr"/>
       <c r="M332" t="inlineStr">
         <is>
-          <t>黑色</t>
+          <t>黑色/白色/灰色/米白</t>
         </is>
       </c>
       <c r="N332" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O332" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
-      <c r="P332" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="P332" t="inlineStr"/>
+      <c r="Q332" t="inlineStr"/>
       <c r="R332" t="n">
-        <v>332</v>
+        <v>331</v>
       </c>
     </row>
     <row r="333">
       <c r="A333" t="n">
-        <v>346</v>
+        <v>326</v>
       </c>
       <c r="B333" t="inlineStr">
         <is>
-          <t>充電組</t>
+          <t>配件</t>
         </is>
       </c>
       <c r="C333" t="inlineStr">
         <is>
-          <t>G</t>
+          <t>T</t>
         </is>
       </c>
       <c r="D333" t="inlineStr">
         <is>
           <t>MagEasy</t>
         </is>
       </c>
       <c r="E333" t="inlineStr">
         <is>
           <t>ME</t>
         </is>
       </c>
       <c r="F333" t="inlineStr">
         <is>
-          <t>MAGMOUNT 磁吸無線充電車載支架</t>
+          <t>Microfiber Polishing Cloth超細纖維擦拭布</t>
         </is>
       </c>
       <c r="G333" t="inlineStr">
         <is>
-          <t>CG031</t>
+          <t>PM066</t>
         </is>
       </c>
       <c r="H333" t="inlineStr"/>
       <c r="I333" t="inlineStr"/>
       <c r="J333" t="inlineStr">
         <is>
-          <t>GMECG031</t>
+          <t>TMEPM066</t>
         </is>
       </c>
       <c r="K333" t="inlineStr"/>
       <c r="L333" t="inlineStr"/>
       <c r="M333" t="inlineStr">
         <is>
-          <t>黑色</t>
+          <t>灰色</t>
         </is>
       </c>
       <c r="N333" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O333" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
-      <c r="P333" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="P333" t="inlineStr"/>
       <c r="Q333" t="inlineStr"/>
       <c r="R333" t="n">
-        <v>333</v>
+        <v>332</v>
       </c>
     </row>
     <row r="334">
       <c r="A334" t="n">
-        <v>347</v>
+        <v>327</v>
       </c>
       <c r="B334" t="inlineStr">
         <is>
-          <t>充電組</t>
+          <t>配件</t>
         </is>
       </c>
       <c r="C334" t="inlineStr">
         <is>
-          <t>G</t>
+          <t>T</t>
         </is>
       </c>
       <c r="D334" t="inlineStr">
         <is>
           <t>MagEasy</t>
         </is>
       </c>
       <c r="E334" t="inlineStr">
         <is>
           <t>ME</t>
         </is>
       </c>
       <c r="F334" t="inlineStr">
         <is>
-          <t>Force 氮化鎵快速電源供應器</t>
+          <t>Strap+Strap Card掛繩+掛片</t>
         </is>
       </c>
       <c r="G334" t="inlineStr">
         <is>
-          <t>WC036</t>
+          <t>PH063</t>
         </is>
       </c>
       <c r="H334" t="inlineStr"/>
       <c r="I334" t="inlineStr"/>
       <c r="J334" t="inlineStr">
         <is>
-          <t>GMEWC036</t>
-[...11 lines deleted...]
-      </c>
+          <t>TMEPH063</t>
+        </is>
+      </c>
+      <c r="K334" t="inlineStr"/>
+      <c r="L334" t="inlineStr"/>
       <c r="M334" t="inlineStr">
         <is>
-          <t>白色</t>
+          <t>神秘黑/彩虹/經典黑/經典灰/反光黑/海軍藍/糖果/驕傲</t>
         </is>
       </c>
       <c r="N334" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O334" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P334" t="inlineStr"/>
-      <c r="Q334" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="Q334" t="inlineStr"/>
       <c r="R334" t="n">
-        <v>334</v>
+        <v>333</v>
       </c>
     </row>
     <row r="335">
       <c r="A335" t="n">
-        <v>348</v>
+        <v>328</v>
       </c>
       <c r="B335" t="inlineStr">
         <is>
-          <t>充電組</t>
+          <t>配件</t>
         </is>
       </c>
       <c r="C335" t="inlineStr">
         <is>
-          <t>G</t>
+          <t>T</t>
         </is>
       </c>
       <c r="D335" t="inlineStr">
         <is>
           <t>MagEasy</t>
         </is>
       </c>
       <c r="E335" t="inlineStr">
         <is>
           <t>ME</t>
         </is>
       </c>
       <c r="F335" t="inlineStr">
         <is>
-          <t>PowerBuddy</t>
+          <t>SNAP磁吸支架卡包</t>
         </is>
       </c>
       <c r="G335" t="inlineStr">
         <is>
-          <t>WC217</t>
+          <t>PH187</t>
         </is>
       </c>
       <c r="H335" t="inlineStr"/>
       <c r="I335" t="inlineStr"/>
       <c r="J335" t="inlineStr">
         <is>
-          <t>GMEWC217</t>
+          <t>TMEPH187</t>
         </is>
       </c>
       <c r="K335" t="inlineStr"/>
       <c r="L335" t="inlineStr"/>
       <c r="M335" t="inlineStr">
         <is>
-          <t>白色</t>
+          <t>典雅黑/珊瑚灰/雪白</t>
         </is>
       </c>
       <c r="N335" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O335" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P335" t="inlineStr"/>
-      <c r="Q335" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="Q335" t="inlineStr"/>
       <c r="R335" t="n">
-        <v>335</v>
+        <v>334</v>
       </c>
     </row>
     <row r="336">
       <c r="A336" t="n">
-        <v>349</v>
+        <v>329</v>
       </c>
       <c r="B336" t="inlineStr">
         <is>
-          <t>保護膜</t>
+          <t>配件</t>
         </is>
       </c>
       <c r="C336" t="inlineStr">
         <is>
-          <t>J</t>
+          <t>T</t>
         </is>
       </c>
       <c r="D336" t="inlineStr">
         <is>
-          <t>SwitchEasy</t>
+          <t>MagEasy</t>
         </is>
       </c>
       <c r="E336" t="inlineStr">
         <is>
-          <t>SE</t>
+          <t>ME</t>
         </is>
       </c>
       <c r="F336" t="inlineStr">
         <is>
-          <t>抗菌膜Defender＋</t>
+          <t>Hoop MagSafe擴充貼片</t>
         </is>
       </c>
       <c r="G336" t="inlineStr">
         <is>
-          <t>GS242</t>
+          <t>HD062</t>
         </is>
       </c>
       <c r="H336" t="inlineStr"/>
       <c r="I336" t="inlineStr"/>
       <c r="J336" t="inlineStr">
         <is>
-          <t>JSEGS242</t>
-[...11 lines deleted...]
-      </c>
+          <t>TMEHD062</t>
+        </is>
+      </c>
+      <c r="K336" t="inlineStr"/>
+      <c r="L336" t="inlineStr"/>
       <c r="M336" t="inlineStr">
         <is>
-          <t>透明</t>
+          <t>黑色/午夜色/粉色/紫色/藍色/紅色</t>
         </is>
       </c>
       <c r="N336" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O336" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P336" t="inlineStr"/>
       <c r="Q336" t="inlineStr"/>
       <c r="R336" t="n">
-        <v>336</v>
+        <v>335</v>
       </c>
     </row>
     <row r="337">
       <c r="A337" t="n">
-        <v>350</v>
+        <v>330</v>
       </c>
       <c r="B337" t="inlineStr">
         <is>
-          <t>保護膜</t>
+          <t>配件</t>
         </is>
       </c>
       <c r="C337" t="inlineStr">
         <is>
-          <t>J</t>
+          <t>T</t>
         </is>
       </c>
       <c r="D337" t="inlineStr">
         <is>
-          <t>imos</t>
+          <t>MagEasy</t>
         </is>
       </c>
       <c r="E337" t="inlineStr">
         <is>
-          <t>IM</t>
+          <t>ME</t>
         </is>
       </c>
       <c r="F337" t="inlineStr">
         <is>
-          <t>【imos】iPad 德國萊因認證 RPF60低藍光螢幕保護貼</t>
+          <t>FlipMount Hoop 磁吸平板支架</t>
         </is>
       </c>
       <c r="G337" t="inlineStr">
         <is>
-          <t>RPF60</t>
+          <t>PD100</t>
         </is>
       </c>
       <c r="H337" t="inlineStr"/>
       <c r="I337" t="inlineStr"/>
       <c r="J337" t="inlineStr">
         <is>
-          <t>JIMRPF60</t>
-[...13 lines deleted...]
-      <c r="N337" t="inlineStr"/>
+          <t>TMEPD100</t>
+        </is>
+      </c>
+      <c r="K337" t="inlineStr"/>
+      <c r="L337" t="inlineStr"/>
+      <c r="M337" t="inlineStr">
+        <is>
+          <t>太空灰</t>
+        </is>
+      </c>
+      <c r="N337" t="inlineStr">
+        <is>
+          <t>顏色</t>
+        </is>
+      </c>
       <c r="O337" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P337" t="inlineStr"/>
       <c r="Q337" t="inlineStr"/>
       <c r="R337" t="n">
-        <v>337</v>
+        <v>336</v>
       </c>
     </row>
     <row r="338">
       <c r="A338" t="n">
-        <v>351</v>
+        <v>331</v>
       </c>
       <c r="B338" t="inlineStr">
         <is>
-          <t>充電組</t>
+          <t>配件</t>
         </is>
       </c>
       <c r="C338" t="inlineStr">
         <is>
-          <t>G</t>
+          <t>T</t>
         </is>
       </c>
       <c r="D338" t="inlineStr">
         <is>
-          <t>HANG</t>
+          <t>MagEasy</t>
         </is>
       </c>
       <c r="E338" t="inlineStr">
         <is>
-          <t>HG</t>
+          <t>ME</t>
         </is>
       </c>
       <c r="F338" t="inlineStr">
         <is>
-          <t>【HANG】七合一超級磁吸無線充行動電源</t>
+          <t>FlipMount 磁吸iPad支架</t>
         </is>
       </c>
       <c r="G338" t="inlineStr">
         <is>
-          <t>71WCP</t>
+          <t>PDG22</t>
         </is>
       </c>
       <c r="H338" t="inlineStr"/>
       <c r="I338" t="inlineStr"/>
       <c r="J338" t="inlineStr">
         <is>
-          <t>GHG71WCP</t>
-[...3 lines deleted...]
-      <c r="L338" t="inlineStr"/>
+          <t>TMEPDG22</t>
+        </is>
+      </c>
+      <c r="K338" t="inlineStr">
+        <is>
+          <t>11吋/12.9吋</t>
+        </is>
+      </c>
+      <c r="L338" t="inlineStr">
+        <is>
+          <t>尺寸</t>
+        </is>
+      </c>
       <c r="M338" t="inlineStr">
         <is>
-          <t>極光白/羅蘭紫/奶茶色/寶寶藍/原色黑</t>
+          <t>太空灰</t>
         </is>
       </c>
       <c r="N338" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O338" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P338" t="inlineStr"/>
       <c r="Q338" t="inlineStr"/>
       <c r="R338" t="n">
-        <v>338</v>
+        <v>337</v>
       </c>
     </row>
     <row r="339">
       <c r="A339" t="n">
-        <v>352</v>
+        <v>332</v>
       </c>
       <c r="B339" t="inlineStr">
         <is>
-          <t>保護套</t>
+          <t>配件</t>
         </is>
       </c>
       <c r="C339" t="inlineStr">
         <is>
-          <t>B</t>
+          <t>T</t>
         </is>
       </c>
       <c r="D339" t="inlineStr">
         <is>
-          <t>Logfer洛菲爾</t>
+          <t>MagEasy</t>
         </is>
       </c>
       <c r="E339" t="inlineStr">
         <is>
-          <t>LF</t>
+          <t>ME</t>
         </is>
       </c>
       <c r="F339" t="inlineStr">
         <is>
-          <t>Logfer洛菲爾 M折款皮套 ipad 保護套 超清壓克力雙料抗彎防摔</t>
+          <t>MagMount</t>
         </is>
       </c>
       <c r="G339" t="inlineStr">
         <is>
-          <t>LFLCI</t>
+          <t>PH280</t>
         </is>
       </c>
       <c r="H339" t="inlineStr"/>
       <c r="I339" t="inlineStr"/>
       <c r="J339" t="inlineStr">
         <is>
-          <t>BLFLFLCI</t>
-[...11 lines deleted...]
-      </c>
+          <t>TMEPH280</t>
+        </is>
+      </c>
+      <c r="K339" t="inlineStr"/>
+      <c r="L339" t="inlineStr"/>
       <c r="M339" t="inlineStr">
         <is>
-          <t>天藍色/薰衣紫/極簡灰/曜石黑</t>
+          <t>太空灰</t>
         </is>
       </c>
       <c r="N339" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O339" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P339" t="inlineStr"/>
       <c r="Q339" t="inlineStr"/>
       <c r="R339" t="n">
-        <v>339</v>
+        <v>338</v>
       </c>
     </row>
     <row r="340">
       <c r="A340" t="n">
-        <v>354</v>
+        <v>333</v>
       </c>
       <c r="B340" t="inlineStr">
         <is>
-          <t>觸控筆</t>
+          <t>配件</t>
         </is>
       </c>
       <c r="C340" t="inlineStr">
         <is>
-          <t>P</t>
+          <t>T</t>
         </is>
       </c>
       <c r="D340" t="inlineStr">
         <is>
-          <t>NovaPlus</t>
+          <t>MagEasy</t>
         </is>
       </c>
       <c r="E340" t="inlineStr">
         <is>
-          <t>NP</t>
+          <t>ME</t>
         </is>
       </c>
       <c r="F340" t="inlineStr">
         <is>
-          <t>【NovaPlus】NX金屬筆尖ApplePencil 1/2代Pro/USB-C_適用類紙膜/耐磨極細阻尼感/書寫滑順</t>
+          <t>MagMount Car Mount</t>
         </is>
       </c>
       <c r="G340" t="inlineStr">
         <is>
-          <t>NXMNB</t>
+          <t>PD221</t>
         </is>
       </c>
       <c r="H340" t="inlineStr"/>
       <c r="I340" t="inlineStr"/>
       <c r="J340" t="inlineStr">
         <is>
-          <t>PNPNXMNB</t>
-[...11 lines deleted...]
-      </c>
+          <t>TMEPD221</t>
+        </is>
+      </c>
+      <c r="K340" t="inlineStr"/>
+      <c r="L340" t="inlineStr"/>
       <c r="M340" t="inlineStr">
         <is>
-          <t>黑色/白色</t>
+          <t>黑色</t>
         </is>
       </c>
       <c r="N340" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O340" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P340" t="inlineStr"/>
       <c r="Q340" t="inlineStr"/>
       <c r="R340" t="n">
-        <v>340</v>
+        <v>339</v>
       </c>
     </row>
     <row r="341">
       <c r="A341" t="n">
-        <v>355</v>
+        <v>334</v>
       </c>
       <c r="B341" t="inlineStr">
         <is>
-          <t>充電組</t>
+          <t>配件</t>
         </is>
       </c>
       <c r="C341" t="inlineStr">
         <is>
-          <t>G</t>
+          <t>T</t>
         </is>
       </c>
       <c r="D341" t="inlineStr">
         <is>
-          <t>atake</t>
+          <t>MagEasy</t>
         </is>
       </c>
       <c r="E341" t="inlineStr">
         <is>
-          <t>AK</t>
+          <t>ME</t>
         </is>
       </c>
       <c r="F341" t="inlineStr">
         <is>
-          <t>【atake】Type-C轉VGA/Type-C/USB3.0轉接器 三合一/Mac螢幕轉接器/OTG/傳輸充電轉接器</t>
+          <t>Flip Bucket 雙面掛繩水桶包 + 8.3mm Strap 掛繩</t>
         </is>
       </c>
       <c r="G341" t="inlineStr">
         <is>
-          <t>TCVGA</t>
+          <t>PH361</t>
         </is>
       </c>
       <c r="H341" t="inlineStr"/>
       <c r="I341" t="inlineStr"/>
       <c r="J341" t="inlineStr">
         <is>
-          <t>GAKTCVGA</t>
+          <t>TMEPH361</t>
         </is>
       </c>
       <c r="K341" t="inlineStr"/>
       <c r="L341" t="inlineStr"/>
-      <c r="M341" t="inlineStr"/>
-      <c r="N341" t="inlineStr"/>
+      <c r="M341" t="inlineStr">
+        <is>
+          <t>星際黑+ 沈穩黑/太空灰+ 高冷灰/月光杏+ 沈穩黑/恆星銀 + 璀璨銀</t>
+        </is>
+      </c>
+      <c r="N341" t="inlineStr">
+        <is>
+          <t>顏色</t>
+        </is>
+      </c>
       <c r="O341" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P341" t="inlineStr"/>
       <c r="Q341" t="inlineStr"/>
       <c r="R341" t="n">
-        <v>341</v>
+        <v>340</v>
       </c>
     </row>
     <row r="342">
       <c r="A342" t="n">
-        <v>356</v>
+        <v>335</v>
       </c>
       <c r="B342" t="inlineStr">
         <is>
-          <t>充電組</t>
+          <t>配件</t>
         </is>
       </c>
       <c r="C342" t="inlineStr">
         <is>
-          <t>G</t>
+          <t>T</t>
         </is>
       </c>
       <c r="D342" t="inlineStr">
         <is>
-          <t>atake</t>
+          <t>MagEasy</t>
         </is>
       </c>
       <c r="E342" t="inlineStr">
         <is>
-          <t>AK</t>
+          <t>ME</t>
         </is>
       </c>
       <c r="F342" t="inlineStr">
         <is>
-          <t>【atake】Type-C 轉3.5mm+Type-C快充</t>
+          <t>Bun Sacoche 機能掛繩隨行包 + 8.3mm Strap 掛繩</t>
         </is>
       </c>
       <c r="G342" t="inlineStr">
         <is>
-          <t>TC35C</t>
+          <t>PH369</t>
         </is>
       </c>
       <c r="H342" t="inlineStr"/>
       <c r="I342" t="inlineStr"/>
       <c r="J342" t="inlineStr">
         <is>
-          <t>GAKTC35C</t>
+          <t>TMEPH369</t>
         </is>
       </c>
       <c r="K342" t="inlineStr"/>
       <c r="L342" t="inlineStr"/>
-      <c r="M342" t="inlineStr"/>
-      <c r="N342" t="inlineStr"/>
+      <c r="M342" t="inlineStr">
+        <is>
+          <t>星際黑 + 沈穩黑/太空灰+ 高冷灰/月光杏 + 沈穩黑/XPAC 白 + 沈穩黑/恆星銀 + 璀璨銀</t>
+        </is>
+      </c>
+      <c r="N342" t="inlineStr">
+        <is>
+          <t>顏色</t>
+        </is>
+      </c>
       <c r="O342" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P342" t="inlineStr"/>
       <c r="Q342" t="inlineStr"/>
       <c r="R342" t="n">
-        <v>342</v>
+        <v>341</v>
       </c>
     </row>
     <row r="343">
       <c r="A343" t="n">
-        <v>357</v>
+        <v>336</v>
       </c>
       <c r="B343" t="inlineStr">
         <is>
-          <t>保護套</t>
+          <t>配件</t>
         </is>
       </c>
       <c r="C343" t="inlineStr">
         <is>
-          <t>B</t>
+          <t>T</t>
         </is>
       </c>
       <c r="D343" t="inlineStr">
         <is>
-          <t>無</t>
+          <t>MagEasy</t>
         </is>
       </c>
       <c r="E343" t="inlineStr">
         <is>
-          <t>NN</t>
+          <t>ME</t>
         </is>
       </c>
       <c r="F343" t="inlineStr">
         <is>
-          <t>iPad 磁吸式分離保護套 質感升級 多型號（12.9/11/10.9/10.2/8.3吋）自動喚醒 有筆槽</t>
+          <t>Phone Sacoche 手機掛繩隨行包</t>
         </is>
       </c>
       <c r="G343" t="inlineStr">
         <is>
-          <t>IMDPC</t>
+          <t>PH233</t>
         </is>
       </c>
       <c r="H343" t="inlineStr"/>
       <c r="I343" t="inlineStr"/>
       <c r="J343" t="inlineStr">
         <is>
-          <t>BNAIMDPC</t>
-[...11 lines deleted...]
-      </c>
+          <t>TMEPH233</t>
+        </is>
+      </c>
+      <c r="K343" t="inlineStr"/>
+      <c r="L343" t="inlineStr"/>
       <c r="M343" t="inlineStr">
         <is>
-          <t>時尚黑/質感灰/薰衣紫/天空藍/櫻花粉</t>
+          <t>曠野綠 (Cordura)/石墨黑 (Cordura)/石墨黑/細沙杏/水泥灰</t>
         </is>
       </c>
       <c r="N343" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O343" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P343" t="inlineStr"/>
       <c r="Q343" t="inlineStr"/>
       <c r="R343" t="n">
-        <v>343</v>
+        <v>342</v>
       </c>
     </row>
     <row r="344">
       <c r="A344" t="n">
-        <v>358</v>
+        <v>337</v>
       </c>
       <c r="B344" t="inlineStr">
         <is>
-          <t>充電組</t>
+          <t>配件</t>
         </is>
       </c>
       <c r="C344" t="inlineStr">
         <is>
-          <t>G</t>
+          <t>T</t>
         </is>
       </c>
       <c r="D344" t="inlineStr">
         <is>
-          <t>atake</t>
+          <t>MagEasy</t>
         </is>
       </c>
       <c r="E344" t="inlineStr">
         <is>
-          <t>AK</t>
+          <t>ME</t>
         </is>
       </c>
       <c r="F344" t="inlineStr">
         <is>
-          <t>【atake】USB3.0轉Type-C母轉公OTG轉接線 手機傳輸線</t>
+          <t>手機掛繩隨行包 + Strap 8.3mm</t>
         </is>
       </c>
       <c r="G344" t="inlineStr">
         <is>
-          <t>UCOTG</t>
+          <t>PI233</t>
         </is>
       </c>
       <c r="H344" t="inlineStr"/>
       <c r="I344" t="inlineStr"/>
       <c r="J344" t="inlineStr">
         <is>
-          <t>GAKUCOTG</t>
+          <t>TMEPI233</t>
         </is>
       </c>
       <c r="K344" t="inlineStr"/>
       <c r="L344" t="inlineStr"/>
-      <c r="M344" t="inlineStr"/>
-      <c r="N344" t="inlineStr"/>
+      <c r="M344" t="inlineStr">
+        <is>
+          <t>曠野綠 (Cordura) +反光黑/石墨黑 (Cordura) +沉穩黑/石墨黑+高冷灰/細沙杏+沉穩黑/水泥灰+韌性灰/恆星銀 + 璀璨銀/XPAC 白 + 沈穩黑</t>
+        </is>
+      </c>
+      <c r="N344" t="inlineStr">
+        <is>
+          <t>顏色</t>
+        </is>
+      </c>
       <c r="O344" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P344" t="inlineStr"/>
       <c r="Q344" t="inlineStr"/>
       <c r="R344" t="n">
-        <v>344</v>
+        <v>343</v>
       </c>
     </row>
     <row r="345">
       <c r="A345" t="n">
-        <v>359</v>
+        <v>338</v>
       </c>
       <c r="B345" t="inlineStr">
         <is>
-          <t>充電組</t>
+          <t>配件</t>
         </is>
       </c>
       <c r="C345" t="inlineStr">
         <is>
-          <t>G</t>
+          <t>T</t>
         </is>
       </c>
       <c r="D345" t="inlineStr">
         <is>
-          <t>atake</t>
+          <t>MagEasy</t>
         </is>
       </c>
       <c r="E345" t="inlineStr">
         <is>
-          <t>AK</t>
+          <t>ME</t>
         </is>
       </c>
       <c r="F345" t="inlineStr">
         <is>
-          <t>【atake】USB2.0高速集線器3埠+網路 3埠USB/LAN有線網路/HUB/集線器</t>
+          <t>2L Sacoche 機能掛繩隨行包</t>
         </is>
       </c>
       <c r="G345" t="inlineStr">
         <is>
-          <t>ULHUB</t>
+          <t>PH234</t>
         </is>
       </c>
       <c r="H345" t="inlineStr"/>
       <c r="I345" t="inlineStr"/>
       <c r="J345" t="inlineStr">
         <is>
-          <t>GAKULHUB</t>
+          <t>TMEPH234</t>
         </is>
       </c>
       <c r="K345" t="inlineStr"/>
       <c r="L345" t="inlineStr"/>
-      <c r="M345" t="inlineStr"/>
-      <c r="N345" t="inlineStr"/>
+      <c r="M345" t="inlineStr">
+        <is>
+          <t>曠野綠 (Cordura)/石墨黑 (Cordura)/石墨黑/細沙杏/水泥灰</t>
+        </is>
+      </c>
+      <c r="N345" t="inlineStr">
+        <is>
+          <t>顏色</t>
+        </is>
+      </c>
       <c r="O345" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P345" t="inlineStr"/>
       <c r="Q345" t="inlineStr"/>
       <c r="R345" t="n">
-        <v>345</v>
+        <v>344</v>
       </c>
     </row>
     <row r="346">
       <c r="A346" t="n">
-        <v>360</v>
+        <v>339</v>
       </c>
       <c r="B346" t="inlineStr">
         <is>
-          <t>充電組</t>
+          <t>配件</t>
         </is>
       </c>
       <c r="C346" t="inlineStr">
         <is>
-          <t>G</t>
+          <t>T</t>
         </is>
       </c>
       <c r="D346" t="inlineStr">
         <is>
-          <t>atake</t>
+          <t>MagEasy</t>
         </is>
       </c>
       <c r="E346" t="inlineStr">
         <is>
-          <t>AK</t>
+          <t>ME</t>
         </is>
       </c>
       <c r="F346" t="inlineStr">
         <is>
-          <t>【atake】Type-C轉HDMI 4K高畫質轉接頭</t>
+          <t>2L機能掛繩隨行包 + Strap 20mm</t>
         </is>
       </c>
       <c r="G346" t="inlineStr">
         <is>
-          <t>CHDMI</t>
+          <t>PI234</t>
         </is>
       </c>
       <c r="H346" t="inlineStr"/>
       <c r="I346" t="inlineStr"/>
       <c r="J346" t="inlineStr">
         <is>
-          <t>GAKCHDMI</t>
+          <t>TMEPI234</t>
         </is>
       </c>
       <c r="K346" t="inlineStr"/>
       <c r="L346" t="inlineStr"/>
-      <c r="M346" t="inlineStr"/>
-      <c r="N346" t="inlineStr"/>
+      <c r="M346" t="inlineStr">
+        <is>
+          <t>曠野綠 (Cordura) +沉穩黑/石墨黑 (Cordura) +沉穩黑/石墨黑+高冷灰/細沙杏+沉穩黑/水泥灰+璀璨銀/恆星銀 + 璀璨銀/XPAC 白 + 沈穩黑</t>
+        </is>
+      </c>
+      <c r="N346" t="inlineStr">
+        <is>
+          <t>顏色</t>
+        </is>
+      </c>
       <c r="O346" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P346" t="inlineStr"/>
       <c r="Q346" t="inlineStr"/>
       <c r="R346" t="n">
-        <v>346</v>
+        <v>345</v>
       </c>
     </row>
     <row r="347">
       <c r="A347" t="n">
-        <v>361</v>
+        <v>340</v>
       </c>
       <c r="B347" t="inlineStr">
         <is>
-          <t>配件</t>
+          <t>充電組</t>
         </is>
       </c>
       <c r="C347" t="inlineStr">
         <is>
-          <t>T</t>
+          <t>G</t>
         </is>
       </c>
       <c r="D347" t="inlineStr">
         <is>
-          <t>無</t>
+          <t>MagEasy</t>
         </is>
       </c>
       <c r="E347" t="inlineStr">
         <is>
-          <t>NN</t>
+          <t>ME</t>
         </is>
       </c>
       <c r="F347" t="inlineStr">
         <is>
-          <t>Apple Pencil 1 一代 筆帽</t>
+          <t>Wire 快充 / 傳輸編織線</t>
         </is>
       </c>
       <c r="G347" t="inlineStr">
         <is>
-          <t>AP1PC</t>
+          <t>UC277</t>
         </is>
       </c>
       <c r="H347" t="inlineStr"/>
       <c r="I347" t="inlineStr"/>
       <c r="J347" t="inlineStr">
         <is>
-          <t>TNAAP1PC</t>
-[...5 lines deleted...]
-      <c r="N347" t="inlineStr"/>
+          <t>GMEUC277</t>
+        </is>
+      </c>
+      <c r="K347" t="inlineStr">
+        <is>
+          <t>60W/100W/240W</t>
+        </is>
+      </c>
+      <c r="L347" t="inlineStr">
+        <is>
+          <t>瓦數</t>
+        </is>
+      </c>
+      <c r="M347" t="inlineStr">
+        <is>
+          <t>A to C/C to C</t>
+        </is>
+      </c>
+      <c r="N347" t="inlineStr">
+        <is>
+          <t>充電接口</t>
+        </is>
+      </c>
       <c r="O347" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P347" t="inlineStr"/>
       <c r="Q347" t="inlineStr"/>
       <c r="R347" t="n">
-        <v>347</v>
+        <v>346</v>
       </c>
     </row>
     <row r="348">
       <c r="A348" t="n">
-        <v>362</v>
+        <v>341</v>
       </c>
       <c r="B348" t="inlineStr">
         <is>
           <t>充電組</t>
         </is>
       </c>
       <c r="C348" t="inlineStr">
         <is>
           <t>G</t>
         </is>
       </c>
       <c r="D348" t="inlineStr">
         <is>
-          <t>SOLOVE</t>
+          <t>MagEasy</t>
         </is>
       </c>
       <c r="E348" t="inlineStr">
         <is>
-          <t>SL</t>
+          <t>ME</t>
         </is>
       </c>
       <c r="F348" t="inlineStr">
         <is>
-          <t>SOLOVE 素樂 x LINE 聯名款 W12 磁吸式行動電源 5000mAh Magsafe 熊大 莎莉</t>
+          <t>Magnetic Wire 磁吸快充/傳輸編織線</t>
         </is>
       </c>
       <c r="G348" t="inlineStr">
         <is>
-          <t>W1250</t>
+          <t>UC250</t>
         </is>
       </c>
       <c r="H348" t="inlineStr"/>
       <c r="I348" t="inlineStr"/>
       <c r="J348" t="inlineStr">
         <is>
-          <t>GSLW1250</t>
-[...3 lines deleted...]
-      <c r="L348" t="inlineStr"/>
+          <t>GMEUC250</t>
+        </is>
+      </c>
+      <c r="K348" t="inlineStr">
+        <is>
+          <t>1.5m,60W/1.5m,240W/2m,60W/2m,240W</t>
+        </is>
+      </c>
+      <c r="L348" t="inlineStr">
+        <is>
+          <t>長度,瓦數</t>
+        </is>
+      </c>
       <c r="M348" t="inlineStr">
         <is>
-          <t>BROWN熊大/SALLY莎莉tick</t>
+          <t>黑色/灰色</t>
         </is>
       </c>
       <c r="N348" t="inlineStr">
         <is>
-          <t>款式</t>
+          <t>顏色</t>
         </is>
       </c>
       <c r="O348" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P348" t="inlineStr"/>
       <c r="Q348" t="inlineStr"/>
       <c r="R348" t="n">
-        <v>348</v>
+        <v>347</v>
       </c>
     </row>
     <row r="349">
       <c r="A349" t="n">
-        <v>363</v>
+        <v>342</v>
       </c>
       <c r="B349" t="inlineStr">
         <is>
-          <t>保護套</t>
+          <t>充電組</t>
         </is>
       </c>
       <c r="C349" t="inlineStr">
         <is>
-          <t>B</t>
+          <t>G</t>
         </is>
       </c>
       <c r="D349" t="inlineStr">
         <is>
-          <t>無</t>
+          <t>MagEasy</t>
         </is>
       </c>
       <c r="E349" t="inlineStr">
         <is>
-          <t>NN</t>
+          <t>ME</t>
         </is>
       </c>
       <c r="F349" t="inlineStr">
         <is>
-          <t>iPhone 透明 Magsafe 手機殼</t>
+          <t>Power Station Qi2  五合一充電座</t>
         </is>
       </c>
       <c r="G349" t="inlineStr">
         <is>
-          <t>IPCMS</t>
+          <t>AI276</t>
         </is>
       </c>
       <c r="H349" t="inlineStr"/>
       <c r="I349" t="inlineStr"/>
       <c r="J349" t="inlineStr">
         <is>
-          <t>BNAIPCMS</t>
-[...13 lines deleted...]
-      <c r="N349" t="inlineStr"/>
+          <t>GMEAI276</t>
+        </is>
+      </c>
+      <c r="K349" t="inlineStr"/>
+      <c r="L349" t="inlineStr"/>
+      <c r="M349" t="inlineStr">
+        <is>
+          <t>白色</t>
+        </is>
+      </c>
+      <c r="N349" t="inlineStr">
+        <is>
+          <t>顏色</t>
+        </is>
+      </c>
       <c r="O349" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
-      <c r="P349" t="inlineStr"/>
-      <c r="Q349" t="inlineStr"/>
+      <c r="P349" t="inlineStr">
+        <is>
+          <t>CCAJ24LP9770T0</t>
+        </is>
+      </c>
+      <c r="Q349" t="inlineStr">
+        <is>
+          <t>R3C932</t>
+        </is>
+      </c>
       <c r="R349" t="n">
-        <v>349</v>
+        <v>348</v>
       </c>
     </row>
     <row r="350">
       <c r="A350" t="n">
-        <v>364</v>
+        <v>343</v>
       </c>
       <c r="B350" t="inlineStr">
         <is>
-          <t>觸控筆</t>
+          <t>充電組</t>
         </is>
       </c>
       <c r="C350" t="inlineStr">
         <is>
-          <t>P</t>
+          <t>G</t>
         </is>
       </c>
       <c r="D350" t="inlineStr">
         <is>
-          <t>無</t>
+          <t>MagEasy</t>
         </is>
       </c>
       <c r="E350" t="inlineStr">
         <is>
-          <t>NN</t>
+          <t>ME</t>
         </is>
       </c>
       <c r="F350" t="inlineStr">
         <is>
-          <t>Apple pencil 1/2 代  替換 筆頭(標準款/圓頭款/加長款)  贈送筆尖套</t>
+          <t>MagPower四合一磁吸無線充電支架</t>
         </is>
       </c>
       <c r="G350" t="inlineStr">
         <is>
-          <t>AP12C</t>
+          <t>AI290</t>
         </is>
       </c>
       <c r="H350" t="inlineStr"/>
       <c r="I350" t="inlineStr"/>
       <c r="J350" t="inlineStr">
         <is>
-          <t>PNAAP12C</t>
+          <t>GMEAI290</t>
         </is>
       </c>
       <c r="K350" t="inlineStr"/>
       <c r="L350" t="inlineStr"/>
       <c r="M350" t="inlineStr">
         <is>
-          <t>圓頭版筆頭/加長版筆頭/標準版筆頭</t>
+          <t>白色</t>
         </is>
       </c>
       <c r="N350" t="inlineStr">
         <is>
-          <t>款式</t>
+          <t>顏色</t>
         </is>
       </c>
       <c r="O350" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
-      <c r="P350" t="inlineStr"/>
-      <c r="Q350" t="inlineStr"/>
+      <c r="P350" t="inlineStr">
+        <is>
+          <t>CCAJ24LP7290T2</t>
+        </is>
+      </c>
+      <c r="Q350" t="inlineStr">
+        <is>
+          <t>R3C932</t>
+        </is>
+      </c>
       <c r="R350" t="n">
-        <v>350</v>
+        <v>349</v>
       </c>
     </row>
     <row r="351">
       <c r="A351" t="n">
-        <v>365</v>
+        <v>344</v>
       </c>
       <c r="B351" t="inlineStr">
         <is>
           <t>充電組</t>
         </is>
       </c>
       <c r="C351" t="inlineStr">
         <is>
           <t>G</t>
         </is>
       </c>
       <c r="D351" t="inlineStr">
         <is>
-          <t>SOLOVE</t>
+          <t>MagEasy</t>
         </is>
       </c>
       <c r="E351" t="inlineStr">
         <is>
-          <t>SL</t>
+          <t>ME</t>
         </is>
       </c>
       <c r="F351" t="inlineStr">
         <is>
-          <t>【小米有品SOLOVE素樂】蘋果magsafe15W快充磁吸無線5000mAh行動電源</t>
+          <t>LINKLINE 快充傳輸編織線</t>
         </is>
       </c>
       <c r="G351" t="inlineStr">
         <is>
-          <t>M1550</t>
+          <t>UC064</t>
         </is>
       </c>
       <c r="H351" t="inlineStr"/>
       <c r="I351" t="inlineStr"/>
       <c r="J351" t="inlineStr">
         <is>
-          <t>GSLM1550</t>
-[...3 lines deleted...]
-      <c r="L351" t="inlineStr"/>
+          <t>GMEUC064</t>
+        </is>
+      </c>
+      <c r="K351" t="inlineStr">
+        <is>
+          <t>1.5m,60W/1.5m,100W/2m,60W/2m,100W</t>
+        </is>
+      </c>
+      <c r="L351" t="inlineStr">
+        <is>
+          <t>長度,瓦數</t>
+        </is>
+      </c>
       <c r="M351" t="inlineStr">
         <is>
-          <t>像杉而上/平安喜樂/蒸蒸日上</t>
+          <t>C to C/C to Lightning</t>
         </is>
       </c>
       <c r="N351" t="inlineStr">
         <is>
-          <t>款式</t>
+          <t>充電接口</t>
         </is>
       </c>
       <c r="O351" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P351" t="inlineStr"/>
       <c r="Q351" t="inlineStr"/>
       <c r="R351" t="n">
-        <v>351</v>
+        <v>350</v>
       </c>
     </row>
     <row r="352">
       <c r="A352" t="n">
-        <v>366</v>
+        <v>345</v>
       </c>
       <c r="B352" t="inlineStr">
         <is>
-          <t>保護套</t>
+          <t>充電組</t>
         </is>
       </c>
       <c r="C352" t="inlineStr">
         <is>
-          <t>B</t>
+          <t>G</t>
         </is>
       </c>
       <c r="D352" t="inlineStr">
         <is>
-          <t>無</t>
+          <t>MagEasy</t>
         </is>
       </c>
       <c r="E352" t="inlineStr">
         <is>
-          <t>NN</t>
+          <t>ME</t>
         </is>
       </c>
       <c r="F352" t="inlineStr">
         <is>
-          <t>iPad 7.9 /9.7 /10.2 /10.5 /11/ 12.9吋 保護套 平板 防摔三折軟殼 有現貨</t>
+          <t>MAGPAD立架磁吸無線充電器</t>
         </is>
       </c>
       <c r="G352" t="inlineStr">
         <is>
-          <t>IPC02</t>
+          <t>CG030</t>
         </is>
       </c>
       <c r="H352" t="inlineStr"/>
       <c r="I352" t="inlineStr"/>
       <c r="J352" t="inlineStr">
         <is>
-          <t>BNAIPC02</t>
-[...11 lines deleted...]
-      </c>
+          <t>GMECG030</t>
+        </is>
+      </c>
+      <c r="K352" t="inlineStr"/>
+      <c r="L352" t="inlineStr"/>
       <c r="M352" t="inlineStr">
         <is>
-          <t>時尚黑/薰衣草/藏青紫/天空藍/抹茶綠/暗夜綠</t>
+          <t>黑色</t>
         </is>
       </c>
       <c r="N352" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O352" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
-      <c r="P352" t="inlineStr"/>
-      <c r="Q352" t="inlineStr"/>
+      <c r="P352" t="inlineStr">
+        <is>
+          <t>CCAH22LP7780T6</t>
+        </is>
+      </c>
+      <c r="Q352" t="inlineStr">
+        <is>
+          <t>R3C932</t>
+        </is>
+      </c>
       <c r="R352" t="n">
-        <v>352</v>
+        <v>351</v>
       </c>
     </row>
     <row r="353">
       <c r="A353" t="n">
-        <v>367</v>
+        <v>346</v>
       </c>
       <c r="B353" t="inlineStr">
         <is>
           <t>充電組</t>
         </is>
       </c>
       <c r="C353" t="inlineStr">
         <is>
           <t>G</t>
         </is>
       </c>
       <c r="D353" t="inlineStr">
         <is>
-          <t>atake</t>
+          <t>MagEasy</t>
         </is>
       </c>
       <c r="E353" t="inlineStr">
         <is>
-          <t>AK</t>
+          <t>ME</t>
         </is>
       </c>
       <c r="F353" t="inlineStr">
         <is>
-          <t>【atake】Type-C轉VGA轉接器 支援4Kx2K 60Hz HDCP</t>
+          <t>MAGMOUNT 磁吸無線充電車載支架</t>
         </is>
       </c>
       <c r="G353" t="inlineStr">
         <is>
-          <t>CHDCP</t>
+          <t>CG031</t>
         </is>
       </c>
       <c r="H353" t="inlineStr"/>
       <c r="I353" t="inlineStr"/>
       <c r="J353" t="inlineStr">
         <is>
-          <t>GAKCHDCP</t>
+          <t>GMECG031</t>
         </is>
       </c>
       <c r="K353" t="inlineStr"/>
       <c r="L353" t="inlineStr"/>
-      <c r="M353" t="inlineStr"/>
-      <c r="N353" t="inlineStr"/>
+      <c r="M353" t="inlineStr">
+        <is>
+          <t>黑色</t>
+        </is>
+      </c>
+      <c r="N353" t="inlineStr">
+        <is>
+          <t>顏色</t>
+        </is>
+      </c>
       <c r="O353" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
-      <c r="P353" t="inlineStr"/>
+      <c r="P353" t="inlineStr">
+        <is>
+          <t>CCAH23LP6090T0</t>
+        </is>
+      </c>
       <c r="Q353" t="inlineStr"/>
       <c r="R353" t="n">
-        <v>353</v>
+        <v>352</v>
       </c>
     </row>
     <row r="354">
       <c r="A354" t="n">
-        <v>368</v>
+        <v>347</v>
       </c>
       <c r="B354" t="inlineStr">
         <is>
           <t>充電組</t>
         </is>
       </c>
       <c r="C354" t="inlineStr">
         <is>
           <t>G</t>
         </is>
       </c>
       <c r="D354" t="inlineStr">
         <is>
-          <t>atake</t>
+          <t>MagEasy</t>
         </is>
       </c>
       <c r="E354" t="inlineStr">
         <is>
-          <t>AK</t>
+          <t>ME</t>
         </is>
       </c>
       <c r="F354" t="inlineStr">
         <is>
-          <t>【atake】Type-C HUB高速網路卡+3埠USB集線器 RJ45接口/分線器/HUB/網路線/Mac網路轉接頭</t>
+          <t>Force 氮化鎵快速電源供應器</t>
         </is>
       </c>
       <c r="G354" t="inlineStr">
         <is>
-          <t>C3J45</t>
+          <t>WC036</t>
         </is>
       </c>
       <c r="H354" t="inlineStr"/>
       <c r="I354" t="inlineStr"/>
       <c r="J354" t="inlineStr">
         <is>
-          <t>GAKC3J45</t>
-[...5 lines deleted...]
-      <c r="N354" t="inlineStr"/>
+          <t>GMEWC036</t>
+        </is>
+      </c>
+      <c r="K354" t="inlineStr">
+        <is>
+          <t>30W/65W</t>
+        </is>
+      </c>
+      <c r="L354" t="inlineStr">
+        <is>
+          <t>瓦數</t>
+        </is>
+      </c>
+      <c r="M354" t="inlineStr">
+        <is>
+          <t>白色</t>
+        </is>
+      </c>
+      <c r="N354" t="inlineStr">
+        <is>
+          <t>顏色</t>
+        </is>
+      </c>
       <c r="O354" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P354" t="inlineStr"/>
-      <c r="Q354" t="inlineStr"/>
+      <c r="Q354" t="inlineStr">
+        <is>
+          <t>R3C932</t>
+        </is>
+      </c>
       <c r="R354" t="n">
-        <v>354</v>
+        <v>353</v>
       </c>
     </row>
     <row r="355">
       <c r="A355" t="n">
-        <v>369</v>
+        <v>348</v>
       </c>
       <c r="B355" t="inlineStr">
         <is>
           <t>充電組</t>
         </is>
       </c>
       <c r="C355" t="inlineStr">
         <is>
           <t>G</t>
         </is>
       </c>
       <c r="D355" t="inlineStr">
         <is>
-          <t>atake</t>
+          <t>MagEasy</t>
         </is>
       </c>
       <c r="E355" t="inlineStr">
         <is>
-          <t>AK</t>
+          <t>ME</t>
         </is>
       </c>
       <c r="F355" t="inlineStr">
         <is>
-          <t>【ATake】Type-C 轉 HDMI 4K高畫質轉接 + PD快充傳輸 三合一轉接線 (短版)</t>
+          <t>PowerBuddy</t>
         </is>
       </c>
       <c r="G355" t="inlineStr">
         <is>
-          <t>TC431</t>
+          <t>WC217</t>
         </is>
       </c>
       <c r="H355" t="inlineStr"/>
       <c r="I355" t="inlineStr"/>
       <c r="J355" t="inlineStr">
         <is>
-          <t>GAKTC431</t>
+          <t>GMEWC217</t>
         </is>
       </c>
       <c r="K355" t="inlineStr"/>
       <c r="L355" t="inlineStr"/>
-      <c r="M355" t="inlineStr"/>
-      <c r="N355" t="inlineStr"/>
+      <c r="M355" t="inlineStr">
+        <is>
+          <t>白色</t>
+        </is>
+      </c>
+      <c r="N355" t="inlineStr">
+        <is>
+          <t>顏色</t>
+        </is>
+      </c>
       <c r="O355" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P355" t="inlineStr"/>
-      <c r="Q355" t="inlineStr"/>
+      <c r="Q355" t="inlineStr">
+        <is>
+          <t>R3C932</t>
+        </is>
+      </c>
       <c r="R355" t="n">
-        <v>355</v>
+        <v>354</v>
       </c>
     </row>
     <row r="356">
       <c r="A356" t="n">
-        <v>370</v>
+        <v>349</v>
       </c>
       <c r="B356" t="inlineStr">
         <is>
-          <t>配件</t>
+          <t>保護膜</t>
         </is>
       </c>
       <c r="C356" t="inlineStr">
         <is>
-          <t>T</t>
+          <t>J</t>
         </is>
       </c>
       <c r="D356" t="inlineStr">
         <is>
-          <t>無</t>
+          <t>SwitchEasy</t>
         </is>
       </c>
       <c r="E356" t="inlineStr">
         <is>
-          <t>NN</t>
+          <t>SE</t>
         </is>
       </c>
       <c r="F356" t="inlineStr">
         <is>
-          <t>【多功能清潔刷】清潔刷 清潔筆 適用：鍵盤/Airpods/手機/平板/筆電</t>
+          <t>抗菌膜Defender＋</t>
         </is>
       </c>
       <c r="G356" t="inlineStr">
         <is>
-          <t>CNBRH</t>
+          <t>GS242</t>
         </is>
       </c>
       <c r="H356" t="inlineStr"/>
       <c r="I356" t="inlineStr"/>
       <c r="J356" t="inlineStr">
         <is>
-          <t>TNACNBRH</t>
-[...3 lines deleted...]
-      <c r="L356" t="inlineStr"/>
+          <t>JSEGS242</t>
+        </is>
+      </c>
+      <c r="K356" t="inlineStr">
+        <is>
+          <t>10.9吋/11吋/12.9吋</t>
+        </is>
+      </c>
+      <c r="L356" t="inlineStr">
+        <is>
+          <t>尺寸</t>
+        </is>
+      </c>
       <c r="M356" t="inlineStr">
         <is>
-          <t>紅白色/白色</t>
+          <t>透明</t>
         </is>
       </c>
       <c r="N356" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O356" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P356" t="inlineStr"/>
       <c r="Q356" t="inlineStr"/>
       <c r="R356" t="n">
-        <v>356</v>
+        <v>355</v>
       </c>
     </row>
     <row r="357">
       <c r="A357" t="n">
-        <v>371</v>
+        <v>350</v>
       </c>
       <c r="B357" t="inlineStr">
         <is>
-          <t>保護套</t>
+          <t>保護膜</t>
         </is>
       </c>
       <c r="C357" t="inlineStr">
         <is>
-          <t>B</t>
+          <t>J</t>
         </is>
       </c>
       <c r="D357" t="inlineStr">
         <is>
-          <t>無</t>
+          <t>imos</t>
         </is>
       </c>
       <c r="E357" t="inlineStr">
         <is>
-          <t>NN</t>
+          <t>IM</t>
         </is>
       </c>
       <c r="F357" t="inlineStr">
         <is>
-          <t>AirPods 3代、AirPads Pro 1/2代 矽膠保護套 防水 防摔 防刮</t>
+          <t>【imos】iPad 德國萊因認證 RPF60低藍光螢幕保護貼</t>
         </is>
       </c>
       <c r="G357" t="inlineStr">
         <is>
-          <t>APDPC</t>
+          <t>RPF60</t>
         </is>
       </c>
       <c r="H357" t="inlineStr"/>
       <c r="I357" t="inlineStr"/>
       <c r="J357" t="inlineStr">
         <is>
-          <t>BNAAPDPC</t>
+          <t>JIMRPF60</t>
         </is>
       </c>
       <c r="K357" t="inlineStr">
         <is>
-          <t>AirPods 3代/AirPods Pro 1 2</t>
+          <t>air4 5 pro 11/pro 12.9/air 6 11/mini 6/air 6 13/ipad 10/pro 13 2024/pro 11 2024/ipad 7 8 9 10.2</t>
         </is>
       </c>
       <c r="L357" t="inlineStr">
         <is>
-          <t>規格</t>
-[...11 lines deleted...]
-      </c>
+          <t>尺寸</t>
+        </is>
+      </c>
+      <c r="M357" t="inlineStr"/>
+      <c r="N357" t="inlineStr"/>
       <c r="O357" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P357" t="inlineStr"/>
       <c r="Q357" t="inlineStr"/>
       <c r="R357" t="n">
-        <v>357</v>
+        <v>356</v>
       </c>
     </row>
     <row r="358">
       <c r="A358" t="n">
-        <v>372</v>
+        <v>351</v>
       </c>
       <c r="B358" t="inlineStr">
         <is>
           <t>充電組</t>
         </is>
       </c>
       <c r="C358" t="inlineStr">
         <is>
           <t>G</t>
         </is>
       </c>
       <c r="D358" t="inlineStr">
         <is>
-          <t>無</t>
+          <t>HANG</t>
         </is>
       </c>
       <c r="E358" t="inlineStr">
         <is>
-          <t>NN</t>
+          <t>HG</t>
         </is>
       </c>
       <c r="F358" t="inlineStr">
         <is>
-          <t>My Style 全兼容磁吸多功能行動電源旗艦版 五合一  10000mAh PD+QC 3.0快充</t>
+          <t>【HANG】七合一超級磁吸無線充行動電源</t>
         </is>
       </c>
       <c r="G358" t="inlineStr">
         <is>
-          <t>MS30P</t>
+          <t>71WCP</t>
         </is>
       </c>
       <c r="H358" t="inlineStr"/>
       <c r="I358" t="inlineStr"/>
       <c r="J358" t="inlineStr">
         <is>
-          <t>GNAMS30P</t>
+          <t>GHG71WCP</t>
         </is>
       </c>
       <c r="K358" t="inlineStr"/>
       <c r="L358" t="inlineStr"/>
       <c r="M358" t="inlineStr">
         <is>
-          <t>太空灰/純潔白/水泥灰/奶茶色</t>
+          <t>極光白/羅蘭紫/奶茶色/寶寶藍/原色黑</t>
         </is>
       </c>
       <c r="N358" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O358" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P358" t="inlineStr"/>
       <c r="Q358" t="inlineStr"/>
       <c r="R358" t="n">
-        <v>358</v>
+        <v>357</v>
       </c>
     </row>
     <row r="359">
       <c r="A359" t="n">
-        <v>373</v>
+        <v>352</v>
       </c>
       <c r="B359" t="inlineStr">
         <is>
-          <t>保護膜</t>
+          <t>保護套</t>
         </is>
       </c>
       <c r="C359" t="inlineStr">
         <is>
-          <t>J</t>
+          <t>B</t>
         </is>
       </c>
       <c r="D359" t="inlineStr">
         <is>
-          <t>無</t>
+          <t>Logfer洛菲爾</t>
         </is>
       </c>
       <c r="E359" t="inlineStr">
         <is>
-          <t>NN</t>
+          <t>LF</t>
         </is>
       </c>
       <c r="F359" t="inlineStr">
         <is>
-          <t>iPad 全型號 保護貼 ( 鋼化玻璃膜&amp;類紙膜 ) 8.3/10.2/10.5/10.9/11/12.9吋</t>
+          <t>Logfer洛菲爾 M折款皮套 ipad 保護套 超清壓克力雙料抗彎防摔</t>
         </is>
       </c>
       <c r="G359" t="inlineStr">
         <is>
-          <t>IPPFX</t>
+          <t>LFLCI</t>
         </is>
       </c>
       <c r="H359" t="inlineStr"/>
       <c r="I359" t="inlineStr"/>
       <c r="J359" t="inlineStr">
         <is>
-          <t>JNAIPPFX</t>
+          <t>BLFLFLCI</t>
         </is>
       </c>
       <c r="K359" t="inlineStr">
         <is>
-          <t>13吋 Pro M4 2024/11吋 Pro M4 2024/13吋 Air 6 M2 2024/11吋 Air 6 M2 2024/12.9吋 Pro 18-22款/11吋 Pro 18-22款/10.9吋 Air 4 5/10.5吋 Air 3 Pro10.5/10.9吋 iPad 10/10.2吋 iPad 7 8 9/9.7吋 iPad 5 6 Air 2/8.3吋 mini 6 mini 7/7.9吋 mini1~5</t>
+          <t>Pro 13 M4 2024/Pro 11 M4 2024/Air M2 13 2024/Air M2 11 2024/iPad 10 2022/iPad 7 8 9 2019~21/Pro 12.9 2018~2022/Pro 11 2018~2022/Air M3 13 2025/Air M3 11 2025/iPad A16 2025</t>
         </is>
       </c>
       <c r="L359" t="inlineStr">
         <is>
           <t>尺寸</t>
         </is>
       </c>
       <c r="M359" t="inlineStr">
         <is>
-          <t>鋼化玻璃膜(亮面)/類紙膜(霧面)/鋼化玻璃膜(藍光)</t>
+          <t>天藍色/薰衣紫/極簡灰/曜石黑</t>
         </is>
       </c>
       <c r="N359" t="inlineStr">
         <is>
-          <t>款式</t>
+          <t>顏色</t>
         </is>
       </c>
       <c r="O359" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
-      <c r="P359" t="inlineStr"/>
-      <c r="Q359" t="inlineStr"/>
+      <c r="P359" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
+      <c r="Q359" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
       <c r="R359" t="n">
-        <v>359</v>
+        <v>358</v>
       </c>
     </row>
     <row r="360">
       <c r="A360" t="n">
-        <v>374</v>
+        <v>354</v>
       </c>
       <c r="B360" t="inlineStr">
         <is>
-          <t>保護套</t>
+          <t>觸控筆</t>
         </is>
       </c>
       <c r="C360" t="inlineStr">
         <is>
-          <t>B</t>
+          <t>P</t>
         </is>
       </c>
       <c r="D360" t="inlineStr">
         <is>
-          <t>無</t>
+          <t>NovaPlus</t>
         </is>
       </c>
       <c r="E360" t="inlineStr">
         <is>
-          <t>NN</t>
+          <t>NP</t>
         </is>
       </c>
       <c r="F360" t="inlineStr">
         <is>
-          <t>Apple pencil Pro/二代/一代 筆套 蔬果版 療癒 又防摔 有現貨！</t>
+          <t>【NovaPlus】NX金屬筆尖ApplePencil 1/2代Pro/USB-C_適用類紙膜/耐磨極細阻尼感/書寫滑順</t>
         </is>
       </c>
       <c r="G360" t="inlineStr">
         <is>
-          <t>APPC2</t>
+          <t>NXMNB</t>
         </is>
       </c>
       <c r="H360" t="inlineStr"/>
       <c r="I360" t="inlineStr"/>
       <c r="J360" t="inlineStr">
         <is>
-          <t>BNAAPPC2</t>
+          <t>PNPNXMNB</t>
         </is>
       </c>
       <c r="K360" t="inlineStr">
         <is>
-          <t>Apple Pencil Pro/Apple pencil 一代/Apple pencil 二代</t>
+          <t>NX金屬筆尖 0.8mm(一枚)/AX耐磨30公里 1.4mm(一盒4枚)/UX日本超導米材質1.4mm(一盒4枚)/NX金屬筆尖 0.8mm(一盒2枚)/NX金屬筆尖 1mm(一枚)/NX金屬筆尖 0.6mm(一枚)/UX日本超導米材質 1.4mm(一枚)</t>
         </is>
       </c>
       <c r="L360" t="inlineStr">
         <is>
           <t>規格</t>
         </is>
       </c>
       <c r="M360" t="inlineStr">
         <is>
-          <t>胡蘿蔔/酪梨牛奶/水蜜桃/金鑽鳳梨/葡萄/草莓</t>
+          <t>黑色/白色</t>
         </is>
       </c>
       <c r="N360" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O360" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P360" t="inlineStr"/>
       <c r="Q360" t="inlineStr"/>
       <c r="R360" t="n">
-        <v>360</v>
+        <v>359</v>
       </c>
     </row>
     <row r="361">
       <c r="A361" t="n">
-        <v>375</v>
+        <v>355</v>
       </c>
       <c r="B361" t="inlineStr">
         <is>
-          <t>保護套</t>
+          <t>充電組</t>
         </is>
       </c>
       <c r="C361" t="inlineStr">
         <is>
-          <t>B</t>
+          <t>G</t>
         </is>
       </c>
       <c r="D361" t="inlineStr">
         <is>
-          <t>無</t>
+          <t>atake</t>
         </is>
       </c>
       <c r="E361" t="inlineStr">
         <is>
-          <t>NN</t>
+          <t>AK</t>
         </is>
       </c>
       <c r="F361" t="inlineStr">
         <is>
-          <t>Apple pencil Pro/二代/一代 撞色筆套  質感 超防摔</t>
+          <t>【atake】Type-C轉VGA/Type-C/USB3.0轉接器 三合一/Mac螢幕轉接器/OTG/傳輸充電轉接器</t>
         </is>
       </c>
       <c r="G361" t="inlineStr">
         <is>
-          <t>APPC3</t>
+          <t>TCVGA</t>
         </is>
       </c>
       <c r="H361" t="inlineStr"/>
       <c r="I361" t="inlineStr"/>
       <c r="J361" t="inlineStr">
         <is>
-          <t>BNAAPPC3</t>
-[...21 lines deleted...]
-      </c>
+          <t>GAKTCVGA</t>
+        </is>
+      </c>
+      <c r="K361" t="inlineStr"/>
+      <c r="L361" t="inlineStr"/>
+      <c r="M361" t="inlineStr"/>
+      <c r="N361" t="inlineStr"/>
       <c r="O361" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P361" t="inlineStr"/>
       <c r="Q361" t="inlineStr"/>
       <c r="R361" t="n">
-        <v>361</v>
+        <v>360</v>
       </c>
     </row>
     <row r="362">
       <c r="A362" t="n">
-        <v>376</v>
+        <v>356</v>
       </c>
       <c r="B362" t="inlineStr">
         <is>
-          <t>保護套</t>
+          <t>充電組</t>
         </is>
       </c>
       <c r="C362" t="inlineStr">
         <is>
-          <t>B</t>
+          <t>G</t>
         </is>
       </c>
       <c r="D362" t="inlineStr">
         <is>
-          <t>無</t>
+          <t>atake</t>
         </is>
       </c>
       <c r="E362" t="inlineStr">
         <is>
-          <t>NN</t>
+          <t>AK</t>
         </is>
       </c>
       <c r="F362" t="inlineStr">
         <is>
-          <t>iPad Pro 12.9吋 保護套 2020款/2021款 平板 防摔三折軟殼 有現貨</t>
+          <t>【atake】Type-C 轉3.5mm+Type-C快充</t>
         </is>
       </c>
       <c r="G362" t="inlineStr">
         <is>
-          <t>IP12C</t>
+          <t>TC35C</t>
         </is>
       </c>
       <c r="H362" t="inlineStr"/>
       <c r="I362" t="inlineStr"/>
       <c r="J362" t="inlineStr">
         <is>
-          <t>BNAIP12C</t>
-[...21 lines deleted...]
-      </c>
+          <t>GAKTC35C</t>
+        </is>
+      </c>
+      <c r="K362" t="inlineStr"/>
+      <c r="L362" t="inlineStr"/>
+      <c r="M362" t="inlineStr"/>
+      <c r="N362" t="inlineStr"/>
       <c r="O362" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P362" t="inlineStr"/>
       <c r="Q362" t="inlineStr"/>
       <c r="R362" t="n">
-        <v>362</v>
+        <v>361</v>
       </c>
     </row>
     <row r="363">
       <c r="A363" t="n">
-        <v>377</v>
+        <v>357</v>
       </c>
       <c r="B363" t="inlineStr">
         <is>
-          <t>充電組</t>
+          <t>保護套</t>
         </is>
       </c>
       <c r="C363" t="inlineStr">
         <is>
-          <t>G</t>
+          <t>B</t>
         </is>
       </c>
       <c r="D363" t="inlineStr">
         <is>
           <t>無</t>
         </is>
       </c>
       <c r="E363" t="inlineStr">
         <is>
           <t>NN</t>
         </is>
       </c>
       <c r="F363" t="inlineStr">
         <is>
-          <t>Apple Pencil 一代 lightning-lightning/lightning-TpyeC 轉接頭 有線充電</t>
+          <t>iPad 磁吸式分離保護套 質感升級 多型號（12.9/11/10.9/10.2/8.3吋）自動喚醒 有筆槽</t>
         </is>
       </c>
       <c r="G363" t="inlineStr">
         <is>
-          <t>APLC1</t>
+          <t>IMDPC</t>
         </is>
       </c>
       <c r="H363" t="inlineStr"/>
       <c r="I363" t="inlineStr"/>
       <c r="J363" t="inlineStr">
         <is>
-          <t>GNAAPLC1</t>
+          <t>BNAIMDPC</t>
         </is>
       </c>
       <c r="K363" t="inlineStr">
         <is>
-          <t>原廠/副廠</t>
+          <t>Pro 13 M4 2024/Pro 11 M4 2024/Air M3 13 2025/Air M3 11 2025/Air M2 13 2024/Air M2 11 2024/Pro 12.9 2018~2022/Pro 11 2018~2022/Air 4 5 2020~2021/Mini 7 2024/Mini 6 2021/iPad A16 2025/iPad 10 2022/iPad 7 8 9 2019~2021/iPad 5 6 2017~2018</t>
         </is>
       </c>
       <c r="L363" t="inlineStr">
         <is>
-          <t>廠商</t>
+          <t>規格</t>
         </is>
       </c>
       <c r="M363" t="inlineStr">
         <is>
-          <t>Lightning-Tpye C可配對/Lightning-Tpye C不可配對/Lightning-Lightning</t>
+          <t>時尚黑/質感灰/薰衣紫/天空藍/櫻花粉</t>
         </is>
       </c>
       <c r="N363" t="inlineStr">
         <is>
-          <t>款式</t>
+          <t>顏色</t>
         </is>
       </c>
       <c r="O363" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P363" t="inlineStr"/>
       <c r="Q363" t="inlineStr"/>
       <c r="R363" t="n">
-        <v>363</v>
+        <v>362</v>
       </c>
     </row>
     <row r="364">
       <c r="A364" t="n">
-        <v>378</v>
+        <v>358</v>
       </c>
       <c r="B364" t="inlineStr">
         <is>
-          <t>保護套</t>
+          <t>充電組</t>
         </is>
       </c>
       <c r="C364" t="inlineStr">
         <is>
-          <t>B</t>
+          <t>G</t>
         </is>
       </c>
       <c r="D364" t="inlineStr">
         <is>
-          <t>NovaPlus</t>
+          <t>atake</t>
         </is>
       </c>
       <c r="E364" t="inlineStr">
         <is>
-          <t>NP</t>
+          <t>AK</t>
         </is>
       </c>
       <c r="F364" t="inlineStr">
         <is>
-          <t>【NovaPlus】Konnecter Pro靈巧鍵盤｜ 免藍牙iPad鍵盤保護殼，千元價格，享受原廠萬元規格</t>
+          <t>【atake】USB3.0轉Type-C母轉公OTG轉接線 手機傳輸線</t>
         </is>
       </c>
       <c r="G364" t="inlineStr">
         <is>
-          <t>KNP01</t>
+          <t>UCOTG</t>
         </is>
       </c>
       <c r="H364" t="inlineStr"/>
       <c r="I364" t="inlineStr"/>
       <c r="J364" t="inlineStr">
         <is>
-          <t>BNPKNP01</t>
-[...21 lines deleted...]
-      </c>
+          <t>GAKUCOTG</t>
+        </is>
+      </c>
+      <c r="K364" t="inlineStr"/>
+      <c r="L364" t="inlineStr"/>
+      <c r="M364" t="inlineStr"/>
+      <c r="N364" t="inlineStr"/>
       <c r="O364" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
-      <c r="P364" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="P364" t="inlineStr"/>
+      <c r="Q364" t="inlineStr"/>
       <c r="R364" t="n">
-        <v>364</v>
+        <v>363</v>
       </c>
     </row>
     <row r="365">
       <c r="A365" t="n">
-        <v>379</v>
+        <v>359</v>
       </c>
       <c r="B365" t="inlineStr">
         <is>
           <t>充電組</t>
         </is>
       </c>
       <c r="C365" t="inlineStr">
         <is>
           <t>G</t>
         </is>
       </c>
       <c r="D365" t="inlineStr">
         <is>
-          <t>POLYWELL</t>
+          <t>atake</t>
         </is>
       </c>
       <c r="E365" t="inlineStr">
         <is>
-          <t>PW</t>
+          <t>AK</t>
         </is>
       </c>
       <c r="F365" t="inlineStr">
         <is>
-          <t>USB七合一集線器</t>
+          <t>【atake】USB2.0高速集線器3埠+網路 3埠USB/LAN有線網路/HUB/集線器</t>
         </is>
       </c>
       <c r="G365" t="inlineStr">
         <is>
-          <t>T0254</t>
+          <t>ULHUB</t>
         </is>
       </c>
       <c r="H365" t="inlineStr"/>
       <c r="I365" t="inlineStr"/>
       <c r="J365" t="inlineStr">
         <is>
-          <t>GPWT0254</t>
+          <t>GAKULHUB</t>
         </is>
       </c>
       <c r="K365" t="inlineStr"/>
       <c r="L365" t="inlineStr"/>
       <c r="M365" t="inlineStr"/>
       <c r="N365" t="inlineStr"/>
       <c r="O365" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P365" t="inlineStr"/>
       <c r="Q365" t="inlineStr"/>
       <c r="R365" t="n">
-        <v>365</v>
+        <v>364</v>
       </c>
     </row>
     <row r="366">
       <c r="A366" t="n">
-        <v>380</v>
+        <v>360</v>
       </c>
       <c r="B366" t="inlineStr">
         <is>
           <t>充電組</t>
         </is>
       </c>
       <c r="C366" t="inlineStr">
         <is>
           <t>G</t>
         </is>
       </c>
       <c r="D366" t="inlineStr">
         <is>
-          <t>POLYWELL</t>
+          <t>atake</t>
         </is>
       </c>
       <c r="E366" t="inlineStr">
         <is>
-          <t>PW</t>
+          <t>AK</t>
         </is>
       </c>
       <c r="F366" t="inlineStr">
         <is>
-          <t>USB 3.0 Type-C轉Type-A OTG轉接線</t>
+          <t>【atake】Type-C轉HDMI 4K高畫質轉接頭</t>
         </is>
       </c>
       <c r="G366" t="inlineStr">
         <is>
-          <t>W4357</t>
+          <t>CHDMI</t>
         </is>
       </c>
       <c r="H366" t="inlineStr"/>
       <c r="I366" t="inlineStr"/>
       <c r="J366" t="inlineStr">
         <is>
-          <t>GPWW4357</t>
+          <t>GAKCHDMI</t>
         </is>
       </c>
       <c r="K366" t="inlineStr"/>
       <c r="L366" t="inlineStr"/>
       <c r="M366" t="inlineStr"/>
       <c r="N366" t="inlineStr"/>
       <c r="O366" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P366" t="inlineStr"/>
       <c r="Q366" t="inlineStr"/>
       <c r="R366" t="n">
-        <v>366</v>
+        <v>365</v>
       </c>
     </row>
     <row r="367">
       <c r="A367" t="n">
-        <v>381</v>
+        <v>361</v>
       </c>
       <c r="B367" t="inlineStr">
         <is>
-          <t>充電組</t>
+          <t>配件</t>
         </is>
       </c>
       <c r="C367" t="inlineStr">
         <is>
-          <t>G</t>
+          <t>T</t>
         </is>
       </c>
       <c r="D367" t="inlineStr">
         <is>
-          <t>POLYWELL</t>
+          <t>無</t>
         </is>
       </c>
       <c r="E367" t="inlineStr">
         <is>
-          <t>PW</t>
+          <t>NN</t>
         </is>
       </c>
       <c r="F367" t="inlineStr">
         <is>
-          <t>Type-C轉3.5mm T型HiFi 音源轉接器+PD輸入</t>
+          <t>Apple Pencil 1 一代 筆帽</t>
         </is>
       </c>
       <c r="G367" t="inlineStr">
         <is>
-          <t>T0241</t>
+          <t>AP1PC</t>
         </is>
       </c>
       <c r="H367" t="inlineStr"/>
       <c r="I367" t="inlineStr"/>
       <c r="J367" t="inlineStr">
         <is>
-          <t>GPWT0241</t>
+          <t>TNAAP1PC</t>
         </is>
       </c>
       <c r="K367" t="inlineStr"/>
       <c r="L367" t="inlineStr"/>
       <c r="M367" t="inlineStr"/>
       <c r="N367" t="inlineStr"/>
       <c r="O367" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P367" t="inlineStr"/>
       <c r="Q367" t="inlineStr"/>
       <c r="R367" t="n">
-        <v>367</v>
+        <v>366</v>
       </c>
     </row>
     <row r="368">
       <c r="A368" t="n">
-        <v>382</v>
+        <v>362</v>
       </c>
       <c r="B368" t="inlineStr">
         <is>
-          <t>配件</t>
+          <t>充電組</t>
         </is>
       </c>
       <c r="C368" t="inlineStr">
         <is>
-          <t>T</t>
+          <t>G</t>
         </is>
       </c>
       <c r="D368" t="inlineStr">
         <is>
-          <t>POLYWELL</t>
+          <t>SOLOVE</t>
         </is>
       </c>
       <c r="E368" t="inlineStr">
         <is>
-          <t>PW</t>
+          <t>SL</t>
         </is>
       </c>
       <c r="F368" t="inlineStr">
         <is>
-          <t>Type-C轉3.5mm(公) 音源轉接線 長度:1米</t>
+          <t>SOLOVE 素樂 x LINE 聯名款 W12 磁吸式行動電源 5000mAh Magsafe 熊大 莎莉</t>
         </is>
       </c>
       <c r="G368" t="inlineStr">
         <is>
-          <t>W5141</t>
+          <t>W1250</t>
         </is>
       </c>
       <c r="H368" t="inlineStr"/>
       <c r="I368" t="inlineStr"/>
       <c r="J368" t="inlineStr">
         <is>
-          <t>TPWW5141</t>
+          <t>GSLW1250</t>
         </is>
       </c>
       <c r="K368" t="inlineStr"/>
       <c r="L368" t="inlineStr"/>
-      <c r="M368" t="inlineStr"/>
-      <c r="N368" t="inlineStr"/>
+      <c r="M368" t="inlineStr">
+        <is>
+          <t>BROWN熊大/SALLY莎莉tick</t>
+        </is>
+      </c>
+      <c r="N368" t="inlineStr">
+        <is>
+          <t>款式</t>
+        </is>
+      </c>
       <c r="O368" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P368" t="inlineStr"/>
       <c r="Q368" t="inlineStr"/>
       <c r="R368" t="n">
-        <v>368</v>
+        <v>367</v>
       </c>
     </row>
     <row r="369">
       <c r="A369" t="n">
-        <v>383</v>
+        <v>363</v>
       </c>
       <c r="B369" t="inlineStr">
         <is>
-          <t>配件</t>
+          <t>保護套</t>
         </is>
       </c>
       <c r="C369" t="inlineStr">
         <is>
-          <t>T</t>
+          <t>B</t>
         </is>
       </c>
       <c r="D369" t="inlineStr">
         <is>
-          <t>POLYWELL</t>
+          <t>無</t>
         </is>
       </c>
       <c r="E369" t="inlineStr">
         <is>
-          <t>PW</t>
+          <t>NN</t>
         </is>
       </c>
       <c r="F369" t="inlineStr">
         <is>
-          <t>3.5mm耳塞式有線耳 機麥克風(新版)</t>
+          <t>iPhone 透明 Magsafe 手機殼</t>
         </is>
       </c>
       <c r="G369" t="inlineStr">
         <is>
-          <t>T6770</t>
+          <t>IPCMS</t>
         </is>
       </c>
       <c r="H369" t="inlineStr"/>
       <c r="I369" t="inlineStr"/>
       <c r="J369" t="inlineStr">
         <is>
-          <t>TPWT6770</t>
-[...3 lines deleted...]
-      <c r="L369" t="inlineStr"/>
+          <t>BNAIPCMS</t>
+        </is>
+      </c>
+      <c r="K369" t="inlineStr">
+        <is>
+          <t>iPhone 13/iPhone 13 Pro/iPhone 13 Pro Max/iPhone 14/iPhone 14 Plus/iPhone 14 Pro/iPhone 14 Pro Max</t>
+        </is>
+      </c>
+      <c r="L369" t="inlineStr">
+        <is>
+          <t>尺寸</t>
+        </is>
+      </c>
       <c r="M369" t="inlineStr"/>
       <c r="N369" t="inlineStr"/>
       <c r="O369" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P369" t="inlineStr"/>
       <c r="Q369" t="inlineStr"/>
       <c r="R369" t="n">
-        <v>369</v>
+        <v>368</v>
       </c>
     </row>
     <row r="370">
       <c r="A370" t="n">
-        <v>384</v>
+        <v>364</v>
       </c>
       <c r="B370" t="inlineStr">
         <is>
-          <t>配件</t>
+          <t>觸控筆</t>
         </is>
       </c>
       <c r="C370" t="inlineStr">
         <is>
-          <t>T</t>
+          <t>P</t>
         </is>
       </c>
       <c r="D370" t="inlineStr">
         <is>
-          <t>POLYWELL</t>
+          <t>無</t>
         </is>
       </c>
       <c r="E370" t="inlineStr">
         <is>
-          <t>PW</t>
+          <t>NN</t>
         </is>
       </c>
       <c r="F370" t="inlineStr">
         <is>
-          <t>耳塞式 有線耳機麥克風</t>
+          <t>Apple pencil 1/2 代  替換 筆頭(標準款/圓頭款/加長款)  贈送筆尖套</t>
         </is>
       </c>
       <c r="G370" t="inlineStr">
         <is>
-          <t>T6607</t>
+          <t>AP12C</t>
         </is>
       </c>
       <c r="H370" t="inlineStr"/>
       <c r="I370" t="inlineStr"/>
       <c r="J370" t="inlineStr">
         <is>
-          <t>TPWT6607</t>
+          <t>PNAAP12C</t>
         </is>
       </c>
       <c r="K370" t="inlineStr"/>
       <c r="L370" t="inlineStr"/>
-      <c r="M370" t="inlineStr"/>
-      <c r="N370" t="inlineStr"/>
+      <c r="M370" t="inlineStr">
+        <is>
+          <t>圓頭版筆頭/加長版筆頭/標準版筆頭</t>
+        </is>
+      </c>
+      <c r="N370" t="inlineStr">
+        <is>
+          <t>款式</t>
+        </is>
+      </c>
       <c r="O370" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P370" t="inlineStr"/>
       <c r="Q370" t="inlineStr"/>
       <c r="R370" t="n">
-        <v>370</v>
+        <v>369</v>
       </c>
     </row>
     <row r="371">
       <c r="A371" t="n">
-        <v>385</v>
+        <v>365</v>
       </c>
       <c r="B371" t="inlineStr">
         <is>
-          <t>配件</t>
+          <t>充電組</t>
         </is>
       </c>
       <c r="C371" t="inlineStr">
         <is>
-          <t>T</t>
+          <t>G</t>
         </is>
       </c>
       <c r="D371" t="inlineStr">
         <is>
-          <t>POLYWELL</t>
+          <t>SOLOVE</t>
         </is>
       </c>
       <c r="E371" t="inlineStr">
         <is>
-          <t>PW</t>
+          <t>SL</t>
         </is>
       </c>
       <c r="F371" t="inlineStr">
         <is>
-          <t>3.5mm 公對公(三極)</t>
+          <t>【小米有品SOLOVE素樂】蘋果magsafe15W快充磁吸無線5000mAh行動電源</t>
         </is>
       </c>
       <c r="G371" t="inlineStr">
         <is>
-          <t>W5112</t>
+          <t>M1550</t>
         </is>
       </c>
       <c r="H371" t="inlineStr"/>
       <c r="I371" t="inlineStr"/>
       <c r="J371" t="inlineStr">
         <is>
-          <t>TPWW5112</t>
-[...13 lines deleted...]
-      <c r="N371" t="inlineStr"/>
+          <t>GSLM1550</t>
+        </is>
+      </c>
+      <c r="K371" t="inlineStr"/>
+      <c r="L371" t="inlineStr"/>
+      <c r="M371" t="inlineStr">
+        <is>
+          <t>像杉而上/平安喜樂/蒸蒸日上</t>
+        </is>
+      </c>
+      <c r="N371" t="inlineStr">
+        <is>
+          <t>款式</t>
+        </is>
+      </c>
       <c r="O371" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P371" t="inlineStr"/>
       <c r="Q371" t="inlineStr"/>
       <c r="R371" t="n">
-        <v>371</v>
+        <v>370</v>
       </c>
     </row>
     <row r="372">
       <c r="A372" t="n">
-        <v>386</v>
+        <v>366</v>
       </c>
       <c r="B372" t="inlineStr">
         <is>
-          <t>充電組</t>
+          <t>保護套</t>
         </is>
       </c>
       <c r="C372" t="inlineStr">
         <is>
-          <t>G</t>
+          <t>B</t>
         </is>
       </c>
       <c r="D372" t="inlineStr">
         <is>
-          <t>POLYWELL</t>
+          <t>無</t>
         </is>
       </c>
       <c r="E372" t="inlineStr">
         <is>
-          <t>PW</t>
+          <t>NN</t>
         </is>
       </c>
       <c r="F372" t="inlineStr">
         <is>
-          <t>Type-C To Type-C 磁吸收納 PD快充線</t>
+          <t>iPad 7.9 /9.7 /10.2 /10.5 /11/ 12.9吋 保護套 平板 防摔三折軟殼 有現貨</t>
         </is>
       </c>
       <c r="G372" t="inlineStr">
         <is>
-          <t>W4389</t>
+          <t>IPC02</t>
         </is>
       </c>
       <c r="H372" t="inlineStr"/>
       <c r="I372" t="inlineStr"/>
       <c r="J372" t="inlineStr">
         <is>
-          <t>GPWW4389</t>
-[...5 lines deleted...]
-      <c r="N372" t="inlineStr"/>
+          <t>BNAIPC02</t>
+        </is>
+      </c>
+      <c r="K372" t="inlineStr">
+        <is>
+          <t>7.9吋/9.7吋/10.2吋/10.5吋/12.9吋/13吋 Air 6 M2 2024/13吋 Air 7 M3 2025</t>
+        </is>
+      </c>
+      <c r="L372" t="inlineStr">
+        <is>
+          <t>規格</t>
+        </is>
+      </c>
+      <c r="M372" t="inlineStr">
+        <is>
+          <t>時尚黑/薰衣草/藏青紫/天空藍/抹茶綠/暗夜綠</t>
+        </is>
+      </c>
+      <c r="N372" t="inlineStr">
+        <is>
+          <t>顏色</t>
+        </is>
+      </c>
       <c r="O372" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P372" t="inlineStr"/>
       <c r="Q372" t="inlineStr"/>
       <c r="R372" t="n">
-        <v>372</v>
+        <v>371</v>
       </c>
     </row>
     <row r="373">
       <c r="A373" t="n">
-        <v>387</v>
+        <v>367</v>
       </c>
       <c r="B373" t="inlineStr">
         <is>
           <t>充電組</t>
         </is>
       </c>
       <c r="C373" t="inlineStr">
         <is>
           <t>G</t>
         </is>
       </c>
       <c r="D373" t="inlineStr">
         <is>
-          <t>POLYWELL</t>
+          <t>atake</t>
         </is>
       </c>
       <c r="E373" t="inlineStr">
         <is>
-          <t>PW</t>
+          <t>AK</t>
         </is>
       </c>
       <c r="F373" t="inlineStr">
         <is>
-          <t>Type-C To Lightning 磁吸收 納PD快充線</t>
+          <t>【atake】Type-C轉VGA轉接器 支援4Kx2K 60Hz HDCP</t>
         </is>
       </c>
       <c r="G373" t="inlineStr">
         <is>
-          <t>W4403</t>
+          <t>CHDCP</t>
         </is>
       </c>
       <c r="H373" t="inlineStr"/>
       <c r="I373" t="inlineStr"/>
       <c r="J373" t="inlineStr">
         <is>
-          <t>GPWW4403</t>
+          <t>GAKCHDCP</t>
         </is>
       </c>
       <c r="K373" t="inlineStr"/>
       <c r="L373" t="inlineStr"/>
       <c r="M373" t="inlineStr"/>
       <c r="N373" t="inlineStr"/>
       <c r="O373" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P373" t="inlineStr"/>
       <c r="Q373" t="inlineStr"/>
       <c r="R373" t="n">
-        <v>373</v>
+        <v>372</v>
       </c>
     </row>
     <row r="374">
       <c r="A374" t="n">
-        <v>388</v>
+        <v>368</v>
       </c>
       <c r="B374" t="inlineStr">
         <is>
           <t>充電組</t>
         </is>
       </c>
       <c r="C374" t="inlineStr">
         <is>
           <t>G</t>
         </is>
       </c>
       <c r="D374" t="inlineStr">
         <is>
-          <t>POLYWELL</t>
+          <t>atake</t>
         </is>
       </c>
       <c r="E374" t="inlineStr">
         <is>
-          <t>PW</t>
+          <t>AK</t>
         </is>
       </c>
       <c r="F374" t="inlineStr">
         <is>
-          <t>USB3.0 SD/TF 高速讀卡機</t>
+          <t>【atake】Type-C HUB高速網路卡+3埠USB集線器 RJ45接口/分線器/HUB/網路線/Mac網路轉接頭</t>
         </is>
       </c>
       <c r="G374" t="inlineStr">
         <is>
-          <t>T2037</t>
+          <t>C3J45</t>
         </is>
       </c>
       <c r="H374" t="inlineStr"/>
       <c r="I374" t="inlineStr"/>
       <c r="J374" t="inlineStr">
         <is>
-          <t>GPWT2037</t>
+          <t>GAKC3J45</t>
         </is>
       </c>
       <c r="K374" t="inlineStr"/>
       <c r="L374" t="inlineStr"/>
       <c r="M374" t="inlineStr"/>
       <c r="N374" t="inlineStr"/>
       <c r="O374" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P374" t="inlineStr"/>
       <c r="Q374" t="inlineStr"/>
       <c r="R374" t="n">
-        <v>374</v>
+        <v>373</v>
       </c>
     </row>
     <row r="375">
       <c r="A375" t="n">
-        <v>389</v>
+        <v>369</v>
       </c>
       <c r="B375" t="inlineStr">
         <is>
-          <t>配件</t>
+          <t>充電組</t>
         </is>
       </c>
       <c r="C375" t="inlineStr">
         <is>
-          <t>T</t>
+          <t>G</t>
         </is>
       </c>
       <c r="D375" t="inlineStr">
         <is>
-          <t>POLYWELL</t>
+          <t>atake</t>
         </is>
       </c>
       <c r="E375" t="inlineStr">
         <is>
-          <t>PW</t>
+          <t>AK</t>
         </is>
       </c>
       <c r="F375" t="inlineStr">
         <is>
-          <t>磁吸式 手機支架卡片夾</t>
+          <t>【ATake】Type-C 轉 HDMI 4K高畫質轉接 + PD快充傳輸 三合一轉接線 (短版)</t>
         </is>
       </c>
       <c r="G375" t="inlineStr">
         <is>
-          <t>T6278</t>
+          <t>TC431</t>
         </is>
       </c>
       <c r="H375" t="inlineStr"/>
       <c r="I375" t="inlineStr"/>
       <c r="J375" t="inlineStr">
         <is>
-          <t>TPWT6278</t>
+          <t>GAKTC431</t>
         </is>
       </c>
       <c r="K375" t="inlineStr"/>
       <c r="L375" t="inlineStr"/>
-      <c r="M375" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="M375" t="inlineStr"/>
+      <c r="N375" t="inlineStr"/>
       <c r="O375" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P375" t="inlineStr"/>
       <c r="Q375" t="inlineStr"/>
       <c r="R375" t="n">
-        <v>375</v>
+        <v>374</v>
       </c>
     </row>
     <row r="376">
       <c r="A376" t="n">
-        <v>390</v>
+        <v>370</v>
       </c>
       <c r="B376" t="inlineStr">
         <is>
           <t>配件</t>
         </is>
       </c>
       <c r="C376" t="inlineStr">
         <is>
           <t>T</t>
         </is>
       </c>
       <c r="D376" t="inlineStr">
         <is>
-          <t>POLYWELL</t>
+          <t>無</t>
         </is>
       </c>
       <c r="E376" t="inlineStr">
         <is>
-          <t>PW</t>
+          <t>NN</t>
         </is>
       </c>
       <c r="F376" t="inlineStr">
         <is>
-          <t>藍牙手機自拍棒 自拍支架</t>
+          <t>【多功能清潔刷】清潔刷 清潔筆 適用：鍵盤/Airpods/手機/平板/筆電</t>
         </is>
       </c>
       <c r="G376" t="inlineStr">
         <is>
-          <t>T6885</t>
+          <t>CNBRH</t>
         </is>
       </c>
       <c r="H376" t="inlineStr"/>
       <c r="I376" t="inlineStr"/>
       <c r="J376" t="inlineStr">
         <is>
-          <t>TPWT6885</t>
+          <t>TNACNBRH</t>
         </is>
       </c>
       <c r="K376" t="inlineStr"/>
       <c r="L376" t="inlineStr"/>
-      <c r="M376" t="inlineStr"/>
-      <c r="N376" t="inlineStr"/>
+      <c r="M376" t="inlineStr">
+        <is>
+          <t>紅白色/白色</t>
+        </is>
+      </c>
+      <c r="N376" t="inlineStr">
+        <is>
+          <t>顏色</t>
+        </is>
+      </c>
       <c r="O376" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P376" t="inlineStr"/>
       <c r="Q376" t="inlineStr"/>
       <c r="R376" t="n">
-        <v>376</v>
+        <v>375</v>
       </c>
     </row>
     <row r="377">
       <c r="A377" t="n">
-        <v>391</v>
+        <v>371</v>
       </c>
       <c r="B377" t="inlineStr">
         <is>
           <t>保護套</t>
         </is>
       </c>
       <c r="C377" t="inlineStr">
         <is>
           <t>B</t>
         </is>
       </c>
       <c r="D377" t="inlineStr">
         <is>
-          <t>POLYWELL</t>
+          <t>無</t>
         </is>
       </c>
       <c r="E377" t="inlineStr">
         <is>
-          <t>PW</t>
+          <t>NN</t>
         </is>
       </c>
       <c r="F377" t="inlineStr">
         <is>
-          <t>筆電內膽包</t>
+          <t>AirPods 3代、AirPads Pro 1/2代 矽膠保護套 防水 防摔 防刮</t>
         </is>
       </c>
       <c r="G377" t="inlineStr">
         <is>
-          <t>T6053</t>
+          <t>APDPC</t>
         </is>
       </c>
       <c r="H377" t="inlineStr"/>
       <c r="I377" t="inlineStr"/>
       <c r="J377" t="inlineStr">
         <is>
-          <t>BPWT6053</t>
+          <t>BNAAPDPC</t>
         </is>
       </c>
       <c r="K377" t="inlineStr">
         <is>
-          <t>14吋/15吋</t>
+          <t>AirPods 3代/AirPods Pro 1 2</t>
         </is>
       </c>
       <c r="L377" t="inlineStr">
         <is>
-          <t>尺寸</t>
+          <t>規格</t>
         </is>
       </c>
       <c r="M377" t="inlineStr">
         <is>
-          <t>灰色/藏藍</t>
+          <t>時尚黑/經典白/櫻花粉/薰衣紫/午夜藍/浪漫灰/抹茶綠/暗夜綠/銀河灰/岩石灰/藏青紫/葡萄紫/愛馬仕橘</t>
         </is>
       </c>
       <c r="N377" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O377" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P377" t="inlineStr"/>
       <c r="Q377" t="inlineStr"/>
       <c r="R377" t="n">
-        <v>377</v>
+        <v>376</v>
       </c>
     </row>
     <row r="378">
       <c r="A378" t="n">
-        <v>392</v>
+        <v>372</v>
       </c>
       <c r="B378" t="inlineStr">
         <is>
           <t>充電組</t>
         </is>
       </c>
       <c r="C378" t="inlineStr">
         <is>
           <t>G</t>
         </is>
       </c>
       <c r="D378" t="inlineStr">
         <is>
-          <t>POLYWELL</t>
+          <t>無</t>
         </is>
       </c>
       <c r="E378" t="inlineStr">
         <is>
-          <t>PW</t>
+          <t>NN</t>
         </is>
       </c>
       <c r="F378" t="inlineStr">
         <is>
-          <t>30WGaN氮化鎵</t>
+          <t>My Style 全兼容磁吸多功能行動電源旗艦版 五合一  10000mAh PD+QC 3.0快充</t>
         </is>
       </c>
       <c r="G378" t="inlineStr">
         <is>
-          <t>T5010</t>
+          <t>MS30P</t>
         </is>
       </c>
       <c r="H378" t="inlineStr"/>
       <c r="I378" t="inlineStr"/>
       <c r="J378" t="inlineStr">
         <is>
-          <t>GPWT5010</t>
+          <t>GNAMS30P</t>
         </is>
       </c>
       <c r="K378" t="inlineStr"/>
       <c r="L378" t="inlineStr"/>
       <c r="M378" t="inlineStr">
         <is>
-          <t>白色</t>
+          <t>太空灰/純潔白/水泥灰/奶茶色</t>
         </is>
       </c>
       <c r="N378" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O378" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P378" t="inlineStr"/>
-      <c r="Q378" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="Q378" t="inlineStr"/>
       <c r="R378" t="n">
-        <v>378</v>
+        <v>377</v>
       </c>
     </row>
     <row r="379">
       <c r="A379" t="n">
-        <v>393</v>
+        <v>373</v>
       </c>
       <c r="B379" t="inlineStr">
         <is>
-          <t>充電組</t>
+          <t>保護膜</t>
         </is>
       </c>
       <c r="C379" t="inlineStr">
         <is>
-          <t>G</t>
+          <t>J</t>
         </is>
       </c>
       <c r="D379" t="inlineStr">
         <is>
-          <t>POLYWELL</t>
+          <t>無</t>
         </is>
       </c>
       <c r="E379" t="inlineStr">
         <is>
-          <t>PW</t>
+          <t>NN</t>
         </is>
       </c>
       <c r="F379" t="inlineStr">
         <is>
-          <t>65W GaN氮化鎵  PD三孔快充頭 USB Type-C插座x2 USB Type-A插座x1</t>
+          <t>iPad 全型號 保護貼 ( 鋼化玻璃膜&amp;類紙膜 ) 8.3/10.2/10.5/10.9/11/12.9吋</t>
         </is>
       </c>
       <c r="G379" t="inlineStr">
         <is>
-          <t>T5022</t>
+          <t>IPPFX</t>
         </is>
       </c>
       <c r="H379" t="inlineStr"/>
       <c r="I379" t="inlineStr"/>
       <c r="J379" t="inlineStr">
         <is>
-          <t>GPWT5022</t>
-[...3 lines deleted...]
-      <c r="L379" t="inlineStr"/>
+          <t>JNNIPPFX</t>
+        </is>
+      </c>
+      <c r="K379" t="inlineStr">
+        <is>
+          <t>13吋 Pro M4 2024/11吋 Pro M4 2024/13吋 Air 6 M2 2024/11吋 Air 6 M2 2024/12.9吋 Pro 18-22款/11吋 Pro 18-22款/10.9吋 Air 4 5/10.5吋 Air 3 Pro10.5/10.9吋 iPad 10/10.2吋 iPad 7 8 9/9.7吋 iPad 5 6 Air 2/8.3吋 mini 6 mini 7/7.9吋 mini1~5/13吋（Air 7 M3 2025)/11吋（Air 7 M3 2025)/11吋(iPad A16)</t>
+        </is>
+      </c>
+      <c r="L379" t="inlineStr">
+        <is>
+          <t>尺寸</t>
+        </is>
+      </c>
       <c r="M379" t="inlineStr">
         <is>
-          <t>白色</t>
+          <t>鋼化玻璃膜(亮面)/類紙膜(霧面)/鋼化玻璃膜(藍光)</t>
         </is>
       </c>
       <c r="N379" t="inlineStr">
         <is>
-          <t>顏色</t>
+          <t>款式</t>
         </is>
       </c>
       <c r="O379" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
-      <c r="P379" t="inlineStr"/>
+      <c r="P379" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
       <c r="Q379" t="inlineStr">
         <is>
-          <t>R3E498</t>
+          <t>null</t>
         </is>
       </c>
       <c r="R379" t="n">
-        <v>379</v>
+        <v>378</v>
       </c>
     </row>
     <row r="380">
       <c r="A380" t="n">
-        <v>394</v>
+        <v>374</v>
       </c>
       <c r="B380" t="inlineStr">
         <is>
-          <t>充電組</t>
+          <t>保護套</t>
         </is>
       </c>
       <c r="C380" t="inlineStr">
         <is>
-          <t>G</t>
+          <t>B</t>
         </is>
       </c>
       <c r="D380" t="inlineStr">
         <is>
-          <t>POLYWELL</t>
+          <t>無</t>
         </is>
       </c>
       <c r="E380" t="inlineStr">
         <is>
-          <t>PW</t>
+          <t>NN</t>
         </is>
       </c>
       <c r="F380" t="inlineStr">
         <is>
-          <t>鋁合金磁吸充電 盤手機平板支架</t>
+          <t>Apple pencil Pro/二代/一代 筆套 蔬果版 療癒 又防摔 有現貨！</t>
         </is>
       </c>
       <c r="G380" t="inlineStr">
         <is>
-          <t>T6794</t>
+          <t>APPC2</t>
         </is>
       </c>
       <c r="H380" t="inlineStr"/>
       <c r="I380" t="inlineStr"/>
       <c r="J380" t="inlineStr">
         <is>
-          <t>GPWT6794</t>
-[...3 lines deleted...]
-      <c r="L380" t="inlineStr"/>
+          <t>BNAAPPC2</t>
+        </is>
+      </c>
+      <c r="K380" t="inlineStr">
+        <is>
+          <t>Apple Pencil Pro/Apple pencil 一代/Apple pencil 二代</t>
+        </is>
+      </c>
+      <c r="L380" t="inlineStr">
+        <is>
+          <t>規格</t>
+        </is>
+      </c>
       <c r="M380" t="inlineStr">
         <is>
-          <t>銀色</t>
+          <t>胡蘿蔔/酪梨牛奶/水蜜桃/金鑽鳳梨/葡萄/草莓</t>
         </is>
       </c>
       <c r="N380" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O380" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P380" t="inlineStr"/>
       <c r="Q380" t="inlineStr"/>
       <c r="R380" t="n">
-        <v>380</v>
+        <v>379</v>
       </c>
     </row>
     <row r="381">
       <c r="A381" t="n">
-        <v>396</v>
+        <v>375</v>
       </c>
       <c r="B381" t="inlineStr">
         <is>
-          <t>配件</t>
+          <t>保護套</t>
         </is>
       </c>
       <c r="C381" t="inlineStr">
         <is>
-          <t>T</t>
+          <t>B</t>
         </is>
       </c>
       <c r="D381" t="inlineStr">
         <is>
-          <t>POLYWELL</t>
+          <t>無</t>
         </is>
       </c>
       <c r="E381" t="inlineStr">
         <is>
-          <t>PW</t>
+          <t>NN</t>
         </is>
       </c>
       <c r="F381" t="inlineStr">
         <is>
-          <t>鋁合金筆電平板折疊 支架</t>
+          <t>Apple pencil Pro/二代/一代 撞色筆套  質感 超防摔</t>
         </is>
       </c>
       <c r="G381" t="inlineStr">
         <is>
-          <t>T6792</t>
+          <t>APPC3</t>
         </is>
       </c>
       <c r="H381" t="inlineStr"/>
       <c r="I381" t="inlineStr"/>
       <c r="J381" t="inlineStr">
         <is>
-          <t>TPWT6792</t>
-[...3 lines deleted...]
-      <c r="L381" t="inlineStr"/>
+          <t>BNAAPPC3</t>
+        </is>
+      </c>
+      <c r="K381" t="inlineStr">
+        <is>
+          <t>Appel Pencil Pro/Apple Pencil 2/Apple Pencil 1</t>
+        </is>
+      </c>
+      <c r="L381" t="inlineStr">
+        <is>
+          <t>規格</t>
+        </is>
+      </c>
       <c r="M381" t="inlineStr">
         <is>
-          <t>銀色</t>
+          <t>時尚黑/午夜藍/薰衣紫/抹茶綠/櫻花粉/蒂芙尼藍/天空藍</t>
         </is>
       </c>
       <c r="N381" t="inlineStr">
         <is>
           <t>顏色</t>
         </is>
       </c>
       <c r="O381" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P381" t="inlineStr"/>
       <c r="Q381" t="inlineStr"/>
       <c r="R381" t="n">
-        <v>381</v>
+        <v>380</v>
       </c>
     </row>
     <row r="382">
       <c r="A382" t="n">
-        <v>397</v>
+        <v>376</v>
       </c>
       <c r="B382" t="inlineStr">
         <is>
-          <t>充電組</t>
+          <t>保護套</t>
         </is>
       </c>
       <c r="C382" t="inlineStr">
         <is>
-          <t>G</t>
+          <t>B</t>
         </is>
       </c>
       <c r="D382" t="inlineStr">
         <is>
-          <t>POLYWELL</t>
+          <t>無</t>
         </is>
       </c>
       <c r="E382" t="inlineStr">
         <is>
-          <t>PW</t>
+          <t>NN</t>
         </is>
       </c>
       <c r="F382" t="inlineStr">
         <is>
-          <t>Type-C無線磁吸充電線</t>
+          <t>iPad Pro 12.9吋 保護套 2020款/2021款 平板 防摔三折軟殼 有現貨</t>
         </is>
       </c>
       <c r="G382" t="inlineStr">
         <is>
-          <t>T6575</t>
+          <t>IP12C</t>
         </is>
       </c>
       <c r="H382" t="inlineStr"/>
       <c r="I382" t="inlineStr"/>
       <c r="J382" t="inlineStr">
         <is>
-          <t>GPWT6575</t>
-[...5 lines deleted...]
-      <c r="N382" t="inlineStr"/>
+          <t>BNAIP12C</t>
+        </is>
+      </c>
+      <c r="K382" t="inlineStr">
+        <is>
+          <t>有筆槽/無筆槽</t>
+        </is>
+      </c>
+      <c r="L382" t="inlineStr">
+        <is>
+          <t>款式</t>
+        </is>
+      </c>
+      <c r="M382" t="inlineStr">
+        <is>
+          <t>時尚黑/暗夜綠/抹茶綠/藏青紫/薰衣紫/天空藍</t>
+        </is>
+      </c>
+      <c r="N382" t="inlineStr">
+        <is>
+          <t>顏色</t>
+        </is>
+      </c>
       <c r="O382" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P382" t="inlineStr"/>
       <c r="Q382" t="inlineStr"/>
       <c r="R382" t="n">
-        <v>382</v>
+        <v>381</v>
       </c>
     </row>
     <row r="383">
       <c r="A383" t="n">
-        <v>398</v>
+        <v>377</v>
       </c>
       <c r="B383" t="inlineStr">
         <is>
           <t>充電組</t>
         </is>
       </c>
       <c r="C383" t="inlineStr">
         <is>
           <t>G</t>
         </is>
       </c>
       <c r="D383" t="inlineStr">
         <is>
-          <t>POLYWELL</t>
+          <t>無</t>
         </is>
       </c>
       <c r="E383" t="inlineStr">
         <is>
-          <t>PW</t>
+          <t>NN</t>
         </is>
       </c>
       <c r="F383" t="inlineStr">
         <is>
-          <t>Type-C Lightning 蘋果PD快充線</t>
+          <t>Apple Pencil 一代 lightning-lightning/lightning-TpyeC 轉接頭 有線充電</t>
         </is>
       </c>
       <c r="G383" t="inlineStr">
         <is>
-          <t>W4242</t>
+          <t>APLC1</t>
         </is>
       </c>
       <c r="H383" t="inlineStr"/>
       <c r="I383" t="inlineStr"/>
       <c r="J383" t="inlineStr">
         <is>
-          <t>GPWW4242</t>
-[...5 lines deleted...]
-      <c r="N383" t="inlineStr"/>
+          <t>GNAAPLC1</t>
+        </is>
+      </c>
+      <c r="K383" t="inlineStr">
+        <is>
+          <t>原廠/副廠</t>
+        </is>
+      </c>
+      <c r="L383" t="inlineStr">
+        <is>
+          <t>廠商</t>
+        </is>
+      </c>
+      <c r="M383" t="inlineStr">
+        <is>
+          <t>Lightning-Tpye C可配對/Lightning-Tpye C不可配對/Lightning-Lightning</t>
+        </is>
+      </c>
+      <c r="N383" t="inlineStr">
+        <is>
+          <t>款式</t>
+        </is>
+      </c>
       <c r="O383" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P383" t="inlineStr"/>
       <c r="Q383" t="inlineStr"/>
       <c r="R383" t="n">
-        <v>383</v>
+        <v>382</v>
       </c>
     </row>
     <row r="384">
       <c r="A384" t="n">
-        <v>399</v>
+        <v>378</v>
       </c>
       <c r="B384" t="inlineStr">
         <is>
-          <t>配件</t>
+          <t>保護套</t>
         </is>
       </c>
       <c r="C384" t="inlineStr">
         <is>
-          <t>T</t>
+          <t>B</t>
         </is>
       </c>
       <c r="D384" t="inlineStr">
         <is>
-          <t>POLYWELL</t>
+          <t>NovaPlus</t>
         </is>
       </c>
       <c r="E384" t="inlineStr">
         <is>
-          <t>PW</t>
+          <t>NP</t>
         </is>
       </c>
       <c r="F384" t="inlineStr">
         <is>
-          <t>磁吸手機支架</t>
+          <t>【NovaPlus】Konnecter Pro靈巧鍵盤｜ 免藍牙iPad鍵盤保護殼，千元價格，享受原廠萬元規格</t>
         </is>
       </c>
       <c r="G384" t="inlineStr">
         <is>
-          <t>T6984</t>
+          <t>KNP01</t>
         </is>
       </c>
       <c r="H384" t="inlineStr"/>
       <c r="I384" t="inlineStr"/>
       <c r="J384" t="inlineStr">
         <is>
-          <t>TPWT6984</t>
-[...3 lines deleted...]
-      <c r="L384" t="inlineStr"/>
+          <t>BNPKNP01</t>
+        </is>
+      </c>
+      <c r="K384" t="inlineStr">
+        <is>
+          <t>Air 11吋(4代 5代 M2 M3)/Pro 11吋(1,2,3,4代)/iPad 10th A16/iPad Pro 11吋 M4</t>
+        </is>
+      </c>
+      <c r="L384" t="inlineStr">
+        <is>
+          <t>尺寸</t>
+        </is>
+      </c>
       <c r="M384" t="inlineStr">
         <is>
-          <t>白色/黑色</t>
+          <t>側邊充電-Pro最新款/側邊不可充電-出清超殺款</t>
         </is>
       </c>
       <c r="N384" t="inlineStr">
         <is>
-          <t>顏色</t>
+          <t>側邊充電</t>
         </is>
       </c>
       <c r="O384" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
-      <c r="P384" t="inlineStr"/>
-      <c r="Q384" t="inlineStr"/>
+      <c r="P384" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
+      <c r="Q384" t="inlineStr">
+        <is>
+          <t>D56549</t>
+        </is>
+      </c>
       <c r="R384" t="n">
-        <v>384</v>
+        <v>383</v>
       </c>
     </row>
     <row r="385">
       <c r="A385" t="n">
-        <v>400</v>
+        <v>379</v>
       </c>
       <c r="B385" t="inlineStr">
         <is>
-          <t>配件</t>
+          <t>充電組</t>
         </is>
       </c>
       <c r="C385" t="inlineStr">
         <is>
-          <t>T</t>
+          <t>G</t>
         </is>
       </c>
       <c r="D385" t="inlineStr">
         <is>
           <t>POLYWELL</t>
         </is>
       </c>
       <c r="E385" t="inlineStr">
         <is>
           <t>PW</t>
         </is>
       </c>
       <c r="F385" t="inlineStr">
         <is>
-          <t>車用磁吸手機支 架</t>
+          <t>USB七合一集線器</t>
         </is>
       </c>
       <c r="G385" t="inlineStr">
         <is>
-          <t>T6923</t>
+          <t>T0254</t>
         </is>
       </c>
       <c r="H385" t="inlineStr"/>
       <c r="I385" t="inlineStr"/>
       <c r="J385" t="inlineStr">
         <is>
-          <t>TPWT6923</t>
+          <t>GPWT0254</t>
         </is>
       </c>
       <c r="K385" t="inlineStr"/>
       <c r="L385" t="inlineStr"/>
-      <c r="M385" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="M385" t="inlineStr"/>
+      <c r="N385" t="inlineStr"/>
       <c r="O385" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P385" t="inlineStr"/>
       <c r="Q385" t="inlineStr"/>
       <c r="R385" t="n">
-        <v>385</v>
+        <v>384</v>
       </c>
     </row>
     <row r="386">
       <c r="A386" t="n">
-        <v>401</v>
+        <v>380</v>
       </c>
       <c r="B386" t="inlineStr">
         <is>
-          <t>配件</t>
+          <t>充電組</t>
         </is>
       </c>
       <c r="C386" t="inlineStr">
         <is>
-          <t>T</t>
+          <t>G</t>
         </is>
       </c>
       <c r="D386" t="inlineStr">
         <is>
           <t>POLYWELL</t>
         </is>
       </c>
       <c r="E386" t="inlineStr">
         <is>
           <t>PW</t>
         </is>
       </c>
       <c r="F386" t="inlineStr">
         <is>
-          <t>雙面磁吸手機支 架</t>
+          <t>USB 3.0 Type-C轉Type-A OTG轉接線</t>
         </is>
       </c>
       <c r="G386" t="inlineStr">
         <is>
-          <t>T6101</t>
+          <t>W4357</t>
         </is>
       </c>
       <c r="H386" t="inlineStr"/>
       <c r="I386" t="inlineStr"/>
       <c r="J386" t="inlineStr">
         <is>
-          <t>TPWT6101</t>
+          <t>GPWW4357</t>
         </is>
       </c>
       <c r="K386" t="inlineStr"/>
       <c r="L386" t="inlineStr"/>
-      <c r="M386" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="M386" t="inlineStr"/>
+      <c r="N386" t="inlineStr"/>
       <c r="O386" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P386" t="inlineStr"/>
       <c r="Q386" t="inlineStr"/>
       <c r="R386" t="n">
-        <v>386</v>
+        <v>385</v>
       </c>
     </row>
     <row r="387">
       <c r="A387" t="n">
-        <v>402</v>
+        <v>381</v>
       </c>
       <c r="B387" t="inlineStr">
         <is>
-          <t>配件</t>
+          <t>充電組</t>
         </is>
       </c>
       <c r="C387" t="inlineStr">
         <is>
-          <t>T</t>
+          <t>G</t>
         </is>
       </c>
       <c r="D387" t="inlineStr">
         <is>
           <t>POLYWELL</t>
         </is>
       </c>
       <c r="E387" t="inlineStr">
         <is>
           <t>PW</t>
         </is>
       </c>
       <c r="F387" t="inlineStr">
         <is>
-          <t>電源線收納盒</t>
+          <t>Type-C轉3.5mm T型HiFi 音源轉接器+PD輸入</t>
         </is>
       </c>
       <c r="G387" t="inlineStr">
         <is>
-          <t>T6887</t>
+          <t>T0241</t>
         </is>
       </c>
       <c r="H387" t="inlineStr"/>
       <c r="I387" t="inlineStr"/>
       <c r="J387" t="inlineStr">
         <is>
-          <t>TPWT6887</t>
+          <t>GPWT0241</t>
         </is>
       </c>
       <c r="K387" t="inlineStr"/>
       <c r="L387" t="inlineStr"/>
-      <c r="M387" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="M387" t="inlineStr"/>
+      <c r="N387" t="inlineStr"/>
       <c r="O387" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P387" t="inlineStr"/>
       <c r="Q387" t="inlineStr"/>
       <c r="R387" t="n">
-        <v>387</v>
+        <v>386</v>
       </c>
     </row>
     <row r="388">
       <c r="A388" t="n">
-        <v>403</v>
+        <v>382</v>
       </c>
       <c r="B388" t="inlineStr">
         <is>
           <t>配件</t>
         </is>
       </c>
       <c r="C388" t="inlineStr">
         <is>
           <t>T</t>
         </is>
       </c>
       <c r="D388" t="inlineStr">
         <is>
           <t>POLYWELL</t>
         </is>
       </c>
       <c r="E388" t="inlineStr">
         <is>
           <t>PW</t>
         </is>
       </c>
       <c r="F388" t="inlineStr">
         <is>
-          <t>USB+Type-C 二合一旋轉隨身碟</t>
+          <t>Type-C轉3.5mm(公) 音源轉接線 長度:1米</t>
         </is>
       </c>
       <c r="G388" t="inlineStr">
         <is>
-          <t>T6083</t>
+          <t>W5141</t>
         </is>
       </c>
       <c r="H388" t="inlineStr"/>
       <c r="I388" t="inlineStr"/>
       <c r="J388" t="inlineStr">
         <is>
-          <t>TPWT6083</t>
-[...11 lines deleted...]
-      </c>
+          <t>TPWW5141</t>
+        </is>
+      </c>
+      <c r="K388" t="inlineStr"/>
+      <c r="L388" t="inlineStr"/>
       <c r="M388" t="inlineStr"/>
       <c r="N388" t="inlineStr"/>
       <c r="O388" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P388" t="inlineStr"/>
       <c r="Q388" t="inlineStr"/>
       <c r="R388" t="n">
-        <v>388</v>
+        <v>387</v>
       </c>
     </row>
     <row r="389">
       <c r="A389" t="n">
-        <v>404</v>
+        <v>383</v>
       </c>
       <c r="B389" t="inlineStr">
         <is>
           <t>配件</t>
         </is>
       </c>
       <c r="C389" t="inlineStr">
         <is>
           <t>T</t>
         </is>
       </c>
       <c r="D389" t="inlineStr">
         <is>
           <t>POLYWELL</t>
         </is>
       </c>
       <c r="E389" t="inlineStr">
         <is>
           <t>PW</t>
         </is>
       </c>
       <c r="F389" t="inlineStr">
         <is>
-          <t>4輪萬向摺疊購物車</t>
+          <t>3.5mm耳塞式有線耳 機麥克風(新版)</t>
         </is>
       </c>
       <c r="G389" t="inlineStr">
         <is>
-          <t>T6064</t>
+          <t>T6770</t>
         </is>
       </c>
       <c r="H389" t="inlineStr"/>
       <c r="I389" t="inlineStr"/>
       <c r="J389" t="inlineStr">
         <is>
-          <t>TPWT6064</t>
+          <t>TPWT6770</t>
         </is>
       </c>
       <c r="K389" t="inlineStr"/>
       <c r="L389" t="inlineStr"/>
-      <c r="M389" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="M389" t="inlineStr"/>
+      <c r="N389" t="inlineStr"/>
       <c r="O389" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P389" t="inlineStr"/>
       <c r="Q389" t="inlineStr"/>
       <c r="R389" t="n">
-        <v>389</v>
+        <v>388</v>
       </c>
     </row>
     <row r="390">
       <c r="A390" t="n">
-        <v>405</v>
+        <v>384</v>
       </c>
       <c r="B390" t="inlineStr">
         <is>
           <t>配件</t>
         </is>
       </c>
       <c r="C390" t="inlineStr">
         <is>
           <t>T</t>
         </is>
       </c>
       <c r="D390" t="inlineStr">
         <is>
           <t>POLYWELL</t>
         </is>
       </c>
       <c r="E390" t="inlineStr">
         <is>
           <t>PW</t>
         </is>
       </c>
       <c r="F390" t="inlineStr">
         <is>
-          <t>行李秤</t>
+          <t>耳塞式 有線耳機麥克風</t>
         </is>
       </c>
       <c r="G390" t="inlineStr">
         <is>
-          <t>T6846</t>
+          <t>T6607</t>
         </is>
       </c>
       <c r="H390" t="inlineStr"/>
       <c r="I390" t="inlineStr"/>
       <c r="J390" t="inlineStr">
         <is>
-          <t>TPWT6846</t>
+          <t>TPWT6607</t>
         </is>
       </c>
       <c r="K390" t="inlineStr"/>
       <c r="L390" t="inlineStr"/>
-      <c r="M390" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="M390" t="inlineStr"/>
+      <c r="N390" t="inlineStr"/>
       <c r="O390" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P390" t="inlineStr"/>
       <c r="Q390" t="inlineStr"/>
       <c r="R390" t="n">
-        <v>390</v>
+        <v>389</v>
       </c>
     </row>
     <row r="391">
       <c r="A391" t="n">
-        <v>406</v>
+        <v>385</v>
       </c>
       <c r="B391" t="inlineStr">
         <is>
-          <t>充電組</t>
+          <t>配件</t>
         </is>
       </c>
       <c r="C391" t="inlineStr">
         <is>
-          <t>G</t>
+          <t>T</t>
         </is>
       </c>
       <c r="D391" t="inlineStr">
         <is>
-          <t>HANG</t>
+          <t>POLYWELL</t>
         </is>
       </c>
       <c r="E391" t="inlineStr">
         <is>
-          <t>HG</t>
+          <t>PW</t>
         </is>
       </c>
       <c r="F391" t="inlineStr">
         <is>
-          <t>超級快充/閃充傳輸線 QC+PPS C to C 60W</t>
+          <t>3.5mm 公對公(三極)</t>
         </is>
       </c>
       <c r="G391" t="inlineStr">
         <is>
-          <t>QC060</t>
+          <t>W5112</t>
         </is>
       </c>
       <c r="H391" t="inlineStr"/>
       <c r="I391" t="inlineStr"/>
       <c r="J391" t="inlineStr">
         <is>
-          <t>GHGQC060</t>
-[...3 lines deleted...]
-      <c r="L391" t="inlineStr"/>
+          <t>TPWW5112</t>
+        </is>
+      </c>
+      <c r="K391" t="inlineStr">
+        <is>
+          <t>2M</t>
+        </is>
+      </c>
+      <c r="L391" t="inlineStr">
+        <is>
+          <t>長度</t>
+        </is>
+      </c>
       <c r="M391" t="inlineStr"/>
       <c r="N391" t="inlineStr"/>
       <c r="O391" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P391" t="inlineStr"/>
       <c r="Q391" t="inlineStr"/>
       <c r="R391" t="n">
-        <v>391</v>
+        <v>390</v>
       </c>
     </row>
     <row r="392">
       <c r="A392" t="n">
-        <v>407</v>
+        <v>386</v>
       </c>
       <c r="B392" t="inlineStr">
         <is>
           <t>充電組</t>
         </is>
       </c>
       <c r="C392" t="inlineStr">
         <is>
           <t>G</t>
         </is>
       </c>
       <c r="D392" t="inlineStr">
         <is>
-          <t>HANG</t>
+          <t>POLYWELL</t>
         </is>
       </c>
       <c r="E392" t="inlineStr">
         <is>
-          <t>HG</t>
+          <t>PW</t>
         </is>
       </c>
       <c r="F392" t="inlineStr">
         <is>
-          <t>超級快充/閃充傳輸線 QC+PPS C to C 100W</t>
+          <t>Type-C To Type-C 磁吸收納 PD快充線</t>
         </is>
       </c>
       <c r="G392" t="inlineStr">
         <is>
-          <t>QC100</t>
+          <t>W4389</t>
         </is>
       </c>
       <c r="H392" t="inlineStr"/>
       <c r="I392" t="inlineStr"/>
       <c r="J392" t="inlineStr">
         <is>
-          <t>GHGQC100</t>
+          <t>GPWW4389</t>
         </is>
       </c>
       <c r="K392" t="inlineStr"/>
       <c r="L392" t="inlineStr"/>
       <c r="M392" t="inlineStr"/>
       <c r="N392" t="inlineStr"/>
       <c r="O392" t="inlineStr">
         <is>
           <t>ON</t>
         </is>
       </c>
       <c r="P392" t="inlineStr"/>
       <c r="Q392" t="inlineStr"/>
       <c r="R392" t="n">
+        <v>391</v>
+      </c>
+    </row>
+    <row r="393">
+      <c r="A393" t="n">
+        <v>387</v>
+      </c>
+      <c r="B393" t="inlineStr">
+        <is>
+          <t>充電組</t>
+        </is>
+      </c>
+      <c r="C393" t="inlineStr">
+        <is>
+          <t>G</t>
+        </is>
+      </c>
+      <c r="D393" t="inlineStr">
+        <is>
+          <t>POLYWELL</t>
+        </is>
+      </c>
+      <c r="E393" t="inlineStr">
+        <is>
+          <t>PW</t>
+        </is>
+      </c>
+      <c r="F393" t="inlineStr">
+        <is>
+          <t>Type-C To Lightning 磁吸收 納PD快充線</t>
+        </is>
+      </c>
+      <c r="G393" t="inlineStr">
+        <is>
+          <t>W4403</t>
+        </is>
+      </c>
+      <c r="H393" t="inlineStr"/>
+      <c r="I393" t="inlineStr"/>
+      <c r="J393" t="inlineStr">
+        <is>
+          <t>GPWW4403</t>
+        </is>
+      </c>
+      <c r="K393" t="inlineStr"/>
+      <c r="L393" t="inlineStr"/>
+      <c r="M393" t="inlineStr"/>
+      <c r="N393" t="inlineStr"/>
+      <c r="O393" t="inlineStr">
+        <is>
+          <t>ON</t>
+        </is>
+      </c>
+      <c r="P393" t="inlineStr"/>
+      <c r="Q393" t="inlineStr"/>
+      <c r="R393" t="n">
         <v>392</v>
+      </c>
+    </row>
+    <row r="394">
+      <c r="A394" t="n">
+        <v>388</v>
+      </c>
+      <c r="B394" t="inlineStr">
+        <is>
+          <t>充電組</t>
+        </is>
+      </c>
+      <c r="C394" t="inlineStr">
+        <is>
+          <t>G</t>
+        </is>
+      </c>
+      <c r="D394" t="inlineStr">
+        <is>
+          <t>POLYWELL</t>
+        </is>
+      </c>
+      <c r="E394" t="inlineStr">
+        <is>
+          <t>PW</t>
+        </is>
+      </c>
+      <c r="F394" t="inlineStr">
+        <is>
+          <t>USB3.0 SD/TF 高速讀卡機</t>
+        </is>
+      </c>
+      <c r="G394" t="inlineStr">
+        <is>
+          <t>T2037</t>
+        </is>
+      </c>
+      <c r="H394" t="inlineStr"/>
+      <c r="I394" t="inlineStr"/>
+      <c r="J394" t="inlineStr">
+        <is>
+          <t>GPWT2037</t>
+        </is>
+      </c>
+      <c r="K394" t="inlineStr"/>
+      <c r="L394" t="inlineStr"/>
+      <c r="M394" t="inlineStr"/>
+      <c r="N394" t="inlineStr"/>
+      <c r="O394" t="inlineStr">
+        <is>
+          <t>ON</t>
+        </is>
+      </c>
+      <c r="P394" t="inlineStr"/>
+      <c r="Q394" t="inlineStr"/>
+      <c r="R394" t="n">
+        <v>393</v>
+      </c>
+    </row>
+    <row r="395">
+      <c r="A395" t="n">
+        <v>428</v>
+      </c>
+      <c r="B395" t="inlineStr">
+        <is>
+          <t>充電組</t>
+        </is>
+      </c>
+      <c r="C395" t="inlineStr">
+        <is>
+          <t>G</t>
+        </is>
+      </c>
+      <c r="D395" t="inlineStr">
+        <is>
+          <t>POLYWELL</t>
+        </is>
+      </c>
+      <c r="E395" t="inlineStr">
+        <is>
+          <t>PW</t>
+        </is>
+      </c>
+      <c r="F395" t="inlineStr">
+        <is>
+          <t>USB3.1 SD/microSD三合一讀卡機 USB擴充 Type-C+A雙介面</t>
+        </is>
+      </c>
+      <c r="G395" t="inlineStr">
+        <is>
+          <t>T0253</t>
+        </is>
+      </c>
+      <c r="H395" t="inlineStr"/>
+      <c r="I395" t="inlineStr"/>
+      <c r="J395" t="inlineStr">
+        <is>
+          <t>GPWT0253</t>
+        </is>
+      </c>
+      <c r="K395" t="inlineStr"/>
+      <c r="L395" t="inlineStr"/>
+      <c r="M395" t="inlineStr"/>
+      <c r="N395" t="inlineStr"/>
+      <c r="O395" t="inlineStr">
+        <is>
+          <t>ON</t>
+        </is>
+      </c>
+      <c r="P395" t="inlineStr"/>
+      <c r="Q395" t="inlineStr"/>
+      <c r="R395" t="n">
+        <v>394</v>
+      </c>
+    </row>
+    <row r="396">
+      <c r="A396" t="n">
+        <v>389</v>
+      </c>
+      <c r="B396" t="inlineStr">
+        <is>
+          <t>配件</t>
+        </is>
+      </c>
+      <c r="C396" t="inlineStr">
+        <is>
+          <t>T</t>
+        </is>
+      </c>
+      <c r="D396" t="inlineStr">
+        <is>
+          <t>POLYWELL</t>
+        </is>
+      </c>
+      <c r="E396" t="inlineStr">
+        <is>
+          <t>PW</t>
+        </is>
+      </c>
+      <c r="F396" t="inlineStr">
+        <is>
+          <t>磁吸式 手機支架卡片夾</t>
+        </is>
+      </c>
+      <c r="G396" t="inlineStr">
+        <is>
+          <t>T6278</t>
+        </is>
+      </c>
+      <c r="H396" t="inlineStr"/>
+      <c r="I396" t="inlineStr"/>
+      <c r="J396" t="inlineStr">
+        <is>
+          <t>TPWT6278</t>
+        </is>
+      </c>
+      <c r="K396" t="inlineStr"/>
+      <c r="L396" t="inlineStr"/>
+      <c r="M396" t="inlineStr">
+        <is>
+          <t>淺紫/深灰/寶藍/澄黃/黑色</t>
+        </is>
+      </c>
+      <c r="N396" t="inlineStr">
+        <is>
+          <t>顏色</t>
+        </is>
+      </c>
+      <c r="O396" t="inlineStr">
+        <is>
+          <t>ON</t>
+        </is>
+      </c>
+      <c r="P396" t="inlineStr"/>
+      <c r="Q396" t="inlineStr"/>
+      <c r="R396" t="n">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="397">
+      <c r="A397" t="n">
+        <v>390</v>
+      </c>
+      <c r="B397" t="inlineStr">
+        <is>
+          <t>配件</t>
+        </is>
+      </c>
+      <c r="C397" t="inlineStr">
+        <is>
+          <t>T</t>
+        </is>
+      </c>
+      <c r="D397" t="inlineStr">
+        <is>
+          <t>POLYWELL</t>
+        </is>
+      </c>
+      <c r="E397" t="inlineStr">
+        <is>
+          <t>PW</t>
+        </is>
+      </c>
+      <c r="F397" t="inlineStr">
+        <is>
+          <t>藍牙手機自拍棒 自拍支架</t>
+        </is>
+      </c>
+      <c r="G397" t="inlineStr">
+        <is>
+          <t>T6885</t>
+        </is>
+      </c>
+      <c r="H397" t="inlineStr"/>
+      <c r="I397" t="inlineStr"/>
+      <c r="J397" t="inlineStr">
+        <is>
+          <t>TPWT6885</t>
+        </is>
+      </c>
+      <c r="K397" t="inlineStr"/>
+      <c r="L397" t="inlineStr"/>
+      <c r="M397" t="inlineStr"/>
+      <c r="N397" t="inlineStr"/>
+      <c r="O397" t="inlineStr">
+        <is>
+          <t>ON</t>
+        </is>
+      </c>
+      <c r="P397" t="inlineStr"/>
+      <c r="Q397" t="inlineStr"/>
+      <c r="R397" t="n">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="398">
+      <c r="A398" t="n">
+        <v>391</v>
+      </c>
+      <c r="B398" t="inlineStr">
+        <is>
+          <t>保護套</t>
+        </is>
+      </c>
+      <c r="C398" t="inlineStr">
+        <is>
+          <t>B</t>
+        </is>
+      </c>
+      <c r="D398" t="inlineStr">
+        <is>
+          <t>POLYWELL</t>
+        </is>
+      </c>
+      <c r="E398" t="inlineStr">
+        <is>
+          <t>PW</t>
+        </is>
+      </c>
+      <c r="F398" t="inlineStr">
+        <is>
+          <t>筆電內膽包</t>
+        </is>
+      </c>
+      <c r="G398" t="inlineStr">
+        <is>
+          <t>T6053</t>
+        </is>
+      </c>
+      <c r="H398" t="inlineStr"/>
+      <c r="I398" t="inlineStr"/>
+      <c r="J398" t="inlineStr">
+        <is>
+          <t>BPWT6053</t>
+        </is>
+      </c>
+      <c r="K398" t="inlineStr">
+        <is>
+          <t>14吋/15吋</t>
+        </is>
+      </c>
+      <c r="L398" t="inlineStr">
+        <is>
+          <t>尺寸</t>
+        </is>
+      </c>
+      <c r="M398" t="inlineStr">
+        <is>
+          <t>灰色/藏藍</t>
+        </is>
+      </c>
+      <c r="N398" t="inlineStr">
+        <is>
+          <t>顏色</t>
+        </is>
+      </c>
+      <c r="O398" t="inlineStr">
+        <is>
+          <t>ON</t>
+        </is>
+      </c>
+      <c r="P398" t="inlineStr"/>
+      <c r="Q398" t="inlineStr"/>
+      <c r="R398" t="n">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="399">
+      <c r="A399" t="n">
+        <v>392</v>
+      </c>
+      <c r="B399" t="inlineStr">
+        <is>
+          <t>充電組</t>
+        </is>
+      </c>
+      <c r="C399" t="inlineStr">
+        <is>
+          <t>G</t>
+        </is>
+      </c>
+      <c r="D399" t="inlineStr">
+        <is>
+          <t>POLYWELL</t>
+        </is>
+      </c>
+      <c r="E399" t="inlineStr">
+        <is>
+          <t>PW</t>
+        </is>
+      </c>
+      <c r="F399" t="inlineStr">
+        <is>
+          <t>30WGaN氮化鎵</t>
+        </is>
+      </c>
+      <c r="G399" t="inlineStr">
+        <is>
+          <t>T5010</t>
+        </is>
+      </c>
+      <c r="H399" t="inlineStr"/>
+      <c r="I399" t="inlineStr"/>
+      <c r="J399" t="inlineStr">
+        <is>
+          <t>GPWT5010</t>
+        </is>
+      </c>
+      <c r="K399" t="inlineStr"/>
+      <c r="L399" t="inlineStr"/>
+      <c r="M399" t="inlineStr">
+        <is>
+          <t>白色</t>
+        </is>
+      </c>
+      <c r="N399" t="inlineStr">
+        <is>
+          <t>顏色</t>
+        </is>
+      </c>
+      <c r="O399" t="inlineStr">
+        <is>
+          <t>ON</t>
+        </is>
+      </c>
+      <c r="P399" t="inlineStr"/>
+      <c r="Q399" t="inlineStr">
+        <is>
+          <t>R3E498</t>
+        </is>
+      </c>
+      <c r="R399" t="n">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="400">
+      <c r="A400" t="n">
+        <v>393</v>
+      </c>
+      <c r="B400" t="inlineStr">
+        <is>
+          <t>充電組</t>
+        </is>
+      </c>
+      <c r="C400" t="inlineStr">
+        <is>
+          <t>G</t>
+        </is>
+      </c>
+      <c r="D400" t="inlineStr">
+        <is>
+          <t>POLYWELL</t>
+        </is>
+      </c>
+      <c r="E400" t="inlineStr">
+        <is>
+          <t>PW</t>
+        </is>
+      </c>
+      <c r="F400" t="inlineStr">
+        <is>
+          <t>65W GaN氮化鎵  PD三孔快充頭 USB Type-C插座x2 USB Type-A插座x1</t>
+        </is>
+      </c>
+      <c r="G400" t="inlineStr">
+        <is>
+          <t>T5022</t>
+        </is>
+      </c>
+      <c r="H400" t="inlineStr"/>
+      <c r="I400" t="inlineStr"/>
+      <c r="J400" t="inlineStr">
+        <is>
+          <t>GPWT5022</t>
+        </is>
+      </c>
+      <c r="K400" t="inlineStr"/>
+      <c r="L400" t="inlineStr"/>
+      <c r="M400" t="inlineStr">
+        <is>
+          <t>白色</t>
+        </is>
+      </c>
+      <c r="N400" t="inlineStr">
+        <is>
+          <t>顏色</t>
+        </is>
+      </c>
+      <c r="O400" t="inlineStr">
+        <is>
+          <t>ON</t>
+        </is>
+      </c>
+      <c r="P400" t="inlineStr"/>
+      <c r="Q400" t="inlineStr">
+        <is>
+          <t>R3E498</t>
+        </is>
+      </c>
+      <c r="R400" t="n">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="401">
+      <c r="A401" t="n">
+        <v>394</v>
+      </c>
+      <c r="B401" t="inlineStr">
+        <is>
+          <t>充電組</t>
+        </is>
+      </c>
+      <c r="C401" t="inlineStr">
+        <is>
+          <t>G</t>
+        </is>
+      </c>
+      <c r="D401" t="inlineStr">
+        <is>
+          <t>POLYWELL</t>
+        </is>
+      </c>
+      <c r="E401" t="inlineStr">
+        <is>
+          <t>PW</t>
+        </is>
+      </c>
+      <c r="F401" t="inlineStr">
+        <is>
+          <t>鋁合金磁吸充電 盤手機平板支架</t>
+        </is>
+      </c>
+      <c r="G401" t="inlineStr">
+        <is>
+          <t>T6794</t>
+        </is>
+      </c>
+      <c r="H401" t="inlineStr"/>
+      <c r="I401" t="inlineStr"/>
+      <c r="J401" t="inlineStr">
+        <is>
+          <t>GPWT6794</t>
+        </is>
+      </c>
+      <c r="K401" t="inlineStr"/>
+      <c r="L401" t="inlineStr"/>
+      <c r="M401" t="inlineStr">
+        <is>
+          <t>銀色</t>
+        </is>
+      </c>
+      <c r="N401" t="inlineStr">
+        <is>
+          <t>顏色</t>
+        </is>
+      </c>
+      <c r="O401" t="inlineStr">
+        <is>
+          <t>ON</t>
+        </is>
+      </c>
+      <c r="P401" t="inlineStr"/>
+      <c r="Q401" t="inlineStr"/>
+      <c r="R401" t="n">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="402">
+      <c r="A402" t="n">
+        <v>396</v>
+      </c>
+      <c r="B402" t="inlineStr">
+        <is>
+          <t>配件</t>
+        </is>
+      </c>
+      <c r="C402" t="inlineStr">
+        <is>
+          <t>T</t>
+        </is>
+      </c>
+      <c r="D402" t="inlineStr">
+        <is>
+          <t>POLYWELL</t>
+        </is>
+      </c>
+      <c r="E402" t="inlineStr">
+        <is>
+          <t>PW</t>
+        </is>
+      </c>
+      <c r="F402" t="inlineStr">
+        <is>
+          <t>鋁合金筆電平板折疊 支架</t>
+        </is>
+      </c>
+      <c r="G402" t="inlineStr">
+        <is>
+          <t>T6792</t>
+        </is>
+      </c>
+      <c r="H402" t="inlineStr"/>
+      <c r="I402" t="inlineStr"/>
+      <c r="J402" t="inlineStr">
+        <is>
+          <t>TPWT6792</t>
+        </is>
+      </c>
+      <c r="K402" t="inlineStr"/>
+      <c r="L402" t="inlineStr"/>
+      <c r="M402" t="inlineStr">
+        <is>
+          <t>銀色</t>
+        </is>
+      </c>
+      <c r="N402" t="inlineStr">
+        <is>
+          <t>顏色</t>
+        </is>
+      </c>
+      <c r="O402" t="inlineStr">
+        <is>
+          <t>ON</t>
+        </is>
+      </c>
+      <c r="P402" t="inlineStr"/>
+      <c r="Q402" t="inlineStr"/>
+      <c r="R402" t="n">
+        <v>401</v>
+      </c>
+    </row>
+    <row r="403">
+      <c r="A403" t="n">
+        <v>397</v>
+      </c>
+      <c r="B403" t="inlineStr">
+        <is>
+          <t>充電組</t>
+        </is>
+      </c>
+      <c r="C403" t="inlineStr">
+        <is>
+          <t>G</t>
+        </is>
+      </c>
+      <c r="D403" t="inlineStr">
+        <is>
+          <t>POLYWELL</t>
+        </is>
+      </c>
+      <c r="E403" t="inlineStr">
+        <is>
+          <t>PW</t>
+        </is>
+      </c>
+      <c r="F403" t="inlineStr">
+        <is>
+          <t>Type-C無線磁吸充電線</t>
+        </is>
+      </c>
+      <c r="G403" t="inlineStr">
+        <is>
+          <t>T6575</t>
+        </is>
+      </c>
+      <c r="H403" t="inlineStr"/>
+      <c r="I403" t="inlineStr"/>
+      <c r="J403" t="inlineStr">
+        <is>
+          <t>GPWT6575</t>
+        </is>
+      </c>
+      <c r="K403" t="inlineStr"/>
+      <c r="L403" t="inlineStr"/>
+      <c r="M403" t="inlineStr"/>
+      <c r="N403" t="inlineStr"/>
+      <c r="O403" t="inlineStr">
+        <is>
+          <t>ON</t>
+        </is>
+      </c>
+      <c r="P403" t="inlineStr"/>
+      <c r="Q403" t="inlineStr"/>
+      <c r="R403" t="n">
+        <v>402</v>
+      </c>
+    </row>
+    <row r="404">
+      <c r="A404" t="n">
+        <v>398</v>
+      </c>
+      <c r="B404" t="inlineStr">
+        <is>
+          <t>充電組</t>
+        </is>
+      </c>
+      <c r="C404" t="inlineStr">
+        <is>
+          <t>G</t>
+        </is>
+      </c>
+      <c r="D404" t="inlineStr">
+        <is>
+          <t>POLYWELL</t>
+        </is>
+      </c>
+      <c r="E404" t="inlineStr">
+        <is>
+          <t>PW</t>
+        </is>
+      </c>
+      <c r="F404" t="inlineStr">
+        <is>
+          <t>Type-C Lightning 蘋果PD快充線</t>
+        </is>
+      </c>
+      <c r="G404" t="inlineStr">
+        <is>
+          <t>W4242</t>
+        </is>
+      </c>
+      <c r="H404" t="inlineStr"/>
+      <c r="I404" t="inlineStr"/>
+      <c r="J404" t="inlineStr">
+        <is>
+          <t>GPWW4242</t>
+        </is>
+      </c>
+      <c r="K404" t="inlineStr"/>
+      <c r="L404" t="inlineStr"/>
+      <c r="M404" t="inlineStr"/>
+      <c r="N404" t="inlineStr"/>
+      <c r="O404" t="inlineStr">
+        <is>
+          <t>ON</t>
+        </is>
+      </c>
+      <c r="P404" t="inlineStr"/>
+      <c r="Q404" t="inlineStr"/>
+      <c r="R404" t="n">
+        <v>403</v>
+      </c>
+    </row>
+    <row r="405">
+      <c r="A405" t="n">
+        <v>399</v>
+      </c>
+      <c r="B405" t="inlineStr">
+        <is>
+          <t>配件</t>
+        </is>
+      </c>
+      <c r="C405" t="inlineStr">
+        <is>
+          <t>T</t>
+        </is>
+      </c>
+      <c r="D405" t="inlineStr">
+        <is>
+          <t>POLYWELL</t>
+        </is>
+      </c>
+      <c r="E405" t="inlineStr">
+        <is>
+          <t>PW</t>
+        </is>
+      </c>
+      <c r="F405" t="inlineStr">
+        <is>
+          <t>磁吸手機支架</t>
+        </is>
+      </c>
+      <c r="G405" t="inlineStr">
+        <is>
+          <t>T6984</t>
+        </is>
+      </c>
+      <c r="H405" t="inlineStr"/>
+      <c r="I405" t="inlineStr"/>
+      <c r="J405" t="inlineStr">
+        <is>
+          <t>TPWT6984</t>
+        </is>
+      </c>
+      <c r="K405" t="inlineStr"/>
+      <c r="L405" t="inlineStr"/>
+      <c r="M405" t="inlineStr">
+        <is>
+          <t>白色/黑色</t>
+        </is>
+      </c>
+      <c r="N405" t="inlineStr">
+        <is>
+          <t>顏色</t>
+        </is>
+      </c>
+      <c r="O405" t="inlineStr">
+        <is>
+          <t>ON</t>
+        </is>
+      </c>
+      <c r="P405" t="inlineStr"/>
+      <c r="Q405" t="inlineStr"/>
+      <c r="R405" t="n">
+        <v>404</v>
+      </c>
+    </row>
+    <row r="406">
+      <c r="A406" t="n">
+        <v>400</v>
+      </c>
+      <c r="B406" t="inlineStr">
+        <is>
+          <t>配件</t>
+        </is>
+      </c>
+      <c r="C406" t="inlineStr">
+        <is>
+          <t>T</t>
+        </is>
+      </c>
+      <c r="D406" t="inlineStr">
+        <is>
+          <t>POLYWELL</t>
+        </is>
+      </c>
+      <c r="E406" t="inlineStr">
+        <is>
+          <t>PW</t>
+        </is>
+      </c>
+      <c r="F406" t="inlineStr">
+        <is>
+          <t>車用磁吸手機支 架</t>
+        </is>
+      </c>
+      <c r="G406" t="inlineStr">
+        <is>
+          <t>T6923</t>
+        </is>
+      </c>
+      <c r="H406" t="inlineStr"/>
+      <c r="I406" t="inlineStr"/>
+      <c r="J406" t="inlineStr">
+        <is>
+          <t>TPWT6923</t>
+        </is>
+      </c>
+      <c r="K406" t="inlineStr"/>
+      <c r="L406" t="inlineStr"/>
+      <c r="M406" t="inlineStr">
+        <is>
+          <t>黑色</t>
+        </is>
+      </c>
+      <c r="N406" t="inlineStr">
+        <is>
+          <t>顏色</t>
+        </is>
+      </c>
+      <c r="O406" t="inlineStr">
+        <is>
+          <t>ON</t>
+        </is>
+      </c>
+      <c r="P406" t="inlineStr"/>
+      <c r="Q406" t="inlineStr"/>
+      <c r="R406" t="n">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="407">
+      <c r="A407" t="n">
+        <v>401</v>
+      </c>
+      <c r="B407" t="inlineStr">
+        <is>
+          <t>配件</t>
+        </is>
+      </c>
+      <c r="C407" t="inlineStr">
+        <is>
+          <t>T</t>
+        </is>
+      </c>
+      <c r="D407" t="inlineStr">
+        <is>
+          <t>POLYWELL</t>
+        </is>
+      </c>
+      <c r="E407" t="inlineStr">
+        <is>
+          <t>PW</t>
+        </is>
+      </c>
+      <c r="F407" t="inlineStr">
+        <is>
+          <t>雙面磁吸手機支 架</t>
+        </is>
+      </c>
+      <c r="G407" t="inlineStr">
+        <is>
+          <t>T6101</t>
+        </is>
+      </c>
+      <c r="H407" t="inlineStr"/>
+      <c r="I407" t="inlineStr"/>
+      <c r="J407" t="inlineStr">
+        <is>
+          <t>TPWT6101</t>
+        </is>
+      </c>
+      <c r="K407" t="inlineStr"/>
+      <c r="L407" t="inlineStr"/>
+      <c r="M407" t="inlineStr">
+        <is>
+          <t>黑/藍</t>
+        </is>
+      </c>
+      <c r="N407" t="inlineStr">
+        <is>
+          <t>顏色</t>
+        </is>
+      </c>
+      <c r="O407" t="inlineStr">
+        <is>
+          <t>ON</t>
+        </is>
+      </c>
+      <c r="P407" t="inlineStr"/>
+      <c r="Q407" t="inlineStr"/>
+      <c r="R407" t="n">
+        <v>406</v>
+      </c>
+    </row>
+    <row r="408">
+      <c r="A408" t="n">
+        <v>402</v>
+      </c>
+      <c r="B408" t="inlineStr">
+        <is>
+          <t>配件</t>
+        </is>
+      </c>
+      <c r="C408" t="inlineStr">
+        <is>
+          <t>T</t>
+        </is>
+      </c>
+      <c r="D408" t="inlineStr">
+        <is>
+          <t>POLYWELL</t>
+        </is>
+      </c>
+      <c r="E408" t="inlineStr">
+        <is>
+          <t>PW</t>
+        </is>
+      </c>
+      <c r="F408" t="inlineStr">
+        <is>
+          <t>電源線收納盒</t>
+        </is>
+      </c>
+      <c r="G408" t="inlineStr">
+        <is>
+          <t>T6887</t>
+        </is>
+      </c>
+      <c r="H408" t="inlineStr"/>
+      <c r="I408" t="inlineStr"/>
+      <c r="J408" t="inlineStr">
+        <is>
+          <t>TPWT6887</t>
+        </is>
+      </c>
+      <c r="K408" t="inlineStr"/>
+      <c r="L408" t="inlineStr"/>
+      <c r="M408" t="inlineStr">
+        <is>
+          <t>灰色</t>
+        </is>
+      </c>
+      <c r="N408" t="inlineStr">
+        <is>
+          <t>顏色</t>
+        </is>
+      </c>
+      <c r="O408" t="inlineStr">
+        <is>
+          <t>ON</t>
+        </is>
+      </c>
+      <c r="P408" t="inlineStr"/>
+      <c r="Q408" t="inlineStr"/>
+      <c r="R408" t="n">
+        <v>407</v>
+      </c>
+    </row>
+    <row r="409">
+      <c r="A409" t="n">
+        <v>403</v>
+      </c>
+      <c r="B409" t="inlineStr">
+        <is>
+          <t>配件</t>
+        </is>
+      </c>
+      <c r="C409" t="inlineStr">
+        <is>
+          <t>T</t>
+        </is>
+      </c>
+      <c r="D409" t="inlineStr">
+        <is>
+          <t>POLYWELL</t>
+        </is>
+      </c>
+      <c r="E409" t="inlineStr">
+        <is>
+          <t>PW</t>
+        </is>
+      </c>
+      <c r="F409" t="inlineStr">
+        <is>
+          <t>USB+Type-C 二合一旋轉隨身碟</t>
+        </is>
+      </c>
+      <c r="G409" t="inlineStr">
+        <is>
+          <t>T6083</t>
+        </is>
+      </c>
+      <c r="H409" t="inlineStr"/>
+      <c r="I409" t="inlineStr"/>
+      <c r="J409" t="inlineStr">
+        <is>
+          <t>TPWT6083</t>
+        </is>
+      </c>
+      <c r="K409" t="inlineStr">
+        <is>
+          <t>32G/64G/128G</t>
+        </is>
+      </c>
+      <c r="L409" t="inlineStr">
+        <is>
+          <t>容量</t>
+        </is>
+      </c>
+      <c r="M409" t="inlineStr"/>
+      <c r="N409" t="inlineStr"/>
+      <c r="O409" t="inlineStr">
+        <is>
+          <t>ON</t>
+        </is>
+      </c>
+      <c r="P409" t="inlineStr"/>
+      <c r="Q409" t="inlineStr"/>
+      <c r="R409" t="n">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="410">
+      <c r="A410" t="n">
+        <v>404</v>
+      </c>
+      <c r="B410" t="inlineStr">
+        <is>
+          <t>配件</t>
+        </is>
+      </c>
+      <c r="C410" t="inlineStr">
+        <is>
+          <t>T</t>
+        </is>
+      </c>
+      <c r="D410" t="inlineStr">
+        <is>
+          <t>POLYWELL</t>
+        </is>
+      </c>
+      <c r="E410" t="inlineStr">
+        <is>
+          <t>PW</t>
+        </is>
+      </c>
+      <c r="F410" t="inlineStr">
+        <is>
+          <t>4輪萬向摺疊購物車</t>
+        </is>
+      </c>
+      <c r="G410" t="inlineStr">
+        <is>
+          <t>T6064</t>
+        </is>
+      </c>
+      <c r="H410" t="inlineStr"/>
+      <c r="I410" t="inlineStr"/>
+      <c r="J410" t="inlineStr">
+        <is>
+          <t>TPWT6064</t>
+        </is>
+      </c>
+      <c r="K410" t="inlineStr"/>
+      <c r="L410" t="inlineStr"/>
+      <c r="M410" t="inlineStr">
+        <is>
+          <t>晨曦綠/里瑟米</t>
+        </is>
+      </c>
+      <c r="N410" t="inlineStr">
+        <is>
+          <t>顏色</t>
+        </is>
+      </c>
+      <c r="O410" t="inlineStr">
+        <is>
+          <t>ON</t>
+        </is>
+      </c>
+      <c r="P410" t="inlineStr"/>
+      <c r="Q410" t="inlineStr"/>
+      <c r="R410" t="n">
+        <v>409</v>
+      </c>
+    </row>
+    <row r="411">
+      <c r="A411" t="n">
+        <v>405</v>
+      </c>
+      <c r="B411" t="inlineStr">
+        <is>
+          <t>配件</t>
+        </is>
+      </c>
+      <c r="C411" t="inlineStr">
+        <is>
+          <t>T</t>
+        </is>
+      </c>
+      <c r="D411" t="inlineStr">
+        <is>
+          <t>POLYWELL</t>
+        </is>
+      </c>
+      <c r="E411" t="inlineStr">
+        <is>
+          <t>PW</t>
+        </is>
+      </c>
+      <c r="F411" t="inlineStr">
+        <is>
+          <t>行李秤</t>
+        </is>
+      </c>
+      <c r="G411" t="inlineStr">
+        <is>
+          <t>T6846</t>
+        </is>
+      </c>
+      <c r="H411" t="inlineStr"/>
+      <c r="I411" t="inlineStr"/>
+      <c r="J411" t="inlineStr">
+        <is>
+          <t>TPWT6846</t>
+        </is>
+      </c>
+      <c r="K411" t="inlineStr"/>
+      <c r="L411" t="inlineStr"/>
+      <c r="M411" t="inlineStr">
+        <is>
+          <t>銀色</t>
+        </is>
+      </c>
+      <c r="N411" t="inlineStr">
+        <is>
+          <t>顏色</t>
+        </is>
+      </c>
+      <c r="O411" t="inlineStr">
+        <is>
+          <t>ON</t>
+        </is>
+      </c>
+      <c r="P411" t="inlineStr"/>
+      <c r="Q411" t="inlineStr"/>
+      <c r="R411" t="n">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="412">
+      <c r="A412" t="n">
+        <v>406</v>
+      </c>
+      <c r="B412" t="inlineStr">
+        <is>
+          <t>充電組</t>
+        </is>
+      </c>
+      <c r="C412" t="inlineStr">
+        <is>
+          <t>G</t>
+        </is>
+      </c>
+      <c r="D412" t="inlineStr">
+        <is>
+          <t>HANG</t>
+        </is>
+      </c>
+      <c r="E412" t="inlineStr">
+        <is>
+          <t>HG</t>
+        </is>
+      </c>
+      <c r="F412" t="inlineStr">
+        <is>
+          <t>超級快充/閃充傳輸線 QC+PPS C to C 60W</t>
+        </is>
+      </c>
+      <c r="G412" t="inlineStr">
+        <is>
+          <t>QC060</t>
+        </is>
+      </c>
+      <c r="H412" t="inlineStr"/>
+      <c r="I412" t="inlineStr"/>
+      <c r="J412" t="inlineStr">
+        <is>
+          <t>GHGQC060</t>
+        </is>
+      </c>
+      <c r="K412" t="inlineStr"/>
+      <c r="L412" t="inlineStr"/>
+      <c r="M412" t="inlineStr"/>
+      <c r="N412" t="inlineStr"/>
+      <c r="O412" t="inlineStr">
+        <is>
+          <t>ON</t>
+        </is>
+      </c>
+      <c r="P412" t="inlineStr"/>
+      <c r="Q412" t="inlineStr"/>
+      <c r="R412" t="n">
+        <v>411</v>
+      </c>
+    </row>
+    <row r="413">
+      <c r="A413" t="n">
+        <v>407</v>
+      </c>
+      <c r="B413" t="inlineStr">
+        <is>
+          <t>充電組</t>
+        </is>
+      </c>
+      <c r="C413" t="inlineStr">
+        <is>
+          <t>G</t>
+        </is>
+      </c>
+      <c r="D413" t="inlineStr">
+        <is>
+          <t>HANG</t>
+        </is>
+      </c>
+      <c r="E413" t="inlineStr">
+        <is>
+          <t>HG</t>
+        </is>
+      </c>
+      <c r="F413" t="inlineStr">
+        <is>
+          <t>超級快充/閃充傳輸線 QC+PPS C to C 100W</t>
+        </is>
+      </c>
+      <c r="G413" t="inlineStr">
+        <is>
+          <t>QC100</t>
+        </is>
+      </c>
+      <c r="H413" t="inlineStr"/>
+      <c r="I413" t="inlineStr"/>
+      <c r="J413" t="inlineStr">
+        <is>
+          <t>GHGQC100</t>
+        </is>
+      </c>
+      <c r="K413" t="inlineStr"/>
+      <c r="L413" t="inlineStr"/>
+      <c r="M413" t="inlineStr"/>
+      <c r="N413" t="inlineStr"/>
+      <c r="O413" t="inlineStr">
+        <is>
+          <t>ON</t>
+        </is>
+      </c>
+      <c r="P413" t="inlineStr"/>
+      <c r="Q413" t="inlineStr"/>
+      <c r="R413" t="n">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="414">
+      <c r="A414" t="n">
+        <v>421</v>
+      </c>
+      <c r="B414" t="inlineStr">
+        <is>
+          <t>支架</t>
+        </is>
+      </c>
+      <c r="C414" t="inlineStr">
+        <is>
+          <t>S</t>
+        </is>
+      </c>
+      <c r="D414" t="inlineStr">
+        <is>
+          <t>無</t>
+        </is>
+      </c>
+      <c r="E414" t="inlineStr">
+        <is>
+          <t>NN</t>
+        </is>
+      </c>
+      <c r="F414" t="inlineStr">
+        <is>
+          <t>折疊手機支架桌面平板電腦架子床頭床上多功能金屬適用於ipad</t>
+        </is>
+      </c>
+      <c r="G414" t="inlineStr">
+        <is>
+          <t>FPDPS</t>
+        </is>
+      </c>
+      <c r="H414" t="inlineStr"/>
+      <c r="I414" t="inlineStr"/>
+      <c r="J414" t="inlineStr">
+        <is>
+          <t>SNNFPDPS</t>
+        </is>
+      </c>
+      <c r="K414" t="inlineStr"/>
+      <c r="L414" t="inlineStr"/>
+      <c r="M414" t="inlineStr">
+        <is>
+          <t>黑色/白色</t>
+        </is>
+      </c>
+      <c r="N414" t="inlineStr">
+        <is>
+          <t>顏色</t>
+        </is>
+      </c>
+      <c r="O414" t="inlineStr">
+        <is>
+          <t>ON</t>
+        </is>
+      </c>
+      <c r="P414" t="inlineStr"/>
+      <c r="Q414" t="inlineStr"/>
+      <c r="R414" t="n">
+        <v>413</v>
+      </c>
+    </row>
+    <row r="415">
+      <c r="A415" t="n">
+        <v>422</v>
+      </c>
+      <c r="B415" t="inlineStr">
+        <is>
+          <t>支架</t>
+        </is>
+      </c>
+      <c r="C415" t="inlineStr">
+        <is>
+          <t>S</t>
+        </is>
+      </c>
+      <c r="D415" t="inlineStr">
+        <is>
+          <t>無</t>
+        </is>
+      </c>
+      <c r="E415" t="inlineStr">
+        <is>
+          <t>NN</t>
+        </is>
+      </c>
+      <c r="F415" t="inlineStr">
+        <is>
+          <t>iPad 譜架 平板譜架 平板支架 落地三腳架座 12.9吋 / 13吋 Apple iPad 適用</t>
+        </is>
+      </c>
+      <c r="G415" t="inlineStr">
+        <is>
+          <t>IPMSS</t>
+        </is>
+      </c>
+      <c r="H415" t="inlineStr"/>
+      <c r="I415" t="inlineStr"/>
+      <c r="J415" t="inlineStr">
+        <is>
+          <t>SNNIPMSS</t>
+        </is>
+      </c>
+      <c r="K415" t="inlineStr">
+        <is>
+          <t>pro 12.9 2017~2022/pro 13 M4/Air 13 M2 M3/pro 11 2018~24/Air 10.9 11</t>
+        </is>
+      </c>
+      <c r="L415" t="inlineStr">
+        <is>
+          <t>尺寸</t>
+        </is>
+      </c>
+      <c r="M415" t="inlineStr"/>
+      <c r="N415" t="inlineStr"/>
+      <c r="O415" t="inlineStr">
+        <is>
+          <t>ON</t>
+        </is>
+      </c>
+      <c r="P415" t="inlineStr"/>
+      <c r="Q415" t="inlineStr"/>
+      <c r="R415" t="n">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="416">
+      <c r="A416" t="n">
+        <v>423</v>
+      </c>
+      <c r="B416" t="inlineStr">
+        <is>
+          <t>配件</t>
+        </is>
+      </c>
+      <c r="C416" t="inlineStr">
+        <is>
+          <t>T</t>
+        </is>
+      </c>
+      <c r="D416" t="inlineStr">
+        <is>
+          <t>POLYLWELL</t>
+        </is>
+      </c>
+      <c r="E416" t="inlineStr">
+        <is>
+          <t>PL</t>
+        </is>
+      </c>
+      <c r="F416" t="inlineStr">
+        <is>
+          <t>Type-C七合一集線器 HUB 100W PD快充 5G HDMI SD TF</t>
+        </is>
+      </c>
+      <c r="G416" t="inlineStr">
+        <is>
+          <t>TC71H</t>
+        </is>
+      </c>
+      <c r="H416" t="inlineStr"/>
+      <c r="I416" t="inlineStr"/>
+      <c r="J416" t="inlineStr">
+        <is>
+          <t>TPLTC71H</t>
+        </is>
+      </c>
+      <c r="K416" t="inlineStr"/>
+      <c r="L416" t="inlineStr"/>
+      <c r="M416" t="inlineStr"/>
+      <c r="N416" t="inlineStr"/>
+      <c r="O416" t="inlineStr">
+        <is>
+          <t>ON</t>
+        </is>
+      </c>
+      <c r="P416" t="inlineStr"/>
+      <c r="Q416" t="inlineStr"/>
+      <c r="R416" t="n">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="417">
+      <c r="A417" t="n">
+        <v>424</v>
+      </c>
+      <c r="B417" t="inlineStr">
+        <is>
+          <t>充電組</t>
+        </is>
+      </c>
+      <c r="C417" t="inlineStr">
+        <is>
+          <t>G</t>
+        </is>
+      </c>
+      <c r="D417" t="inlineStr">
+        <is>
+          <t>HANG</t>
+        </is>
+      </c>
+      <c r="E417" t="inlineStr">
+        <is>
+          <t>HG</t>
+        </is>
+      </c>
+      <c r="F417" t="inlineStr">
+        <is>
+          <t>50W速充大容量 30000mAh 自帶線行動電源 雙向PD快充</t>
+        </is>
+      </c>
+      <c r="G417" t="inlineStr">
+        <is>
+          <t>50WPD</t>
+        </is>
+      </c>
+      <c r="H417" t="inlineStr"/>
+      <c r="I417" t="inlineStr"/>
+      <c r="J417" t="inlineStr">
+        <is>
+          <t>GHG50WPD</t>
+        </is>
+      </c>
+      <c r="K417" t="inlineStr"/>
+      <c r="L417" t="inlineStr"/>
+      <c r="M417" t="inlineStr">
+        <is>
+          <t>曜石黑/質感白</t>
+        </is>
+      </c>
+      <c r="N417" t="inlineStr">
+        <is>
+          <t>顏色</t>
+        </is>
+      </c>
+      <c r="O417" t="inlineStr">
+        <is>
+          <t>ON</t>
+        </is>
+      </c>
+      <c r="P417" t="inlineStr"/>
+      <c r="Q417" t="inlineStr"/>
+      <c r="R417" t="n">
+        <v>416</v>
+      </c>
+    </row>
+    <row r="418">
+      <c r="A418" t="n">
+        <v>425</v>
+      </c>
+      <c r="B418" t="inlineStr">
+        <is>
+          <t>保護膜</t>
+        </is>
+      </c>
+      <c r="C418" t="inlineStr">
+        <is>
+          <t>J</t>
+        </is>
+      </c>
+      <c r="D418" t="inlineStr">
+        <is>
+          <t>無</t>
+        </is>
+      </c>
+      <c r="E418" t="inlineStr">
+        <is>
+          <t>NN</t>
+        </is>
+      </c>
+      <c r="F418" t="inlineStr">
+        <is>
+          <t>iPhone 13 / 14 全系列 螢幕保護貼</t>
+        </is>
+      </c>
+      <c r="G418" t="inlineStr">
+        <is>
+          <t>I14SP</t>
+        </is>
+      </c>
+      <c r="H418" t="inlineStr"/>
+      <c r="I418" t="inlineStr"/>
+      <c r="J418" t="inlineStr">
+        <is>
+          <t>JNNI14SP</t>
+        </is>
+      </c>
+      <c r="K418" t="inlineStr">
+        <is>
+          <t>iPhone 13/iPhone 13 Pro/iPhone 13 Pro Max/iPhone 13 Mini/iPhone 14/iPhone 14 Pro/iPhone 14 Pro Max/iPhone 14 Plus</t>
+        </is>
+      </c>
+      <c r="L418" t="inlineStr">
+        <is>
+          <t>尺寸</t>
+        </is>
+      </c>
+      <c r="M418" t="inlineStr"/>
+      <c r="N418" t="inlineStr"/>
+      <c r="O418" t="inlineStr">
+        <is>
+          <t>ON</t>
+        </is>
+      </c>
+      <c r="P418" t="inlineStr"/>
+      <c r="Q418" t="inlineStr"/>
+      <c r="R418" t="n">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="419">
+      <c r="A419" t="n">
+        <v>426</v>
+      </c>
+      <c r="B419" t="inlineStr">
+        <is>
+          <t>保護膜</t>
+        </is>
+      </c>
+      <c r="C419" t="inlineStr">
+        <is>
+          <t>J</t>
+        </is>
+      </c>
+      <c r="D419" t="inlineStr">
+        <is>
+          <t>無</t>
+        </is>
+      </c>
+      <c r="E419" t="inlineStr">
+        <is>
+          <t>NN</t>
+        </is>
+      </c>
+      <c r="F419" t="inlineStr">
+        <is>
+          <t>iPhone 鏡頭保護貼 iPhone 14全系列(14 /14 pro / 14 Pro Max / 14 Plus)</t>
+        </is>
+      </c>
+      <c r="G419" t="inlineStr">
+        <is>
+          <t>ICLP4</t>
+        </is>
+      </c>
+      <c r="H419" t="inlineStr"/>
+      <c r="I419" t="inlineStr"/>
+      <c r="J419" t="inlineStr">
+        <is>
+          <t>JNNICLP4</t>
+        </is>
+      </c>
+      <c r="K419" t="inlineStr">
+        <is>
+          <t>iPhone 14/iPhone 14 Pro/iPhone 14 Pro Max/iPhone 14 Plus</t>
+        </is>
+      </c>
+      <c r="L419" t="inlineStr">
+        <is>
+          <t>尺寸</t>
+        </is>
+      </c>
+      <c r="M419" t="inlineStr"/>
+      <c r="N419" t="inlineStr"/>
+      <c r="O419" t="inlineStr">
+        <is>
+          <t>ON</t>
+        </is>
+      </c>
+      <c r="P419" t="inlineStr"/>
+      <c r="Q419" t="inlineStr"/>
+      <c r="R419" t="n">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="420">
+      <c r="A420" t="n">
+        <v>430</v>
+      </c>
+      <c r="B420" t="inlineStr">
+        <is>
+          <t>配件</t>
+        </is>
+      </c>
+      <c r="C420" t="inlineStr">
+        <is>
+          <t>T</t>
+        </is>
+      </c>
+      <c r="D420" t="inlineStr">
+        <is>
+          <t>POLYWELL</t>
+        </is>
+      </c>
+      <c r="E420" t="inlineStr">
+        <is>
+          <t>PW</t>
+        </is>
+      </c>
+      <c r="F420" t="inlineStr">
+        <is>
+          <t>USB-C 3.2 Gen2  四合一高速集線器</t>
+        </is>
+      </c>
+      <c r="G420" t="inlineStr">
+        <is>
+          <t>T0243</t>
+        </is>
+      </c>
+      <c r="H420" t="inlineStr"/>
+      <c r="I420" t="inlineStr"/>
+      <c r="J420" t="inlineStr">
+        <is>
+          <t>TPWT0243</t>
+        </is>
+      </c>
+      <c r="K420" t="inlineStr"/>
+      <c r="L420" t="inlineStr"/>
+      <c r="M420" t="inlineStr"/>
+      <c r="N420" t="inlineStr"/>
+      <c r="O420" t="inlineStr">
+        <is>
+          <t>ON</t>
+        </is>
+      </c>
+      <c r="P420" t="inlineStr"/>
+      <c r="Q420" t="inlineStr"/>
+      <c r="R420" t="n">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="421">
+      <c r="A421" t="n">
+        <v>437</v>
+      </c>
+      <c r="B421" t="inlineStr">
+        <is>
+          <t>觸控筆</t>
+        </is>
+      </c>
+      <c r="C421" t="inlineStr">
+        <is>
+          <t>P</t>
+        </is>
+      </c>
+      <c r="D421" t="inlineStr">
+        <is>
+          <t>無</t>
+        </is>
+      </c>
+      <c r="E421" t="inlineStr">
+        <is>
+          <t>NN</t>
+        </is>
+      </c>
+      <c r="F421" t="inlineStr">
+        <is>
+          <t>磁吸單用款觸控電容筆透明圓盤觸控筆手機手寫筆</t>
+        </is>
+      </c>
+      <c r="G421" t="inlineStr">
+        <is>
+          <t>MCTSP</t>
+        </is>
+      </c>
+      <c r="H421" t="inlineStr"/>
+      <c r="I421" t="inlineStr"/>
+      <c r="J421" t="inlineStr">
+        <is>
+          <t>PNNMCTSP</t>
+        </is>
+      </c>
+      <c r="K421" t="inlineStr"/>
+      <c r="L421" t="inlineStr"/>
+      <c r="M421" t="inlineStr">
+        <is>
+          <t>黑色/白色</t>
+        </is>
+      </c>
+      <c r="N421" t="inlineStr">
+        <is>
+          <t>顏色</t>
+        </is>
+      </c>
+      <c r="O421" t="inlineStr">
+        <is>
+          <t>ON</t>
+        </is>
+      </c>
+      <c r="P421" t="inlineStr"/>
+      <c r="Q421" t="inlineStr"/>
+      <c r="R421" t="n">
+        <v>420</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>openpyxl</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>